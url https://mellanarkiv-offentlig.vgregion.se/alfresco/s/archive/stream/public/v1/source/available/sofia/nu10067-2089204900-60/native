--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidR="003C0755" w:rsidP="00F35B05" w:rsidRDefault="003C0755" w14:paraId="0A4CAC1D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="003C0755" w:rsidSect="003C0755">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="3A73822B" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
@@ -235,150 +234,141 @@
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
         <w:t>Kort remisstext med relevant bakgrund</w:t>
       </w:r>
       <w:r w:rsidRPr="00863A23" w:rsidR="007878A7">
         <w:t>sinformation och beskrivning av aktuell klinisk situation/ klinisk</w:t>
       </w:r>
       <w:r w:rsidRPr="00863A23" w:rsidR="00EB778B">
         <w:t xml:space="preserve"> arbetshypotes/ aktuelle </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23" w:rsidR="00EB778B">
         <w:t>labvärden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00863A23" w:rsidR="00EB778B">
         <w:t xml:space="preserve">, finns relevant tidsfaktor anges det. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="004D5D5C" w:rsidP="003C0755" w:rsidRDefault="004D5D5C" w14:paraId="58B4257E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00863A23" w:rsidR="004D5D5C" w:rsidP="76D83CF6" w:rsidRDefault="004D5D5C" w14:paraId="6D573BE0" w14:textId="5C44060E" w14:noSpellErr="1">
+    <w:p w:rsidRPr="00863A23" w:rsidR="004D5D5C" w:rsidP="76D83CF6" w:rsidRDefault="34B8A558" w14:paraId="6D573BE0" w14:textId="5C44060E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>När undersökning bedöms lämplig för hjärtlinjen enligt ned</w:t>
       </w:r>
       <w:r w:rsidR="2282ACAB">
-        <w:rPr/>
         <w:t xml:space="preserve">anstående kriterier anges i önskad undersökning ex </w:t>
       </w:r>
       <w:r w:rsidRPr="76D83CF6" w:rsidR="2282ACAB">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>”UKG på hjärtlinjen” alt</w:t>
       </w:r>
       <w:r w:rsidRPr="76D83CF6" w:rsidR="46589472">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>. ”UKG på avd”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="00345B9F" w:rsidP="003C0755" w:rsidRDefault="00345B9F" w14:paraId="4AA33E4E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00863A23" w:rsidR="00345B9F" w:rsidP="003C0755" w:rsidRDefault="00345B9F" w14:paraId="78DE5AD8" w14:textId="76EDC57D">
+    <w:p w:rsidRPr="00863A23" w:rsidR="00345B9F" w:rsidP="003C0755" w:rsidRDefault="46589472" w14:paraId="78DE5AD8" w14:textId="482EE43D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
-      <w:r w:rsidR="46589472">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Remiss skrivs inte under helg utan istället på </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Remiss skrivs inte under helg utan </w:t>
+      </w:r>
+      <w:r w:rsidR="00512897">
+        <w:t>i stället</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> på </w:t>
       </w:r>
       <w:r w:rsidR="291F2F8D">
-        <w:rPr/>
         <w:t>måndagen</w:t>
       </w:r>
-      <w:r w:rsidR="46589472">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> av då ansvarig </w:t>
       </w:r>
       <w:r w:rsidR="3B47E733">
-        <w:rPr/>
         <w:t>kardiolog</w:t>
       </w:r>
       <w:r w:rsidR="291F2F8D">
-        <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (endast i undantagsfall vid brådskande behov av UKG </w:t>
+      </w:r>
+      <w:r w:rsidR="00512897">
+        <w:t>tidig måndag</w:t>
       </w:r>
       <w:r w:rsidR="291F2F8D">
-        <w:rPr/>
-[...11 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve"> morgon</w:t>
       </w:r>
       <w:r w:rsidR="3B47E733">
-        <w:rPr/>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00863A23" w:rsidR="004B68A4" w:rsidP="003C0755" w:rsidRDefault="004B68A4" w14:paraId="65A67620" w14:textId="54243F02">
+    <w:p w:rsidRPr="00863A23" w:rsidR="004B68A4" w:rsidP="003C0755" w:rsidRDefault="004B68A4" w14:paraId="65A67620" w14:textId="54AFE010">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve">Enkla och snabba undersökningar som tex- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>perika</w:t>
       </w:r>
       <w:r w:rsidRPr="00863A23" w:rsidR="00771BEF">
         <w:t>rdvätskekontroll</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00512897">
+        <w:t xml:space="preserve"> eller kontroll inför angio</w:t>
+      </w:r>
       <w:r w:rsidRPr="00863A23" w:rsidR="00771BEF">
         <w:t xml:space="preserve"> kan med fördel utföras direkt </w:t>
       </w:r>
       <w:r w:rsidRPr="00863A23" w:rsidR="003B2570">
         <w:t xml:space="preserve">av ansvarig kardiolog. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="003B2570" w:rsidP="003C0755" w:rsidRDefault="003B2570" w14:paraId="3937B24F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="003B2570" w:rsidP="003C0755" w:rsidRDefault="003B2570" w14:paraId="778EE418" w14:textId="71F5A482">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
         <w:rPr>
           <w:b/>
@@ -631,64 +621,88 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>kardiomyopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="7A45D92B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Remiss bedöms av BMA/läkare som bemannar hjärtlinjen, prioritering i vilken ordning sker utifrån medicinskt behov (relevant tidsfaktor skriv med i remiss). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="64A933F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="4A3A7EFD" w14:textId="77777777">
+    <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="4A3A7EFD" w14:textId="151F143E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
-        <w:t xml:space="preserve">Hjärtlinjen på avd 44 bemannas på antingen förmiddagar med två personer, två BMA eller BMA/läkare, patienter undersöks växelvis och fortlöpande om ett antal på ca </w:t>
+        <w:t>Hjärtlinjen på avd 44 bemannas på</w:t>
+      </w:r>
+      <w:r w:rsidR="009E16F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00863A23">
+        <w:t>förmiddagar med</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1979">
+        <w:t xml:space="preserve"> BMA eller läkare, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00863A23">
+        <w:t xml:space="preserve">patienter undersöks </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57CFF">
+        <w:t xml:space="preserve">fortlöpande </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00863A23">
+        <w:t xml:space="preserve">om ett antal på ca </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F57CFF">
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidRPr="00863A23">
-        <w:t>6-8</w:t>
+        <w:t xml:space="preserve"> st</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00863A23">
-        <w:t xml:space="preserve"> st/förmiddag eller heldag en BMA eller läkare om ett antal om ca 6-8 st. </w:t>
+        <w:t>/förmiddag</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57CFF">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="412692F7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="7FE0EC83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve">BU-läkare på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>klin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>fys</w:t>
@@ -697,56 +711,78 @@
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve"> eller ansvarig kardiolog kan vid behov involveras i slutet av undersökningen eller granska bilder och fynd i efterhand i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>Viewpoint</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>EchoPAC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="72DE552C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="5676754A" w14:textId="77777777">
+    <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="5676754A" w14:textId="55E9211D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
-        <w:t xml:space="preserve">UKG på hjärtavdelningen utförs enligt klinisk fysiologis metodbeskrivning för standard-undersökning alternativt som riktad/begränsad undersökning. När det vid undersökning framkommer oväntat svårbedömda/komplicerade fynd finns två alternativ. </w:t>
+        <w:t xml:space="preserve">UKG på hjärtavdelningen utförs enligt klinisk fysiologis metodbeskrivning för standard-undersökning alternativt som </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6340">
+        <w:t xml:space="preserve">översiktlig undersökning, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B6340">
+        <w:t>vg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00853C08">
+        <w:t xml:space="preserve"> metodbeskrivningar på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00853C08">
+        <w:t>sharepoint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00853C08">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00863A23">
+        <w:t xml:space="preserve">När det vid undersökning framkommer oväntat svårbedömda/komplicerade fynd finns två alternativ. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="197E7EE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="24D7811F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve">Om bildmaterial bedöms fullständigt tas kontakt med klinisk fysiolog, denne kan då välja att slutföra bedömningen av bildmaterialet och signera svaret i SECTRA (kod i SECTRA byts till Utvidgad UKG på vårdavdelning). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="7A8138E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
@@ -755,223 +791,139 @@
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve"> BMA anger ett begränsat svar och hänvisar till nytt Utvidgad UKG på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00863A23">
         <w:t>klin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00863A23">
         <w:t xml:space="preserve"> fys. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="4A84A6AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="007F7EF3" w:rsidRDefault="007F7EF3" w14:paraId="5DFB18CE" w14:textId="77777777"/>
-    <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="009C0CE6" w:rsidRDefault="007F7EF3" w14:paraId="04F38E80" w14:textId="77777777">
+    <w:p w:rsidRPr="00863A23" w:rsidR="007F7EF3" w:rsidP="009C0CE6" w:rsidRDefault="500B6457" w14:paraId="04F38E80" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidR="500B6457">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">Nedanstående länk ger information om hur hjärtultraljud går till, en del rutiner gäller enbart på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="500B6457">
-        <w:rPr/>
+      <w:r>
         <w:t>klin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="500B6457">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="500B6457">
-        <w:rPr/>
+      <w:r>
         <w:t>fys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="500B6457">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">, men det mesta är applicerbart på hjärtmottagningen, innehåller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="500B6457">
-        <w:rPr/>
+      <w:r>
         <w:t>bla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="500B6457">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> körschema, bildlagring, bedömning samt referens/normalvärden. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="76D83CF6" w:rsidRDefault="003C0755" w14:paraId="19DCFFCF" w14:textId="32513244">
-[...5 lines deleted...]
-        <w:r w:rsidRPr="76D83CF6" w:rsidR="7A7279C4">
+    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="76D83CF6" w:rsidRDefault="7A7279C4" w14:paraId="19DCFFCF" w14:textId="32513244">
+      <w:pPr>
+        <w:spacing w:before="20"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="76D83CF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:lang w:val="sv-SE"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>Ultraljud hjärta basalt, vuxen - Metodbeskrivning (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="76D83CF6" w:rsidRDefault="003C0755" w14:paraId="6CBCF037" w14:textId="7AB0324D">
-[...54 lines deleted...]
-        <w:keepNext w:val="1"/>
+    <w:p w:rsidR="76D83CF6" w:rsidP="76D83CF6" w:rsidRDefault="76D83CF6" w14:paraId="79C9966A" w14:textId="6163CE66">
+      <w:pPr>
+        <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:b w:val="1"/>
-[...15 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="27586E7C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23409242" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc23409242" w:id="2"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Utvärdering av vänster kammares regionala rörlighet görs enligt:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0693524F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Görs enligt 17-segmentsmodell med beskrivning av eventuell </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>hypokinesi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
@@ -1154,62 +1106,51 @@
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="36505D83" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Referensvärden</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> (från metodbeskrivningen i länk ovan)</w:t>
+        <w:t>Referensvärden (från metodbeskrivningen i länk ovan)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="44203E5C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vänster kammare: mått, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ejektionsfraktion</w:t>
@@ -1977,1688 +1918,1585 @@
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1734"/>
         <w:gridCol w:w="1303"/>
         <w:gridCol w:w="1485"/>
         <w:gridCol w:w="2497"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="17F0AD5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6B6D319A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Volym </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5714DB9A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>Biplane</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> Simpson dias. ml/m</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>² BSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="56398A1F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Normal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7874A5AB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Lätt förstorad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2E048C3B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Måttligt förstorad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7F8477B1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kraftigt förstorad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="2F925A1C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0737067A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6500334F" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>29-61</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="53BD585B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>62-70</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="21F38229" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>71-80</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="15D53657" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>&gt;80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="0AB4E760" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="1C97A7FC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>20-40</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="011430CA" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>34-70</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7EA0585F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="686B2E0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="72D25933" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="4A7EFB8E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="591D0C70" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>40-60</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="4A73183A" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>29-59</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="3C75465B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7A18F05D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="29CA21CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="2F70D678" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="048540C5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>≥ 60 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0712724D" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>26-54</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="69B7B84E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="48267B5A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0756FE92" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="3F9716CC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="16E0929D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>Volym med 3D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="40653C6B" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>28-70</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="06CBB53C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="4FF46289" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6D751442" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="77B973CF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="22525C77" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Män</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="4CB1F83A" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>34-74</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="628CAF58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>75-89</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="4A2FC0D9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>90-100</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="250624AB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>&gt;100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="246EA6BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="209CB52D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>20-40</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="36DF4542" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>35-82</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2E70BA83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="35AFFCA5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="3B7C239A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="690CF3E3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="43FF4154" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>40-60</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="327A14D9" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>34-72</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="107EA0CD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="64EB9563" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="3CCEEAA8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="3676EAC7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="30F548E5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>≥ 60 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="4CFA5594" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>30-70</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="3AB1E72F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="55FEB670" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="27A9C1A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="223E971C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0B19963C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>Volym med 3D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6FA52947" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
               </w:rPr>
               <w:t>32-80</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2E2D6C73" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="1FA641BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="4834877D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="7F83FB85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5637D8B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>EF</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> % </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="37812877" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Normal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="70FA241C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Lätt nedsatt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="47483FEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Måttligt nedsatt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="39C96DBF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kraftigt nedsatt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="77BB587A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="055513EF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kvinnor</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2BEA599E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>≥ 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="587CD92A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>41-53</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="48A40722" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>30-40</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="57B28C40" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>&lt; 30</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="0E4705B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="693E295E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Män</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="10C5EE77" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>≥ 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="145A139D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>41-51</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5EAF3358" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>30-40</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0251917C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>&lt; 30</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="5B4609B7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="55B2CB6B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Väggtjocklek</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
               </w:rPr>
               <w:t xml:space="preserve">♀♂ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="4732B079" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7EA8DB4F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>*Lätt ökad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2EF25F3C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>*Måttligt ökad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="233C4C40" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>*Kraftigt ökad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="7E9A389D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="28EFA2D9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Centimeter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0C4731DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:t>0,6-1,2</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="22505BED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>1,3–1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7FE363DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>1,5–1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="517B3482" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:t>≥1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="182BA413" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7D7AD39F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Strain</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> -% (GLS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1734" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6C156CE0" w14:textId="6E066DA2">
+          </w:tcPr>
+          <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="2314DC4A" w14:paraId="6C156CE0" w14:textId="6E066DA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidR="2314DC4A">
-              <w:rPr/>
+            <w:r>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r w:rsidR="675FC2FF">
-              <w:rPr/>
               <w:t>-1</w:t>
             </w:r>
             <w:r w:rsidR="139AA696">
-              <w:rPr/>
               <w:t xml:space="preserve">6 till </w:t>
             </w:r>
             <w:r w:rsidR="675FC2FF">
-              <w:rPr/>
               <w:t>-20 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0CFEBFCB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2410904F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2A7CFE11" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5D4234D5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="00B51A6E" w:rsidP="003C0755" w:rsidRDefault="00B51A6E" w14:paraId="1C72190D" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23409244" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc23409244" w:id="3"/>
     </w:p>
-    <w:p w:rsidR="004A7A42" w:rsidP="003C0755" w:rsidRDefault="004A7A42" w14:paraId="409909E2" w14:textId="77777777">
+    <w:p w:rsidR="004A7A42" w:rsidP="5711EF90" w:rsidRDefault="004A7A42" w14:paraId="502B6680" w14:textId="3509F6EB">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5711EF90" w:rsidP="5711EF90" w:rsidRDefault="5711EF90" w14:paraId="7B42D0FD" w14:textId="59538BF5">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="071D8230" w14:textId="07B5452C">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Vänster kammares diastoliska funktion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="12182CDA" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bedömning av diastolisk funktion/fyllnadstryck är komplex och är en samman</w:t>
       </w:r>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
@@ -3704,51 +3542,51 @@
         <w:t>proBNP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vid divergerande resultat kan kompletterande stresseko vara ett alternativ. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="447D70A0" w14:textId="77777777">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="1B568444" w14:textId="77777777">
+    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="1B568444" w14:textId="408E5B33">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Referens </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
@@ -3773,211 +3611,261 @@
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="003C0755">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Equalis</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="003C0755">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>. Bedömning av diastolisk vänsterkammardysfunktion med förhöjt fyllnadstryck</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00173493">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00027552">
+        <w:t>+ egna tillägg i flödesschemat</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="611CEBE2" w14:textId="77777777">
+    <w:p w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="00843B41" w14:paraId="611CEBE2" w14:textId="6CCB0CAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C0755">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="398C598C" wp14:editId="58541C6F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44B1C6D3" wp14:editId="5F9490C9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-131693</wp:posOffset>
+                  <wp:posOffset>-70362</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>117889</wp:posOffset>
+                  <wp:posOffset>20813</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4492486" cy="4882101"/>
-                <wp:effectExtent l="0" t="0" r="22860" b="13970"/>
+                <wp:extent cx="5223804" cy="4868820"/>
+                <wp:effectExtent l="57150" t="19050" r="72390" b="103505"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Rektangel 6"/>
+                <wp:docPr id="251035833" name="Rektangel 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4492486" cy="4882101"/>
+                          <a:ext cx="5223804" cy="4868820"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...6 lines deleted...]
-                        <a:effectLst/>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="3">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
+                        <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rektangel 6" style="position:absolute;margin-left:-10.35pt;margin-top:9.3pt;width:353.75pt;height:384.4pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="windowText" strokeweight="1pt" w14:anchorId="6E020686" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGaKyTPAIAAHUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CoMuCOEWQorsU&#10;bYC26JmV5diAJGqUGif7+lGyk3TdTsNyUCiReiIfH728Plgj9ppCi66Uk9FYCu0UVq3blfL56fbL&#10;XIoQwVVg0OlSHnWQ16vPn5adX+gpNmgqTYJBXFh0vpRNjH5RFEE12kIYodeOnTWShchb2hUVQcfo&#10;1hTT8fiq6JAqT6h0CHx60zvlKuPXtVbxoa6DjsKUknOLeaW8vqa1WC1hsSPwTauGNOAfsrDQOn70&#10;DHUDEcQbtX9A2VYRBqzjSKEtsK5bpXMNXM1k/KGaxwa8zrUwOcGfaQr/D1bd7x/9lpiGzodFYDNV&#10;cajJpn/OTxwyWcczWfoQheLD2ezbdDa/kkKxbzafTyfjSaKzuFz3FOJ3jVYko5TE3cgkwf4uxD70&#10;FJJec3jbGpM7YpzoWE7Tr2NumgIWRm0gsml9VcrgdlKA2bHiVKQMGdC0VbqegMIxbAyJPXDTWSsV&#10;dk+ctRQGQmQHl5J/Q7a/XU353EBo+svZ1WvEtpGFalpbyvn728alF3WW2lDVhclkvWJ13JIg7LUX&#10;vLpt+ZE7zmULxGLjCnmA4gMvtUEuGwdLigbp59/OUzxrgL1SdCxepuTHG5CWwr3ZDXLZEx47r7LJ&#10;+BTNyawJ7QvPzDohsAucYpyeyGGzif2A8NQpvV7nMFarh3jnHr1K4KnmRNXT4QXID/2NTPI9nkQL&#10;iw9t7mNZIBdWhg1rO+tmmMM0PO/3OerytVj9AgAA//8DAFBLAwQUAAYACAAAACEADv+P194AAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy2rDMBBF94X+g5hCd4mUtNjGtRxCIat2kweB7GR7aptI&#10;I2Mpjvv3na7a5XAPd84tNrOzYsIx9J40rJYKBFLtm55aDafjbpGBCNFQY6wn1PCNATbl40Nh8sbf&#10;aY/TIbaCSyjkRkMX45BLGeoOnQlLPyBx9uVHZyKfYyub0dy53Fm5ViqRzvTEHzoz4HuH9fVwcxr2&#10;6nj+cJ8v6lKp0znsnK2mrdX6+WnevoGIOMc/GH71WR1Kdqr8jZogrIbFWqWMcpAlIBhIsoS3VBrS&#10;LH0FWRby/4TyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAZorJM8AgAAdQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA7/j9feAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;"/>
+              <v:rect id="Rektangel 1" style="position:absolute;margin-left:-5.55pt;margin-top:1.65pt;width:411.3pt;height:383.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#005c90 [3044]" w14:anchorId="004C6AC8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/B4AvTQIAAPwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+whQ2jFEqBAV0yTU&#10;otKpz8axIZLj886GwP76nR0IqKtUadqLc/b9/u67jO8PlWF7hb4Em/Nep8uZshKK0m5y/vNl/mXI&#10;mQ/CFsKAVTk/Ks/vJ58/jWs3Un3YgikUMgpi/ah2Od+G4EZZ5uVWVcJ3wClLSg1YiUBX3GQFipqi&#10;Vybrd7t3WQ1YOASpvKfXh0bJJym+1kqGJ629CszknGoL6cR0ruOZTcZitEHhtqU8lSH+oYpKlJaS&#10;tqEeRBBsh+VfoapSInjQoSOhykDrUqrUA3XT677pZrUVTqVeCBzvWpj8/wsrH/crt0SCoXZ+5EmM&#10;XRw0VvFL9bFDAuvYgqUOgUl6vO33b4bdAWeSdIPh3XDYT3BmF3eHPnxXULEo5BxpGgkksV/4QCnJ&#10;9GwSs1mYl8bE90stSQpHo6KBsc9Ks7Kg7L0UKNFEzQyyvaABCymVDb04VAqdrKObpqit483Hjif7&#10;6KoShVrn/sfOrUfKDDa0zlVpAd8LYNqSdWN/RqDpO0KwhuK4RIbQENg7OS8J04XwYSmQGEvcpi0M&#10;T3RoA3XO4SRxtgX8/d57tCcikZazmjYg5/7XTqDizPywRLFvvcEgrky6DG6/0ngZXmvW1xq7q2ZA&#10;M+jRvjuZxGgfzFnUCNUrLes0ZiWVsJJy51wGPF9modlMWnepptNkRmviRFjYlZPnqUfOvBxeBboT&#10;sQJx8hHO2yJGb/jV2MZ5WJjuAugyke+C6wlvWrFEnNPvIO7w9T1ZXX5akz8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDoWZuD2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWtup&#10;oCWNUyEQD0DLpTc33iYR9jrYzg9vjznBcTSjmW+qw+IsmzDE3pMCuRbAkBpvemoVfJzeVjtgMWky&#10;2npCBd8Y4VDf3lS6NH6md5yOqWW5hGKpFXQpDSXnsenQ6bj2A1L2rj44nbIMLTdBz7ncWV4I8cid&#10;7ikvdHrAlw6bz+PoFMw48Sd5DoU4F5oPX+lkw/iq1P3d8rwHlnBJf2H4xc/oUGemix/JRGYVrKSU&#10;OapgswGW/Z2UD8AuCrZbIYDXFf//oP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvweA&#10;L00CAAD8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;6Fmbg9sAAAAJAQAADwAAAAAAAAAAAAAAAACnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAK8FAAAAAA==&#10;">
+                <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2D922C5F" w14:textId="77777777">
+    <w:p w:rsidRPr="003C0755" w:rsidR="00664CC0" w:rsidP="003C0755" w:rsidRDefault="00DC4CD1" w14:paraId="747DFA05" w14:textId="44064D29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DD3C097" wp14:editId="2F903AC5">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Bildobjekt 5"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40CAEBAC" wp14:editId="4D4504C7">
+            <wp:extent cx="5155565" cy="4745990"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+            <wp:docPr id="184482020" name="Bildobjekt 8" descr="En bild som visar text, skärmbild, diagram, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1461FA66-248C-1AB4-F8A8-305FCCD0204F}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="378951468" name="Bildobjekt 8" descr="En bild som visar text, skärmbild, diagram, Teckensnitt&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
+                      <a:extLst>
+                        <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                          <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1461FA66-248C-1AB4-F8A8-305FCCD0204F}"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4109720" cy="4693285"/>
+                      <a:ext cx="5155565" cy="4745990"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="003C0755">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5BBD083C" w14:textId="77777777">
+    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2D922C5F" w14:textId="5BD636EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc23409245" w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00A3422A" w:rsidP="003C0755" w:rsidRDefault="00A3422A" w14:paraId="1CFEC6D4" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C0755">
+    </w:p>
+    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5BBD083C" w14:textId="0381935B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0755">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Vänster förmak</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7DF1C9D3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 övergår vi till mätning av volym via Simpson </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
@@ -4165,331 +4053,322 @@
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1614"/>
         <w:gridCol w:w="1592"/>
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="2421"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="0D6E93B5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="627"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0186AD1B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="26AB95E3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Normal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="1FA1FE55" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lätt förstorat*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="24A6D231" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Måttligt förstorat*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2421" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2EDA72B0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förstorat*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="2BD8DDA7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="76D83CF6" w:rsidRDefault="003C0755" w14:paraId="662546B4" w14:textId="3613F152">
+          </w:tcPr>
+          <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="76D83CF6" w:rsidRDefault="675FC2FF" w14:paraId="662546B4" w14:textId="3613F152">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
-                <w:b w:val="1"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="76D83CF6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="76D83CF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
+            <w:r w:rsidRPr="76D83CF6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="76D83CF6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Volym via </w:t>
             </w:r>
             <w:r w:rsidRPr="76D83CF6" w:rsidR="533792FC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>MOD-</w:t>
             </w:r>
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
+            <w:r w:rsidRPr="76D83CF6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>metod i 4k+2k</w:t>
             </w:r>
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="76D83CF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>, ml/</w:t>
             </w:r>
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="76D83CF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
               </w:rPr>
               <w:t>m²</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="3F165593" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19-ca 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="56DDB308" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*ca 35–45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="122A1074" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*ca 45–55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2421" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="72C5DDBF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*ca ≥55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="7ABB9623" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="39BC0D7C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>♂</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4502,129 +4381,125 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>m²</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1614" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7E5E2243" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>≤ 18–23</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7C556AD5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(åldersrelaterat)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1592" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="73F06F60" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> -30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="69EDBBC5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30–40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2421" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6049652F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>≥40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="097BA34C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -5628,82 +5503,82 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="376051A2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="05287797" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23409246" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc23409246" w:id="5"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7C80971F" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Höger kammare funktion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6C327419" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0755">
         <w:t xml:space="preserve">2D 4 K ref, ASE 2010/NORRE 2014, </w:t>
       </w:r>
       <w:hyperlink w:history="1" r:id="rId28">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="003C0755">
           <w:rPr>
@@ -5747,309 +5622,309 @@
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1993"/>
         <w:gridCol w:w="1172"/>
         <w:gridCol w:w="1289"/>
         <w:gridCol w:w="1290"/>
         <w:gridCol w:w="1569"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="77AEBF11" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="2ABFC52A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Män </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">♂, </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>♀</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="19FBB81F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="68D34B43" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S´</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="0CFB268E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
-            <w:tcMar/>
-[...13 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="76D83CF6" w:rsidRDefault="675FC2FF" w14:paraId="1A02C791" w14:textId="7A56A4AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76D83CF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="76D83CF6" w:rsidR="3ED3003B">
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
-            <w:r w:rsidRPr="76D83CF6" w:rsidR="675FC2FF">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="76D83CF6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="76D83CF6" w:rsidR="4730310B">
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>fw</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="76D83CF6" w:rsidR="4730310B">
               <w:rPr>
-                <w:b w:val="1"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="76D83CF6" w:rsidR="4730310B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Strain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidTr="76D83CF6" w14:paraId="199DF0C7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="05E4F4A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="3B8964EF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>≥1,7 cm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="20F1F141" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>≥10 cm/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1290" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="7CC10893" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0755">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>≥35 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
-            <w:tcMar/>
-[...7 lines deleted...]
-              <w:rPr/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="76D83CF6" w:rsidRDefault="2D61CBB2" w14:paraId="1472F7ED" w14:textId="1E7AF15D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">&lt;-20-23 % </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5B2AC62D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="13019BEB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Calibri"/>
           <w:b/>
@@ -7032,92 +6907,92 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al. 2014 (efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Equalis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> rekommendation), se länk nedan för mer info inkl. referensvärden för aortabågen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="00000000" w14:paraId="580851F1" w14:textId="77777777">
+    <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="580851F1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:history="1" r:id="rId29">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="003C0755" w:rsidR="003C0755">
+        <w:r w:rsidRPr="003C0755">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Equalis</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="003C0755" w:rsidR="003C0755">
+        <w:r w:rsidRPr="003C0755">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> rekommendation för bedömning av aortadimensioner med </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="003C0755" w:rsidR="003C0755">
+        <w:r w:rsidRPr="003C0755">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>transthorakal</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="003C0755" w:rsidR="003C0755">
+        <w:r w:rsidRPr="003C0755">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> ekokardiografi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="523C7AA5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
           <w:noProof/>
@@ -7255,223 +7130,223 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="61BE5DEC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5F261CAC" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23409247" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc23409247" w:id="6"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Referensvärden/riktlinjer för övrig patologi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="5426C893" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0755">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Referensvärden/riktlinjer för övrig patologi som till exempel bedömning vid klaffel hänvisas till kapitel ovan om klaffsjukdom/separata riktlinjer/guidelines.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="6EE9A44A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="14509283" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk25696326" w:id="24"/>
+      <w:bookmarkStart w:name="_Hlk25696326" w:id="7"/>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="72116728" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="20AF52E2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="003C0755" w:rsidR="003C0755" w:rsidP="003C0755" w:rsidRDefault="003C0755" w14:paraId="010B6A91" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="003C0755">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001702F4" w:rsidRDefault="001702F4" w14:paraId="19D192A7" w14:textId="77777777">
+    <w:p w:rsidR="0094775A" w:rsidRDefault="0094775A" w14:paraId="25F83BC1" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001702F4" w:rsidRDefault="001702F4" w14:paraId="01FA001A" w14:textId="77777777">
+    <w:p w:rsidR="0094775A" w:rsidRDefault="0094775A" w14:paraId="43EEF360" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="001702F4" w:rsidRDefault="001702F4" w14:paraId="07A6B52D" w14:textId="77777777">
+    <w:p w:rsidR="0094775A" w:rsidRDefault="0094775A" w14:paraId="0B0A3FE4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -7493,89 +7368,89 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -7604,51 +7479,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -7682,73 +7557,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001702F4" w:rsidRDefault="001702F4" w14:paraId="76BBEF18" w14:textId="77777777"/>
+    <w:p w:rsidR="0094775A" w:rsidRDefault="0094775A" w14:paraId="1247491C" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001702F4" w:rsidRDefault="001702F4" w14:paraId="2D708BF3" w14:textId="77777777">
+    <w:p w:rsidR="0094775A" w:rsidRDefault="0094775A" w14:paraId="63C8381D" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="001702F4" w:rsidRDefault="001702F4" w14:paraId="43AF5738" w14:textId="77777777">
+    <w:p w:rsidR="0094775A" w:rsidRDefault="0094775A" w14:paraId="71C4FA5A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -7786,91 +7661,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -7909,51 +7784,51 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
@@ -8036,51 +7911,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10564,139 +10439,143 @@
   <w:num w:numId="17" w16cid:durableId="1932425048">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="180631825">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1022972223">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2092502638">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2054578011">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2138602420">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1907765298">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="00027552"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00132DEF"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
+    <w:rsid w:val="00157F85"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001702F4"/>
+    <w:rsid w:val="00173493"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00243923"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
@@ -10752,407 +10631,423 @@
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A307B"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004A7A42"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B6340"/>
     <w:rsid w:val="004B68A4"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D5D5C"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F7E31"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00512897"/>
     <w:rsid w:val="005268FC"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="0058685B"/>
     <w:rsid w:val="00591383"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="00600BB3"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="00607D64"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00632B8B"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00662275"/>
+    <w:rsid w:val="00664CC0"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00690F8C"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00771BEF"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007878A7"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B5B2C"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F7EF3"/>
     <w:rsid w:val="00803855"/>
+    <w:rsid w:val="00817FF4"/>
     <w:rsid w:val="00820437"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00843B41"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00853C08"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="00863A23"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00902485"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="0091652A"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="009265DF"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="0094775A"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B5738"/>
     <w:rsid w:val="009C0CE6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E16F6"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A3422A"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AC1979"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B25B0E"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B51A6E"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77800"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD5AE5"/>
     <w:rsid w:val="00BE4A43"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C0697A"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D02F08"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC0C83"/>
+    <w:rsid w:val="00DC4CD1"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E63EC8"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EB778B"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F57CFF"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0BF26A6D"/>
     <w:rsid w:val="107396A7"/>
     <w:rsid w:val="139AA696"/>
     <w:rsid w:val="2282ACAB"/>
     <w:rsid w:val="2314DC4A"/>
     <w:rsid w:val="291F2F8D"/>
     <w:rsid w:val="2D61CBB2"/>
     <w:rsid w:val="34B8A558"/>
     <w:rsid w:val="3B47E733"/>
     <w:rsid w:val="3ED3003B"/>
     <w:rsid w:val="46589472"/>
     <w:rsid w:val="4730310B"/>
     <w:rsid w:val="500B6457"/>
     <w:rsid w:val="533792FC"/>
+    <w:rsid w:val="5711EF90"/>
     <w:rsid w:val="5C302AC7"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="675FC2FF"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="76C7CB6D"/>
     <w:rsid w:val="76D83CF6"/>
     <w:rsid w:val="791396C2"/>
     <w:rsid w:val="7A7279C4"/>
     <w:rsid w:val="7EB9B4F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13537,51 +13432,51 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="005268FC"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13609,96 +13504,63 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/ehcglkjn/s028-bed%C3%B6mning-av-diastolisk-v%C3%A4nsterkammardysfunktion-med-f%C3%B6rh%C3%B6jt-fyllnadstryck-1-1.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/28989/Kontrast%20vid%20UKG.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/amndh25f/s022_m%C3%A4tning-av-v%C3%A4nster-och-h%C3%B6ger-kammare_1-2.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/amndh25f/s022_m%C3%A4tning-av-v%C3%A4nster-och-h%C3%B6ger-kammare_1-2.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/1tipkbhw/s036_rekommendation-f%C3%B6r-bed%C3%B6mning-av-aortadimensioner-med-transthorakal-ekokardiografi_1-0.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sls.se/sfkf/metoder/ultraljud-hjarta/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/ruumgiqm/s012_m%C3%A4tning_av_v%C3%A4nster_och_h%C3%B6ger_f%C3%B6rmaksstorlek_1-0.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/amndh25f/s022_m%C3%A4tning-av-v%C3%A4nster-och-h%C3%B6ger-kammare_1-2.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R40d05a0f18204900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-91/surrogate/Ultraljud%20hj%c3%a4rta%20basalt%2c%20vuxen%20-%20Metodbeskrivning.pdf" TargetMode="External" Id="R28434b292c9948b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/30552/Ultraljud%20hj%c3%a4rta%20basalt,%20vuxen%20-%20Metodbeskrivning.pdf?a=false&amp;guest=true" TargetMode="External" Id="Rb21f80d706644839" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-91/surrogate/Ultraljud%20hj%c3%a4rta%20basalt%2c%20vuxen%20-%20Metodbeskrivning.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/ehcglkjn/s028-bed%C3%B6mning-av-diastolisk-v%C3%A4nsterkammardysfunktion-med-f%C3%B6rh%C3%B6jt-fyllnadstryck-1-1.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/28989/Kontrast%20vid%20UKG.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/amndh25f/s022_m%C3%A4tning-av-v%C3%A4nster-och-h%C3%B6ger-kammare_1-2.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/amndh25f/s022_m%C3%A4tning-av-v%C3%A4nster-och-h%C3%B6ger-kammare_1-2.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/1tipkbhw/s036_rekommendation-f%C3%B6r-bed%C3%B6mning-av-aortadimensioner-med-transthorakal-ekokardiografi_1-0.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sls.se/sfkf/metoder/ultraljud-hjarta/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/ruumgiqm/s012_m%C3%A4tning_av_v%C3%A4nster_och_h%C3%B6ger_f%C3%B6rmaksstorlek_1-0.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalis.se/media/amndh25f/s022_m%C3%A4tning-av-v%C3%A4nster-och-h%C3%B6ger-kammare_1-2.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
-</file>
-[...31 lines deleted...]
-</w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -14000,31 +13862,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hjärtultraljud (UKG)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emma Husberg</lastModifiedBy>
-  <revision>43</revision>
+  <revision>59</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>