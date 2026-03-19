--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -6,2841 +6,4606 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4846794B" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00F35B05">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4D722B4D" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="2FF40F67" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40FFA182" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="1C6B1912" w14:textId="77777777" w:rsidR="008E5788" w:rsidRDefault="008E5788" w:rsidP="00E4499F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4273AA" w14:textId="77777777" w:rsidR="008E5788" w:rsidRDefault="008E5788" w:rsidP="00E4499F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="414F24E5" w14:textId="77777777" w:rsidR="008E5788" w:rsidRDefault="008E5788" w:rsidP="00E4499F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1BBE24" w14:textId="5DBA88A6" w:rsidR="008E5788" w:rsidRDefault="008E5788" w:rsidP="00E4499F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00FBA1B2" w14:textId="241F8B5C" w:rsidR="6BCA6957" w:rsidRDefault="6BCA6957" w:rsidP="6BCA6957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67EB9F68" w14:textId="35B115F4" w:rsidR="6BCA6957" w:rsidRDefault="6BCA6957" w:rsidP="6BCA6957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D52F400" w14:textId="07041F05" w:rsidR="6BCA6957" w:rsidRDefault="6BCA6957" w:rsidP="6BCA6957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="370070BA" w14:textId="77777777" w:rsidR="008E5788" w:rsidRDefault="008E5788" w:rsidP="00E4499F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40FFA182" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="03F7936B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E4499F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E3CFD2" w14:textId="033D715A" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...230 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9039" w:type="dxa"/>
+        <w:tblW w:w="9060" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9039"/>
+        <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="0F39A081" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="0F39A081" w14:textId="77777777" w:rsidTr="6BCA6957">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="1590"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9039" w:type="dxa"/>
+            <w:tcW w:w="9060" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="23A86BBB" w14:textId="66286AC8" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00F47FD6">
+          <w:p w14:paraId="23A86BBB" w14:textId="5DEE5126" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="4C22D5EF">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00E4499F">
+            <w:r w:rsidRPr="6BCA6957">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Kvalificerings – valideringsrapport mobil vattenreningsanläggning</w:t>
             </w:r>
-            <w:r w:rsidR="00F47FD6">
+            <w:r w:rsidR="00F47FD6" w:rsidRPr="6BCA6957">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Q Di</w:t>
+            </w:r>
+            <w:r w:rsidR="18AF0D01" w:rsidRPr="6BCA6957">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 136</w:t>
+            </w:r>
+            <w:r w:rsidR="65C81D16" w:rsidRPr="6BCA6957">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E17DFF">
+            <w:r w:rsidRPr="6BCA6957">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">GMP </w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">                                      </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30CF37DA" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="30CF37DA" w14:textId="15341894" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="342F9F81">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4499F">
+      <w:r w:rsidRPr="342F9F81">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1 ex i originalpärm</w:t>
+        <w:t xml:space="preserve">1 ex i </w:t>
+      </w:r>
+      <w:r w:rsidR="00023CBE">
+        <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avdelningspärm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189E6882" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="189E6882" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="342F9F81">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49E3EFB7" w14:textId="77777777" w:rsidR="0043583A" w:rsidRDefault="0043583A" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ändring:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="101C138E" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="48700B4F" w14:textId="6E9F6FA0" w:rsidR="0043583A" w:rsidRDefault="0043583A" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontroll av temperatur tillagt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6EA8A6" w14:textId="77777777" w:rsidR="0043583A" w:rsidRPr="00E4499F" w:rsidRDefault="0043583A" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ny design.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D2E690" w14:textId="77777777" w:rsidR="0043583A" w:rsidRPr="00E4499F" w:rsidRDefault="0043583A" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2026D746" w14:textId="3BE499E9" w:rsidR="00E4499F" w:rsidRDefault="00CF3435" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4499F">
+      <w:r w:rsidRPr="342F9F81">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ankomstkontroll av ny mobil vattenreningsanläggning. </w:t>
+        <w:t>Installationskvalificering</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblInd w:w="1" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4133"/>
-        <w:gridCol w:w="4133"/>
+        <w:gridCol w:w="4590"/>
+        <w:gridCol w:w="4590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="0FCF08B8" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="43B2AFC1" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D1D641C" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="58C70345" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="2"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Leverantör </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t>Produkt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B964B2E" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="65D551DE" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="5DF00591" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="35F23F2E" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="148E28A1" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="390D4D7D" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Leveransdatum </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Leverantör </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CB95B4B" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="4E628E19" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="1E613208" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="20C48236" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C1263CA" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="296EA958" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Beteckning </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Leveransdatum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="488B2D99" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="15636273" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="1F78DD5D" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="7BCC3ECE" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11C92285" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="2DC42071" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Serienummer </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Beteckning </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C3DF1F9" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="581D6C2F" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="6015C121" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="77B290F1" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AD0EEA8" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="65926F14" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Programversion </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Serienummer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C6093E0" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="3DBC310D" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="2A32E072" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="0B0D93F8" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D9EF724" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="186F69DC" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Inventarienummer </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Programversion </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="167BE5FD" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="053CDD97" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="34D91C8D" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="3D278CEA" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CD93E77" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="22F247B8" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Leveransen oskadad </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Inventarienummer </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="353E5F41" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="43B62148" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="150A258C" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="3003A23E" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="730"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08292232" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="3155CAF8" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Rätt och komplett utrustning levererad enligt kravspecifikation och beställningsunderlag </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Leveransen oskadad </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D118AE4" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="43585D64" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="5F0DE1E6" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="5642C7C1" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="748"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="414F21BC" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="1673E0FE" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Bruksanvisning på svenska </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Rätt och komplett utrustning levererad enligt kravspecifikation och beställningsunderlag </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13CDF3C7" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="768B3A26" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="1DDB7CA1" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="6770B3AB" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32A00EC5" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="5AF60C01" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Loggbok för utrustningen </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Bruksanvisning på svenska </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="416369B8" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="2C377AD9" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="1DC0C30B" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00436005" w:rsidRPr="00E4499F" w14:paraId="17179713" w14:textId="77777777" w:rsidTr="342F9F81">
         <w:trPr>
-          <w:trHeight w:val="316"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0848FC97" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="69A982FB" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Ingående filter </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:t xml:space="preserve">Loggbok för utrustningen </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="730EE6FF" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="2712CB8D" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="070740F6" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="20D555E5" w14:textId="0CDCFADA" w:rsidR="342F9F81" w:rsidRDefault="342F9F81" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF63A8B" w14:textId="484D09DD" w:rsidR="00DB0638" w:rsidRPr="005377C5" w:rsidRDefault="0BFD70FE" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1277"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Anmärkning…</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0638">
+        <w:t>………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C75E88A" w14:textId="03BB4B49" w:rsidR="342F9F81" w:rsidRDefault="342F9F81" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1277"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78001E40" w14:textId="77777777" w:rsidR="00E63B68" w:rsidRPr="00E4499F" w:rsidRDefault="00E63B68" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="379578A8" w14:textId="77777777" w:rsidR="00E63B68" w:rsidRPr="00E4499F" w:rsidRDefault="00E63B68" w:rsidP="00E63B68">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D573A89" wp14:editId="64E535AC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-58420</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>67311</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5876925" cy="1145683"/>
+                <wp:effectExtent l="3175" t="3175" r="3175" b="3175"/>
+                <wp:wrapNone/>
+                <wp:docPr id="402889094" name="Rektangel 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5876925" cy="1145683"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350"/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" anchor="ctr" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+            <w:pict w14:anchorId="6071CD5A">
+              <v:rect id="Rektangel 2" style="position:absolute;margin-left:-4.6pt;margin-top:5.3pt;width:462.75pt;height:105pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="black [3200]" strokeweight=".5pt" w14:anchorId="128C4020" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDF6yyjWAIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC815L8SmJEDgwHLgoE&#10;SZCkyJmhyFgoxWWXtGX367ukZTlIgx6KXiiSu7OP4awur3aNYVuFvgZb8mKQc6ashKq2ryX//rT6&#10;cs6ZD8JWwoBVJd8rz6/mnz9dtm6mhrAGUylkFMT6WetKvg7BzbLMy7VqhB+AU5aMGrARgY74mlUo&#10;WoremGyY59OsBawcglTe0+31wcjnKb7WSoY7rb0KzJScagtpxbS+xDWbX4rZKwq3rmVXhviHKhpR&#10;W0rah7oWQbAN1n+EamqJ4EGHgYQmA61rqVIP1E2Rv+vmcS2cSr0QOd71NPn/F1bebh/dPRINrfMz&#10;T9vYxU5jE79UH9slsvY9WWoXmKTLyfnZ9GI44UySrRiNRpM80Zmd4A59+KqgYXFTcqTXSCSJ7Y0P&#10;lJJcjy4xm4VVbUx6EWNZW/IpxYwvlJ1qS7uwNyoCjH1QmtUVVTNMgZNs1NIg2wp68OpHkeCdZ4Ro&#10;ytCDio9AJhxBnW+EqSSlHph/BDxl671TRrChBza1Bfw7WB/8j10feo1tv0C1v0eGcBCxd3JVE683&#10;wod7gaRa0jdNYrijRRsg/qDbcbYG/PXRffQnMZGVs5amoOT+50ag4sx8sySzi2I8jmOTDuPJ2ZAO&#10;+Nby8tZiN80SiPeCZt7JtI3+wRy3GqF5poFdxKxkElZS7pLLgMfDMhymk0ZeqsUiudGoOBFu7KOT&#10;MXhkNermafcs0HXiCqTLWzhOjJi909jBNyItLDYBdJ0EeOK145vGLOmy+yXEOX57Tl6nH9f8NwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEKj0aXfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwVu7aSyhidmUIggqiLRVyHGbjElsdiZkt238944nPc57jzffy9eT69UZR98xGVjMI1BI&#10;FdcdNQbe94+zFSgfLNW2Z0ID3+hhXVxf5Tar+UJbPO9Co6SEfGYNtCEMmda+atFZP+cBSbxPHp0N&#10;co6Nrkd7kXLX6ziKEu1sR/KhtQM+tFgddydnoNqXH1/L8u2FuxUfN6/8tEyfS2Nub6bNPaiAU/gL&#10;wy++oEMhTAc+Ue1Vb2CWxpIUPUpAiZ8ukjtQBwNxLIoucv1/QfEDAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxesso1gCAAAABQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAQqPRpd8AAAAJAQAADwAAAAAAAAAAAAAAAACyBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAL4FAAAAAA==&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C42A529" w14:textId="77777777" w:rsidR="00E63B68" w:rsidRPr="002A2970" w:rsidRDefault="00E63B68" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1304" w:right="0" w:firstLine="1304"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utförd </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk216689694"/>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>installationskvalificering</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="23C717D2" w14:textId="77777777" w:rsidR="00E63B68" w:rsidRPr="00E4499F" w:rsidRDefault="00E63B68" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E9ABEE" w14:textId="77777777" w:rsidR="00E63B68" w:rsidRPr="00FE5EB7" w:rsidRDefault="00E63B68" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Driftansvarig för teknik</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A759EBB" w14:textId="77777777" w:rsidR="00E63B68" w:rsidRDefault="00E63B68" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Underskrift……………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Datum………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A415E2F" w14:textId="77777777" w:rsidR="00436005" w:rsidRPr="00E4499F" w:rsidRDefault="00436005" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070740F6" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4811ECB7" w14:textId="77777777" w:rsidR="00D16647" w:rsidRPr="00E4499F" w:rsidRDefault="00D16647" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CCBFCE8" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk216689723"/>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Funktionskvalificering</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Följande kontroll av visning efter RO skall utföras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B223E7" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="001E60DE" w:rsidRDefault="00AE04C4" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Konduktivitet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551823AB" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="001E60DE" w:rsidRDefault="00AE04C4" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Temperatur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1D2D4B" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8187" w:type="dxa"/>
+        <w:tblW w:w="10457" w:type="dxa"/>
         <w:tblInd w:w="1" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4076"/>
-        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="1192"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1270"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="1270"/>
+        <w:gridCol w:w="1267"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="09BC3072" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="00AE04C4" w:rsidRPr="00E4499F" w14:paraId="1DF55762" w14:textId="77777777" w:rsidTr="61D709F0">
         <w:trPr>
-          <w:trHeight w:val="321"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="10457" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5F4560" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="000169BE" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Konduktivitet- och temperaturvisning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE04C4" w:rsidRPr="00E4499F" w14:paraId="2174230B" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68260678" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Produkt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D30875" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provpunkt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF82254" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kontroll</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3954" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C53C72D" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="5949E8B3" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Avläst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0371025C" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Granskad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE04C4" w:rsidRPr="00E4499F" w14:paraId="24510900" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F71297F" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:outlineLvl w:val="3"/>
-              <w:rPr>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="750CF0D2" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3351D86F" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:outlineLvl w:val="3"/>
-              <w:rPr>
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C7FA293" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="65E8F85B" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:outlineLvl w:val="3"/>
-              <w:rPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358CB9B0" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="178CA5AA" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="72BC6DBA" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Referens inst.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CA5BC7" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RO display</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2FA7A7" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3F7AA6" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sign.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE04C4" w:rsidRPr="00E4499F" w14:paraId="052EAEC7" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D2FE8B" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vatten för tillredning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607C0784" w14:textId="7CAE13E8" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Port </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">för </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>provtagning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="113937CF" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Konduktivitet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1EC668" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46AE6530" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>µS/cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6CC160" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>µS/cm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="064338AD" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE1EC2F" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE04C4" w:rsidRPr="00E4499F" w14:paraId="78FC1B31" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AF3CAC1" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="25B62C60" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D125D5" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Temperatur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA536BD" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F31F31C" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>°C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A485C14" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="004D3EDC" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>°C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65013C1C" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BFDFF" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRPr="0085700B" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139B360C" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="7AAC14DE" w14:textId="77777777" w:rsidR="00AE04C4" w:rsidRDefault="00AE04C4" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A98268" w14:textId="6E5848EE" w:rsidR="00AE04C4" w:rsidRDefault="58B12A96" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Anmärkning…</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE04C4">
+        <w:t>……………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="5C5D3113">
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="6B6355A4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC9FF82" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4475196A" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="5A50BE70" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B5CD40B" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="25C0F081" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="133F905A" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="387DC53B" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk216689801"/>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Processvalidering av vattenkvalitet.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="4C044BCA" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Följande valideringar av vattenkvalitet efter RO skall utföras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BDC58AD" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="001E60DE" w:rsidRDefault="002C0ECF" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Mikrobiell</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F42CBF3" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="001E60DE" w:rsidRDefault="002C0ECF" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Endotoxiner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309700B8" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="001E60DE" w:rsidRDefault="002C0ECF" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Kemisk kvalitet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C036BB6" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Ankomstkontroll utförd </w:t>
-[...129 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10546" w:type="dxa"/>
         <w:tblInd w:w="1" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2517"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1192"/>
+        <w:gridCol w:w="1304"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1412"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="1270"/>
+        <w:gridCol w:w="1267"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E4499F" w:rsidRPr="00E4499F" w14:paraId="118C55EE" w14:textId="77777777" w:rsidTr="00D47DBB">
+      <w:tr w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w14:paraId="53BFB4B2" w14:textId="77777777" w:rsidTr="61D709F0">
         <w:trPr>
-          <w:trHeight w:val="293"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2517" w:type="dxa"/>
+            <w:tcW w:w="10546" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A47E8EE" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="000169BE" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vattenkvalitet efter RO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w14:paraId="1881AAB4" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C840061" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Produkt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0F82C5" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provpunkt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4118B162" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kontroll</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B59D324" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kravspec.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70060469" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prov</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2537" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E4258F" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Granskad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w14:paraId="57F155EE" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="417E875E" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1C0208" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0386C16E" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B7483D" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73CF2A6F" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="095B3D9B" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
             <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Kontrollparameter </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D9BEAD1" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="0C5716F0" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
             <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Konduktivitet </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resultat </w:t>
+            </w:r>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(erhållet värde)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2517" w:type="dxa"/>
+            <w:tcW w:w="1270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FC944A1" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="0417AE70" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Datum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B8BA979" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sign.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w14:paraId="05DBC5B5" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607A7688" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vatten för tillredning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55222EE6" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="00314C22" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Port </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B6E1230" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="00314C22" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">för </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68BC6CBD" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>provtagning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA47C6F" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mikrobiell</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="044665C6" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt;200 CFU/ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BBB204B" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D29C08" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB8E75A" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="269038B2" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w14:paraId="65FC8081" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B3C5757" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Acceptansgräns </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="34EF935A" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F4A901" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="217E938E" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3CD30F50">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Endotoxiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="760465E0" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt;0,25 IU/ml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C52C67" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24451FCB" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE18751" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0910D65E" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w14:paraId="4842ACA3" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22DAC316" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7ADDE3" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9F1E77" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C607C45" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8C3005" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="775AC507" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="191AF833" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
             <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">15µS/cm </w:t>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resultat </w:t>
+            </w:r>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(OK/EJ OK)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2517" w:type="dxa"/>
+            <w:tcW w:w="1270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38BEC5C6" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="3AB081D6" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2071C942" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w14:paraId="2F9DD73F" w14:textId="77777777" w:rsidTr="61D709F0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1192" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40E5C3E1" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="49986056" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09B610A1" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+          <w:p w14:paraId="75B495A9" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kemisk kvalitet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDE6D1B" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="342F9F81">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0C7044" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3B90CE" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="004D3EDC" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672F2033" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F33DFD" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="0085700B" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6808F383" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="5557588A" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="00AF3FF6" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>* Skall uppfylla kraven för kemisk kvalitet enligt Läkemedelsverkets föreskrift HSLF-FS 2022:40</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A72E4D2" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="12EC7902" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64C12C45" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="14EAF129" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="00E017A9" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4499F">
-[...3 lines deleted...]
-        <w:t>Avvikelser/</w:t>
+    </w:p>
+    <w:p w14:paraId="6C48209B" w14:textId="2A5A81DC" w:rsidR="002C0ECF" w:rsidRDefault="3087A761" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Anmärkning…</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-        <w:t>Kommentarer:…</w:t>
+      <w:r w:rsidR="002C0ECF">
+        <w:t>……………………………………………………………………………</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">………………………………………………………………………………………………………………………………………………………………………..………………………………………………………………………………………………….. </w:t>
+      <w:r w:rsidR="1D91CF21">
+        <w:t>......</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CC470E" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="2617BAAB" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7760FC5F" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EBEC8F0" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Godkännande för HD-drift.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582F85EA" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Följande skall uppfyllas för att utrustningen skall vara godkänd för HD-drift.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32313CF9" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="001E60DE" w:rsidRDefault="002C0ECF" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Installationskvalificering utförd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FCE391" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="001E60DE" w:rsidRDefault="002C0ECF" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Funktionskvalificering utförd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B2F39C" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="0CAB7C8E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="924" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Godkänd processvalidering av vattenkvalitet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7938A1E0" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CA71879" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01628472" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Övrigt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7FBC84" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Godkända analysrapporter bifogas valideringsrapporten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D4B702" w14:textId="77777777" w:rsidR="002C0ECF" w:rsidRPr="00E4499F" w:rsidRDefault="002C0ECF" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4499F">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="74CEC4D1" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="35B31271" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A7E8CE7" w14:textId="5A46A676" w:rsidR="342F9F81" w:rsidRDefault="342F9F81" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E0D7B9A" w14:textId="0385FDE1" w:rsidR="342F9F81" w:rsidRDefault="00813373" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
-          <w:sz w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C248AE3" wp14:editId="3D452B46">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>173355</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>144145</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5724525" cy="2511425"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="22225"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1405210622" name="Rektangel 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5724525" cy="2511425"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350"/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" anchor="ctr" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="640E3733" id="Rektangel 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:13.65pt;margin-top:11.35pt;width:450.75pt;height:197.75pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6QwwsLgIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wjJoNsiQjW16jSp&#10;aqvSac/GsSGa4/POhsD++p1NCKhDe5j2Yuzcfffju++YXe9aw7YKfQO24vlozJmyEurGrir+7eXu&#10;3UfOfBC2FgasqvheeX49f/tm1rlSFbAGUytkFMT6snMVX4fgyizzcq1a4UfglCWjBmxFoCeushpF&#10;R9FbkxXj8VXWAdYOQSrv6evtwcjnKb7WSoZHrb0KzFScagvpxHQu45nNZ6JcoXDrRvZliH+oohWN&#10;paRDqFsRBNtg80eotpEIHnQYSWgz0LqRKvVA3eTjV90s1sKp1AuR491Ak/9/YeXDduGekGjonC89&#10;XWMXO41t/KX62C6RtR/IUrvAJH2cfigm02LKmSRbMc3zCT0oTnaCO/Thi4KWxUvFkaaRSBLbex8O&#10;rkeXmM3CXWNMmoixrKv41ftpmlB2qi3dwt6oCDD2WWnW1FRNkQIn2agbg2wraOD1j7yvKHlGiKYM&#10;Ayi/BDLhCOp9I0wlKQ3A8SXgKdvgnTKCDQOwbSzg38H64E9EnvUar0uo90/IEA4ipqULj3RoA0QV&#10;9DfO1oC/Ln2P/qQbsnLWkeAr7n9uBCrOzFdLivqUTyZxQ9JjQtOlB55blucWu2lvgCjOab2dTFfy&#10;F1ZSgorLgKQLaJ0I93bhZPSLXMRpv+y+C3S9JAKp6QGOOhflK2UcfCPSwudNAN0k2ZzY6Fmi5UjC&#10;6xc5bt/5O3md/m7mvwEAAP//AwBQSwMEFAAGAAgAAAAhAETmBhbgAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FLw0AQhe+C/2EZwZvddA02jdmUIggqSLFVyHGbHZPY7GzIbtv47x1Pehoe7/Hm&#10;e8Vqcr044Rg6TxrmswQEUu1tR42G993jTQYiREPW9J5QwzcGWJWXF4XJrT/TG562sRFcQiE3GtoY&#10;h1zKULfoTJj5AYm9Tz86E1mOjbSjOXO566VKkjvpTEf8oTUDPrRYH7ZHp6HeVR9fabV58V3mD+tX&#10;/5Qunyutr6+m9T2IiFP8C8MvPqNDyUx7fyQbRK9BLW45yVctQLC/VBlP2WtI55kCWRby/4LyBwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADpDDCwuAgAAtgQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAETmBhbgAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;iAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" filled="f" strokecolor="black [3200]" strokeweight=".5pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:tbl>
-[...370 lines deleted...]
-    <w:p w14:paraId="20895693" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="31D7494D" w14:textId="2DD29AB6" w:rsidR="00985CA8" w:rsidRPr="00E4499F" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FCB1547" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="2B23D70E" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Godkännande för HD-drift</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FE03E3" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E7E019" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRPr="00FE5EB7" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Medicinskt ansvarig för tillverkningen</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518D079B" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Underskrift……………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Datum………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A69AE0F" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33474CBE" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5157DFF3" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRPr="00FE5EB7" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Driftansvarig för teknik</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33375FB2" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Underskrift……………………………………</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="342F9F81">
+        <w:t>Datum………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5EF126" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B563591" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0572F6FC" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRPr="00FE5EB7" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2679DD1E" w14:textId="77777777" w:rsidR="00985CA8" w:rsidRPr="00FE5EB7" w:rsidRDefault="00985CA8" w:rsidP="342F9F81">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B5CD40B" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4499F">
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3CFC1BE6" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
+    <w:p w14:paraId="133F905A" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRPr="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00E4499F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman,Bold" w:hAnsi="TimesNewRoman,Bold"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4499F">
-[...425 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w14:paraId="2D9450A5" w14:textId="77777777" w:rsidR="00E4499F" w:rsidRDefault="00E4499F" w:rsidP="00985CA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
+        <w:ind w:left="5216" w:right="0" w:firstLine="1304"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00E4499F">
+    <w:sectPr w:rsidR="00E4499F" w:rsidSect="00E4499F">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="4FCFB59A" w14:textId="77777777" w:rsidR="000860A6" w:rsidRDefault="000860A6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="5980EDAC" w14:textId="77777777" w:rsidR="000860A6" w:rsidRDefault="000860A6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="009DC295" w14:textId="77777777" w:rsidR="000860A6" w:rsidRDefault="000860A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman,Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TimesNewRoman">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2869,63 +4634,63 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -2947,87 +4712,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="0758D0C5" w14:textId="77777777" w:rsidR="000860A6" w:rsidRDefault="000860A6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="43A5227D" w14:textId="77777777" w:rsidR="000860A6" w:rsidRDefault="000860A6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="096C8791" w14:textId="77777777" w:rsidR="000860A6" w:rsidRDefault="000860A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3057,100 +4822,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3180,87 +4945,87 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -3301,51 +5066,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3915,50 +5680,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1676602F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3990A0A0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4028,51 +5906,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4141,51 +6019,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4281,51 +6159,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4395,51 +6273,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4508,51 +6386,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4649,51 +6527,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43834687"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="733EA4E8"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4762,65 +6753,65 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
-    <w:lvl w:ilvl="0" w:tplc="05061E3A">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Liststycke"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -4876,51 +6867,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4989,51 +6980,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="648F140A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E7C4C634"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5102,51 +7206,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5215,51 +7319,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5329,596 +7433,832 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="292563030">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="63265091">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1658455968">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1151408973">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="93136013">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1761901167">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="738600252">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="450128869">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1412119070">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="224725564">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="363138804">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1131434016">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1254122147">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1448936201">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1542018669">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="225724934">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="358747605">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="379406973">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="786042974">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="85004960">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="473376493">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1878203896">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00023CBE"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00037905"/>
+    <w:rsid w:val="0004068E"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="0005735D"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00071BFF"/>
+    <w:rsid w:val="00072CD1"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="000860A6"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
+    <w:rsid w:val="000E541D"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F064D"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="001256C3"/>
+    <w:rsid w:val="0013192A"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
+    <w:rsid w:val="00160FEF"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="001638E5"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00170BC2"/>
+    <w:rsid w:val="00172ED6"/>
+    <w:rsid w:val="00181360"/>
+    <w:rsid w:val="00181C95"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A1305"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D070C"/>
+    <w:rsid w:val="00200D2F"/>
+    <w:rsid w:val="00210B9A"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00237857"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="002616CE"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00266B8C"/>
     <w:rsid w:val="00280A85"/>
+    <w:rsid w:val="00281C5A"/>
+    <w:rsid w:val="00282B2E"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A2C88"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
+    <w:rsid w:val="002C0ECF"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C5AED"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002C6A44"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="002F6936"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00301868"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00377C13"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A6CFA"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C6861"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00407EE0"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="004140D3"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00426AB5"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="004329F6"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="0043583A"/>
+    <w:rsid w:val="00436005"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="00446953"/>
+    <w:rsid w:val="00450F99"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00453E33"/>
+    <w:rsid w:val="004578CC"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00485A38"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="00491E47"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C62A9"/>
+    <w:rsid w:val="004D4A69"/>
+    <w:rsid w:val="004D6729"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E7016"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="0050288B"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00530880"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00546853"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
+    <w:rsid w:val="00577C2D"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00585F84"/>
+    <w:rsid w:val="0059436E"/>
+    <w:rsid w:val="005946F3"/>
+    <w:rsid w:val="00595C2F"/>
+    <w:rsid w:val="0059755A"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B4CAD"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C42E6"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C494C"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005EF627"/>
+    <w:rsid w:val="005F06DE"/>
+    <w:rsid w:val="006030DD"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="00661AEA"/>
+    <w:rsid w:val="00662AB5"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00667257"/>
+    <w:rsid w:val="006677CE"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B47D8"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
+    <w:rsid w:val="006C52BE"/>
+    <w:rsid w:val="006C53D7"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
+    <w:rsid w:val="006D14A3"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E1520"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F210F"/>
+    <w:rsid w:val="007006F6"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00715F24"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
+    <w:rsid w:val="0073129B"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00742521"/>
+    <w:rsid w:val="00752651"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="00770013"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00792B13"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C169C"/>
+    <w:rsid w:val="007C2F88"/>
+    <w:rsid w:val="007C6D35"/>
+    <w:rsid w:val="007D39E7"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E5075"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00800D02"/>
+    <w:rsid w:val="00813373"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
+    <w:rsid w:val="00826ABF"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831A0A"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00856A1A"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="00860C91"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873A1B"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00885569"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
+    <w:rsid w:val="008E5788"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F2EE0"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="009212BF"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="009368A0"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="009436A2"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
+    <w:rsid w:val="00953118"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00953535"/>
+    <w:rsid w:val="00961DA7"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00974D30"/>
+    <w:rsid w:val="00985CA8"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A465EF"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A662FE"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A85F0E"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA23E7"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE04C4"/>
+    <w:rsid w:val="00AE1519"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B22B2E"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B421B6"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B550DC"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
+    <w:rsid w:val="00B91937"/>
+    <w:rsid w:val="00B91FA3"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB47C8"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C00C8F"/>
+    <w:rsid w:val="00C06350"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C213F4"/>
+    <w:rsid w:val="00C30E78"/>
+    <w:rsid w:val="00C33098"/>
+    <w:rsid w:val="00C35DB8"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C461DD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00CA17F0"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD20A5"/>
+    <w:rsid w:val="00CD46CA"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CD66EB"/>
+    <w:rsid w:val="00CE2660"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF3435"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D16647"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D444BE"/>
+    <w:rsid w:val="00D46594"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D80095"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA40C7"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB0638"/>
+    <w:rsid w:val="00DB240E"/>
+    <w:rsid w:val="00DB66FC"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF7EC2"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E17DFF"/>
+    <w:rsid w:val="00E25556"/>
+    <w:rsid w:val="00E27D81"/>
+    <w:rsid w:val="00E34CF5"/>
+    <w:rsid w:val="00E40F2E"/>
     <w:rsid w:val="00E4499F"/>
+    <w:rsid w:val="00E47404"/>
+    <w:rsid w:val="00E47E9C"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E63B68"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E834CB"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA4FCF"/>
+    <w:rsid w:val="00EA6F6F"/>
+    <w:rsid w:val="00EB0CAB"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F0533A"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F47FD6"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F52FBF"/>
+    <w:rsid w:val="00F6CACF"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB30F8"/>
+    <w:rsid w:val="00FB31EB"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC242B"/>
+    <w:rsid w:val="00FC597E"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE6F51"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="013B677C"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="02EE6180"/>
+    <w:rsid w:val="03F7936B"/>
+    <w:rsid w:val="05B9F07C"/>
+    <w:rsid w:val="060988F0"/>
+    <w:rsid w:val="08E64D3B"/>
+    <w:rsid w:val="0B63B031"/>
+    <w:rsid w:val="0BFD70FE"/>
+    <w:rsid w:val="0CAB7C8E"/>
+    <w:rsid w:val="0E53B0E7"/>
+    <w:rsid w:val="117650E6"/>
+    <w:rsid w:val="135C8CAF"/>
+    <w:rsid w:val="18406E85"/>
+    <w:rsid w:val="18AF0D01"/>
+    <w:rsid w:val="19B137FF"/>
+    <w:rsid w:val="1B602D3C"/>
+    <w:rsid w:val="1D91CF21"/>
+    <w:rsid w:val="1E5748E0"/>
+    <w:rsid w:val="1FA5B151"/>
+    <w:rsid w:val="1FEB452D"/>
+    <w:rsid w:val="2096EAE2"/>
+    <w:rsid w:val="217E938E"/>
+    <w:rsid w:val="25B4B237"/>
+    <w:rsid w:val="25DBA175"/>
+    <w:rsid w:val="261F06DD"/>
+    <w:rsid w:val="29BA439A"/>
+    <w:rsid w:val="2A7D62D1"/>
+    <w:rsid w:val="2AD645C8"/>
+    <w:rsid w:val="2C2AA57C"/>
+    <w:rsid w:val="2D52871B"/>
+    <w:rsid w:val="2FECA3D0"/>
+    <w:rsid w:val="305A4818"/>
+    <w:rsid w:val="3087A761"/>
+    <w:rsid w:val="31E0BF2D"/>
+    <w:rsid w:val="342F9F81"/>
+    <w:rsid w:val="3A80CB2E"/>
+    <w:rsid w:val="3C2923EB"/>
+    <w:rsid w:val="3CD30F50"/>
+    <w:rsid w:val="42E9251D"/>
+    <w:rsid w:val="4645AD20"/>
+    <w:rsid w:val="46A10BFB"/>
+    <w:rsid w:val="46E19E1D"/>
+    <w:rsid w:val="489C45C6"/>
+    <w:rsid w:val="48CF94B7"/>
+    <w:rsid w:val="4C22D5EF"/>
+    <w:rsid w:val="4E9D7BAB"/>
+    <w:rsid w:val="51C1EBBB"/>
+    <w:rsid w:val="51C22410"/>
+    <w:rsid w:val="5437C801"/>
+    <w:rsid w:val="548E5AB2"/>
+    <w:rsid w:val="558B594D"/>
+    <w:rsid w:val="5715527B"/>
+    <w:rsid w:val="58B12A96"/>
+    <w:rsid w:val="5BD2734C"/>
+    <w:rsid w:val="5C5D3113"/>
+    <w:rsid w:val="5DE872AA"/>
+    <w:rsid w:val="5F113451"/>
+    <w:rsid w:val="61D709F0"/>
+    <w:rsid w:val="62674B59"/>
+    <w:rsid w:val="630469D4"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="65C81D16"/>
+    <w:rsid w:val="662ED486"/>
+    <w:rsid w:val="69D051CB"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6B6355A4"/>
+    <w:rsid w:val="6BCA6957"/>
+    <w:rsid w:val="6D7AB1A1"/>
+    <w:rsid w:val="7926A256"/>
+    <w:rsid w:val="7AAD32DF"/>
+    <w:rsid w:val="7B6239EF"/>
+    <w:rsid w:val="7E962A05"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{D2D8725C-18F4-4C8F-A9F5-918FEA43EF7F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6826,51 +9166,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
@@ -8288,51 +10627,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8699,72 +11038,57 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1655</Characters>
+  <Pages>3</Pages>
+  <Words>323</Words>
+  <Characters>1715</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1789</CharactersWithSpaces>
+  <CharactersWithSpaces>2034</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Kvalificerings- valideringsrapport mobil vattenreningsanläggning Q Di 136</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Anita Fredriksson</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Jan Mattsson</lastModifiedBy>
+  <revision>51</revision>
+  <lastPrinted>2016-03-31T01:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>