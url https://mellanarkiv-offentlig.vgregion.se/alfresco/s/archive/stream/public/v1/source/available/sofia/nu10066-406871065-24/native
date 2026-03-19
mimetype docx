--- v0 (2026-01-09)
+++ v1 (2026-03-19)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7B9B8F6A" w14:textId="77777777" w:rsidR="002007E4" w:rsidRDefault="002007E4" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="002007E4" w:rsidSect="002007E4">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -167,61 +167,59 @@
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="begin"/>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="separate"/>
                                   </w:r>
-                                  <w:proofErr w:type="gramStart"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>22338</w:t>
                                   </w:r>
-                                  <w:proofErr w:type="gramEnd"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="end"/>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
@@ -259,61 +257,59 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>22338</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="002007E4">
               <w:t xml:space="preserve">Beskrivning av </w:t>
             </w:r>
             <w:r w:rsidR="00F13471" w:rsidRPr="002007E4">
@@ -531,499 +527,403 @@
       </w:pPr>
       <w:r w:rsidRPr="35227837">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Definitionen "Gällande föreskrift" i GMP-rutiner hänvisar till Läkemedelsverkets föreskrifter (HSLF-FS 2022:40) om on-linetillverkning och hantering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="35227837">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>hemofiltrationsvätskor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="35227837">
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dialysföreskrifter).</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="451AEBF9" w14:textId="77777777" w:rsidR="00DB1808" w:rsidRDefault="00DB1808" w:rsidP="00FE4D7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17C55B16" w14:textId="0DA83CE4" w:rsidR="00DB1808" w:rsidRDefault="00DB1808" w:rsidP="00DB1808">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Medicinskt ansvarig för tillverkning benämns i GMP dokument med MLA (Medicinskt ledningsansvarig läkare)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A368C1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704EBD69" w14:textId="77777777" w:rsidR="00DB1808" w:rsidRDefault="00DB1808" w:rsidP="00DB1808">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BCE8F33" w14:textId="4E21588B" w:rsidR="00DB1808" w:rsidRDefault="00DB1808" w:rsidP="00DB1808">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Driftansvarig för teknik benämns i GMP-dokument som Medicintekniker (MT).</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="318B9C2D" w14:textId="77777777" w:rsidR="00FE4D7A" w:rsidRDefault="00FE4D7A" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20EC8912" w14:textId="01C65A87" w:rsidR="00855F67" w:rsidRDefault="00512BF3" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Alla dokument ska ha en i</w:t>
       </w:r>
       <w:r w:rsidR="002F6C59">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nnehålls</w:t>
       </w:r>
       <w:r w:rsidR="00CC5DCD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ansvarig, en granskare och en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CC5DCD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>godkännare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00492DB2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9115BD" w14:textId="59CC25A7" w:rsidR="002007E4" w:rsidRDefault="002007E4" w:rsidP="35227837">
+    <w:p w14:paraId="27978CF9" w14:textId="77777777" w:rsidR="00296D28" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="00296D28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Dokumenten granskas och signeras digitalt. </w:t>
+        <w:t>Dokumenten granskas och signeras digitalt</w:t>
+      </w:r>
+      <w:r w:rsidR="002963FE">
+        <w:t xml:space="preserve"> i Sofia STY, (Västra Götalands Regionens dokumenthanteringssystem)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C74904">
         <w:t>Ve</w:t>
       </w:r>
       <w:r w:rsidR="006C2AB4">
         <w:t xml:space="preserve">rksamhetschef ska stå som </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C32A90">
         <w:t>godkännare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C32A90">
         <w:t xml:space="preserve"> på alla dokument</w:t>
       </w:r>
       <w:r w:rsidR="00BC43A1">
         <w:t xml:space="preserve"> men har möjlighet att delegera godkännandet till </w:t>
       </w:r>
       <w:r w:rsidR="4520FD3D">
         <w:t>MLA</w:t>
       </w:r>
       <w:r w:rsidR="00AE43D5">
         <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Efter godkännande </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002032F3">
-        <w:t>upprättas</w:t>
+      <w:r w:rsidR="002963FE">
+        <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00FF654A">
-[...18 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+      <w:r w:rsidR="006D73F1" w:rsidRPr="002007E4">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:t>Behöriga funktioner att signera kvalitetsdokument</w:t>
+        <w:t>akkunnig</w:t>
       </w:r>
-    </w:p>
-[...130 lines deleted...]
-      <w:r w:rsidR="001538C9">
+      <w:r w:rsidR="006D73F1">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> person</w:t>
       </w:r>
-      <w:r w:rsidRPr="002007E4">
+      <w:r w:rsidR="0011189C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> granskar samtliga GMP-dokument</w:t>
+      </w:r>
+      <w:r w:rsidR="002963FE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D73F1" w:rsidRPr="002007E4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00296D28" w:rsidRPr="002007E4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>GMP relaterade dokument märks med GMP efter dokumentets namn. Bedömning av vad som räknas som GMP-dokument görs i samråd med sakkunnig</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D28">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person</w:t>
+      </w:r>
+      <w:r w:rsidR="00296D28" w:rsidRPr="002007E4">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> på GMP möte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4469E60C" w14:textId="77777777" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="002007E4">
+    <w:p w14:paraId="3D0634FF" w14:textId="77777777" w:rsidR="00DD0089" w:rsidRDefault="00DD0089" w:rsidP="35227837">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DAB3AA5" w14:textId="6AB82AB8" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="002007E4">
+    <w:p w14:paraId="4F5C641A" w14:textId="46D64239" w:rsidR="00DD0089" w:rsidRDefault="00DD0089" w:rsidP="00DD0089">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> för granskning innan godkännande och publicering.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>De digitalt signerade dokumenten är original och finns i Sofia STY, dokumenten finns tillgängliga via NU-sjukvårdens intranät. Kopia av godkänt original finns utskrivet i pappersform som avdelningsexemplar och förvaras i pärmar på dialysmottagningen. Var kopior av original förvaras anges i början av varje rutin. Vårdenhetschef ansvarar för att kopior byts ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2416326B" w14:textId="39312710" w:rsidR="00087CDB" w:rsidRPr="002007E4" w:rsidRDefault="00087CDB" w:rsidP="35227837">
-[...95 lines deleted...]
-    <w:p w14:paraId="221A96A8" w14:textId="77777777" w:rsidR="00DE0C09" w:rsidRPr="002032F3" w:rsidRDefault="00DE0C09" w:rsidP="35227837">
+    <w:p w14:paraId="26791E27" w14:textId="77777777" w:rsidR="00DD0089" w:rsidRDefault="00DD0089" w:rsidP="00DD0089">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00F90A0A" w14:textId="1E598C0B" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="35227837">
+    <w:p w14:paraId="4334D999" w14:textId="77777777" w:rsidR="00271530" w:rsidRDefault="00271530" w:rsidP="00271530">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51D57">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Fristående bilagor hanteras utanför Sofia STYR och nås via länk i aktuell styrande rutin alternativt via mellanarkivet på intranätet. Arbetsdokumenten finns på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E51D57">
+        <w:t>sharepoint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E51D57">
+        <w:t xml:space="preserve"> och versions-styrs via upprättande till allmän handling efter varje revidering. I dokumenthuvudet finns hänvisning till styrande rutin. Instruktion för förfarandet med upprättande av allmän handling finns på samarbetsytan ” </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00E51D57">
+          <w:t>GMP vatten - Dialys och njursviktsmottagningen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E51D57">
+        <w:t xml:space="preserve">” på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E51D57">
+        <w:t>Sharepoint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E51D57">
+        <w:t>. Eventuella kopiors placering anges i bilagans sidhuvud.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E0345">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26EF3E46" w14:textId="77777777" w:rsidR="00271530" w:rsidRPr="002032F3" w:rsidRDefault="00271530" w:rsidP="00DD0089">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:highlight w:val="yellow"/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F867671" w14:textId="069C2BEB" w:rsidR="00DD0089" w:rsidRDefault="00DD0089" w:rsidP="00DD0089">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nytillkomna rutiner och betydande ändringar e-postas till samtlig medarbetare via veckobrev och tas upp på APT samt signeras efter att man läst rutinen se bilaga till Q Di 1. </w:t>
+        <w:t xml:space="preserve">Nytillkomna rutiner och betydande ändringar e-postas till samtlig medarbetare via veckobrev och tas upp på APT samt signeras efter att man läst rutinen se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="001068F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>bilaga</w:t>
+        </w:r>
+        <w:r w:rsidR="001068F7" w:rsidRPr="001068F7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> till Q Di 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38100493" w14:textId="77777777" w:rsidR="00397DA3" w:rsidRDefault="00397DA3" w:rsidP="002007E4">
+    <w:p w14:paraId="5BFB363B" w14:textId="77777777" w:rsidR="00DD0089" w:rsidRDefault="00DD0089" w:rsidP="35227837">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="733FC3D4" w14:textId="4A6A4F98" w:rsidR="00DA3393" w:rsidRDefault="002007E4" w:rsidP="002007E4">
+    <w:p w14:paraId="7A9115BD" w14:textId="230D1176" w:rsidR="002007E4" w:rsidRPr="002963FE" w:rsidRDefault="39F35719" w:rsidP="35227837">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Avsteg</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5237">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00605E40">
+        <w:t>från</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5237">
+        <w:t xml:space="preserve"> styrande och redovisande GMP dokument får göras av </w:t>
+      </w:r>
+      <w:r w:rsidR="00605E40">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5237">
+        <w:t>edicinskt ansvarig för tillverkning</w:t>
+      </w:r>
+      <w:r w:rsidR="00605E40">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15A46">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F5237">
+        <w:t xml:space="preserve">vårdenhetschef och sakkunnig person. </w:t>
+      </w:r>
+      <w:r w:rsidR="00605E40">
+        <w:t>Beslut</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5237">
+        <w:t xml:space="preserve"> skall </w:t>
+      </w:r>
+      <w:r w:rsidR="00605E40">
+        <w:t xml:space="preserve">dokumenteras, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F5237">
+        <w:t>signeras och dateras</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15A46">
+        <w:t xml:space="preserve"> av nyckelpersoner</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5237">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C15A46" w:rsidRPr="00C15A46">
+        <w:t>Det ska i dokumentationen framgå orsak till ändringen och på vilka grunder beslutet fattats</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15A46">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E84E7A" w14:textId="77777777" w:rsidR="0093318F" w:rsidRDefault="0093318F" w:rsidP="0093318F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733FC3D4" w14:textId="3D3A2825" w:rsidR="00DA3393" w:rsidRDefault="002007E4" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Avvikelser registreras i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Med</w:t>
       </w:r>
       <w:r w:rsidR="00D54FAD">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>ontrol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D54FAD">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00403807">
@@ -1035,74 +935,78 @@
       <w:r w:rsidR="0036785F">
         <w:t>PT</w:t>
       </w:r>
       <w:r w:rsidR="008F3FE6">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00397DA3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C65C1D" w:rsidRPr="002007E4">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>GMP relaterade avvikelser tas upp på GMP</w:t>
       </w:r>
       <w:r w:rsidR="004C0AF8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C65C1D" w:rsidRPr="002007E4">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>möte samt i årets verksamhetsberättelse.</w:t>
+        <w:t>möte samt i år</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2CA1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lig</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65C1D" w:rsidRPr="002007E4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> verksamhetsberättelse.</w:t>
       </w:r>
       <w:r w:rsidR="00C65C1D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C6F91">
         <w:t>Akuta GMP avvikelser meddelas sakkunnig</w:t>
       </w:r>
       <w:r w:rsidR="00940CF7">
         <w:t xml:space="preserve"> person per telefon</w:t>
       </w:r>
       <w:r w:rsidR="000170CA">
-        <w:t xml:space="preserve"> eller </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> beroende på ärendets art</w:t>
+        <w:t xml:space="preserve"> eller mail beroende på ärendets art</w:t>
       </w:r>
       <w:r w:rsidR="00990815">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16121F1C" w14:textId="6265B894" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="00DC6880" w:rsidP="68B31755">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00241858">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>Vårdenhetschef lägger till sakkunnig</w:t>
       </w:r>
       <w:r w:rsidR="001D3292">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> person samt eventuellt ytterligare berörda nyc</w:t>
       </w:r>
       <w:r w:rsidR="00085BAD">
@@ -1203,57 +1107,52 @@
     </w:p>
     <w:p w14:paraId="41BF07A4" w14:textId="77777777" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="639B2E9B" w14:textId="0AF902D8" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Kvalitetssystemet är uppbyggt enligt följande system:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5357D59C" w14:textId="2A252DFB" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Q-Di </w:t>
+        <w:t>Q-Di 1-99</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D35600">
         <w:t xml:space="preserve">                      Le</w:t>
       </w:r>
       <w:r>
         <w:t>dning och organisation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAAB1B0" w14:textId="60025420" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="35227837">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="35227837">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Q-Di 100-199</w:t>
       </w:r>
       <w:r>
@@ -1382,351 +1281,4745 @@
         </w:rPr>
         <w:t>Q Di 700-799</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="35227837">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Styrdokument Njursviktsmottagning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6F9BFC" w14:textId="77777777" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002007E4">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Q Di </w:t>
+        <w:t>Q Di 800-899</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002007E4">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Styrdokument PD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3C18EB" w14:textId="77777777" w:rsidR="002007E4" w:rsidRPr="002007E4" w:rsidRDefault="002007E4" w:rsidP="002007E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20F6AC4B" w14:textId="5F953404" w:rsidR="35227837" w:rsidRDefault="35227837" w:rsidP="35227837">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B669EF2" w14:textId="77777777" w:rsidR="001126DB" w:rsidRDefault="003908C3" w:rsidP="35227837">
+    <w:p w14:paraId="2B669EF2" w14:textId="755D7A98" w:rsidR="001126DB" w:rsidRDefault="003908C3" w:rsidP="35227837">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Arkivering sker i låst källarförråd (L-661-10).</w:t>
+        <w:t xml:space="preserve">Arkivering </w:t>
+      </w:r>
+      <w:r w:rsidR="00963683">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">av fysiska dokument </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sker i låst källarförråd (L-661-10).</w:t>
       </w:r>
       <w:r w:rsidR="00351970">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADC1BFC" w14:textId="5DBCB488" w:rsidR="003908C3" w:rsidRPr="00351970" w:rsidRDefault="003908C3" w:rsidP="35227837">
+    <w:p w14:paraId="1E80A5C5" w14:textId="61FB5837" w:rsidR="00005313" w:rsidRDefault="003908C3" w:rsidP="35227837">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="003D4870">
         <w:t>rkiveringstider</w:t>
       </w:r>
       <w:r w:rsidR="00D35193">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00955263">
         <w:t xml:space="preserve">enligt </w:t>
       </w:r>
-      <w:r w:rsidR="003D4870">
-        <w:t>följande</w:t>
+      <w:r w:rsidR="00005313">
+        <w:t>tabell 1</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-        <w:t>Instruktioner i original i tre år efter att de upphört att gälla.</w:t>
+      <w:r w:rsidR="00C23909">
+        <w:t xml:space="preserve"> nedan</w:t>
       </w:r>
-    </w:p>
-[...57 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00005313">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC013FD" w14:textId="09A88CCC" w:rsidR="00731460" w:rsidRDefault="4AEFE34C" w:rsidP="00731460">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="76B0C794" w14:textId="77777777" w:rsidR="00C3636F" w:rsidRDefault="00C3636F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Redovisande dokumentation avseende tillverkning och kontroll inklusive rådata för vattenreningssystemet i tre år. </w:t>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571FE560" w14:textId="4CCA8E59" w:rsidR="00731460" w:rsidRDefault="4AEFE34C" w:rsidP="00731460">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="536CF809" w14:textId="6EB37C34" w:rsidR="00E51D57" w:rsidRPr="00005313" w:rsidRDefault="00005313" w:rsidP="35227837">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Redovisande dokumentation avseende rengöring, städning samt temperaturkontroller i utrymmen där material med temperaturkrav förvaras i tre år. </w:t>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tabell 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="1013EEB9" w:rsidR="00536A5A" w:rsidRDefault="4AEFE34C" w:rsidP="00954F7A">
-[...14 lines deleted...]
-    <w:p w14:paraId="609C0C5B" w14:textId="77777777" w:rsidR="00EA03A0" w:rsidRDefault="00EA03A0" w:rsidP="00EA03A0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5324" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="1562"/>
+        <w:gridCol w:w="2362"/>
+        <w:gridCol w:w="3016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="743FCB4D" w14:textId="3717FFC4" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="2B5239AF" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Typ av dokument</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7BB469" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lagring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00C4DEB7" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivering</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA0B94C" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysisk/digital</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF14F88" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkiveringstid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6784FF37" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="54C4413E" w14:textId="0F11FA9F" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E673F82" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Styrande dokument </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69FC45DA" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sofia STYR </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E109E0E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Mellanarkiv) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8C3B1B" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bevaras </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="46AF52ED" w14:textId="57C9E6AD" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0807B77A" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bilagor </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B166F88" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52820D02" w14:textId="6239F60B" w:rsidR="00115563" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sofia STYR </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16C16E54" w14:textId="64A0E88C" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15B24FA7" w14:textId="72320D57" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Mellanarkiv) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A689EA" w14:textId="0536BBB2" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Lokalt) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3405C474" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1. Bevaras </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4E6616" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2. Enligt handlingstyp (IHP), Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="252BD35F" w14:textId="0309F570" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0D2E61" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47B928BD" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="255CAAE9" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1574B9" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="450BBD10" w14:textId="275992E1" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D58A839" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tillstånd </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3A5BD6" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72E2055E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (public360) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63F4E540" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bevaras </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="14E06883" w14:textId="306E2F35" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E60EF78" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inspektionsprotokoll LV </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17CFB493" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="164F2720" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (public360) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="759CA12E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bevaras </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="597450B2" w14:textId="6F4DAC14" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00161461" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Åtgärdsrapport LV </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1875D9" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="476DF0E8" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Mellanarkiv) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FBFCB0C" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BDD723C" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(3.5.2 åtgärdsplan kvalitetsgranskning) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="7E7BC048" w14:textId="45B9F56D" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E48A1E4" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Åtgärdsrapport egeninspektion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="237790E1" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFDD48A" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Mellanarkiv) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70CF92F0" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6644F519" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(3.5.2 åtgärdsplan kvalitetsgranskning) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="069F9EE3" w14:textId="16074138" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8C8230" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="00B16552" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16552">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Signaturlistor </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="656B6B57" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="00B16552" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16552">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6501C4D7" w14:textId="6C2B7D5B" w:rsidR="00115563" w:rsidRPr="00B16552" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16552">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivskåp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE95CF3" w14:textId="7E15C4BB" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00B16552" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bevaras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="0B0BEC4D" w14:textId="7CD7D55C" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="349F1E51" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Överenskommelser  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="575AD793" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="530D0D8D" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Lokalt) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36CDAA52" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="73FD09BA" w14:textId="4CE03BA1" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6374F7A6" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kommunikation med LV </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="194D858E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0961CA" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Lokalt) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58F96DFB" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="4586DED3" w14:textId="524FA96E" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6B12B7" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Introduktionschecklista personal </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB9D0EC" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3690AA6D" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pärm hos VEC </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66E6F661" w14:textId="635DDD5C" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5 år efter anställning upphört </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="47152661" w14:textId="7CC7099A" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="621F1A98" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utbildningskort</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> personal </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4C202B" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="297B017E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Lokalt) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF4F984" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5 år efter anställning upphört  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="0B5056DA" w14:textId="064D0D10" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="116E2099" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lokaler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48E53A64" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFDD9A2" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5192E462" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="2C0872DA" w14:textId="16C7649D" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2420951B" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Temperaturlistor </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1104F139" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05A6C4F8" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivskåp </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69DF067A" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="11BD48A6" w14:textId="33B1E824" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2AEAB0" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Städlistor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="187A4572" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25C6E249" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivskåp </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59E3C304" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="1D5ED03E" w14:textId="220FCC0E" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2598B3C4" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tillverkning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E35272A" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="082C629C" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29CFA0F6" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="5D3BAE1B" w14:textId="69ECFD87" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="596789F4" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dialysprotokoll + </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74242EA7" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>behandlingsparametrar  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1EB4C8" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="540A16BA" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2216AEA5" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scannas till E-arkiv patientjournal </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B36B7F2" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bevaras </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="5FBC9804" w14:textId="1451B275" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="559330ED" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utrustning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC8DC40" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56B64928" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A216F6E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="6890647C" w14:textId="2BDFD656" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6120AF1D" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FU-protokoll </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DEAC753" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72ED822E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scannas in i Medusa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA82669" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utrustningspärm/ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D63BD2" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medusa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC1D18A" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gallras 10 år efter att produkten tagits ur bruk </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="435B9C2F" w14:textId="5A4E2A8C" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="066BE296" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Serviceprotokoll </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73E0396E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Scannas in i Medusa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C081FDA" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medusa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBAE7CD" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gallras 10 år efter att produkten tagits ur bruk </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="6A096598" w14:textId="329950A8" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C838274" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Valideringsdokumentation </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C306BA4" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt, scannas i Medusa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="789E41B3" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utrustningspärm /Medusa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4B6909" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gallras 10 år efter att produkten tagits ur bruk </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="4BA62229" w14:textId="5AF13080" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="058B6492" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rådata CWP </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9DDB2D" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Molntjänst </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75EE38A4" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Molntjänst </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFFEFFA" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="663BDA55" w14:textId="33CDBE84" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F795EA7" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Checklista kontroll/Skötsel av dialysmaskin </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E310BC1" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9CB1D9" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivskåp </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="585F974A" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="02F66209" w14:textId="7129B034" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2133D0AA" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Checklista för funktionsfel på dialysmaskin </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD8BECE" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="251CD5C1" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivskåp </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E411CB0" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="5CF03D58" w14:textId="726F7974" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="411B9B6E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Utrustningsblad referensinstrument </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B26B296" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>digitalt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="769E1D59" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medusa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD8DF03" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gallras 3 år efter att produkten tagits ur bruk </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="013BEB8C" w14:textId="471CEFD8" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="076E4F36" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reklamationer/indragningar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE16FDC" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8D08F7" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Lokalt) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="099DAE7F" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="0B00857C" w14:textId="1CDAD08D" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72C8102E" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Manualer </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0021A901" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="265D46C9" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivskåp </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63714212" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gallras 3 år efter att produkten tagits ur bruk </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="01AA75EF" w14:textId="0A8291A0" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0D8A77" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kommunikation med Leverantör </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5885B558" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8AE110" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Lokalt) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16E8F277" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="5A40DABA" w14:textId="5399047A" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="037AF5DE" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kvalitetskontroll</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F37074A" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1F70DA" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3910A8" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="47A946A3" w14:textId="47FA5481" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05140411" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Analyssvar (digitala) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BECA244" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7019FD57" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digitalt (Lokalt) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3018EF83" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00115563" w:rsidRPr="00005313" w14:paraId="5DEB2AA5" w14:textId="7D1A5AB3" w:rsidTr="003A6D6B">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4407B115" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Analyssvar (fysiska) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="823" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7621529C" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fysiskt </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="776B1EA8" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Arkivskåp </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63841A20" w14:textId="77777777" w:rsidR="00115563" w:rsidRPr="009F0454" w:rsidRDefault="00115563" w:rsidP="009F0454">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F0454">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Minst 3 år </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="609C0C5B" w14:textId="77777777" w:rsidR="00EA03A0" w:rsidRDefault="00EA03A0" w:rsidP="004F4472">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1787F317" w14:textId="10E70404" w:rsidR="00CD6B17" w:rsidRDefault="00CD6B17" w:rsidP="00CD6B17">
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="00CD6B17" w:rsidSect="002007E4">
+    <w:sectPr w:rsidR="00EA03A0" w:rsidSect="002007E4">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48C1D328" w14:textId="77777777" w:rsidR="00667713" w:rsidRDefault="00667713">
+    <w:p w14:paraId="38E1649B" w14:textId="77777777" w:rsidR="00AE06EF" w:rsidRDefault="00AE06EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63D68739" w14:textId="77777777" w:rsidR="00667713" w:rsidRDefault="00667713">
+    <w:p w14:paraId="7D0875F3" w14:textId="77777777" w:rsidR="00AE06EF" w:rsidRDefault="00AE06EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="20F91012" w14:textId="77777777" w:rsidR="00667713" w:rsidRDefault="00667713">
+    <w:p w14:paraId="050A93EC" w14:textId="77777777" w:rsidR="00AE06EF" w:rsidRDefault="00AE06EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
@@ -1755,89 +6048,89 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1866,74 +6159,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="760ABDE2" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="1003793860" name="Bildobjekt 1003793860">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -1947,73 +6240,73 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="001627DF">
       <w:t>1(2)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00A2DFD0" w14:textId="77777777" w:rsidR="00667713" w:rsidRDefault="00667713"/>
+    <w:p w14:paraId="1D94A63C" w14:textId="77777777" w:rsidR="00AE06EF" w:rsidRDefault="00AE06EF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19778F85" w14:textId="77777777" w:rsidR="00667713" w:rsidRDefault="00667713">
+    <w:p w14:paraId="015CBA3D" w14:textId="77777777" w:rsidR="00AE06EF" w:rsidRDefault="00AE06EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4478CB2F" w14:textId="77777777" w:rsidR="00667713" w:rsidRDefault="00667713">
+    <w:p w14:paraId="7AB73F8F" w14:textId="77777777" w:rsidR="00AE06EF" w:rsidRDefault="00AE06EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2091,51 +6384,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2227,51 +6520,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bild 1">
+          <wp:docPr id="853449007" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2301,51 +6594,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4708,768 +9001,870 @@
   <w:num w:numId="17" w16cid:durableId="253170958">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="887643774">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="577328621">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="215363151">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1884827356">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="573317844">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="303438576">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000010D1"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="00005261"/>
+    <w:rsid w:val="00005313"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="0001321B"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="000170CA"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00053A3B"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000665CC"/>
     <w:rsid w:val="000675AB"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00077B58"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00085BAD"/>
     <w:rsid w:val="00087CDB"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="00097684"/>
     <w:rsid w:val="000A0692"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A6C64"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C28F7"/>
+    <w:rsid w:val="000E16F1"/>
     <w:rsid w:val="000E4186"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F6F8E"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001068F7"/>
+    <w:rsid w:val="0011189C"/>
     <w:rsid w:val="001126DB"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00115563"/>
+    <w:rsid w:val="001256A2"/>
     <w:rsid w:val="00130272"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="001538C9"/>
+    <w:rsid w:val="00154046"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160C31"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001627DF"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001738C2"/>
     <w:rsid w:val="001807BA"/>
+    <w:rsid w:val="00180E6D"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001B7BF4"/>
     <w:rsid w:val="001C432F"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D2F28"/>
     <w:rsid w:val="001D3292"/>
     <w:rsid w:val="001D5630"/>
     <w:rsid w:val="002007E4"/>
     <w:rsid w:val="002032F3"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00212993"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00222556"/>
     <w:rsid w:val="002322A3"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="0023678E"/>
     <w:rsid w:val="00241858"/>
     <w:rsid w:val="002437E8"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00271530"/>
     <w:rsid w:val="00272487"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00293A5B"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002963FE"/>
+    <w:rsid w:val="00296D28"/>
+    <w:rsid w:val="002A28CF"/>
     <w:rsid w:val="002A6CA9"/>
     <w:rsid w:val="002B00A7"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C3967"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D1DCC"/>
+    <w:rsid w:val="002D2255"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F6C59"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003008A3"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00351970"/>
+    <w:rsid w:val="0035557F"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="0036785F"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371517"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="003908C3"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397DA3"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A2A7F"/>
+    <w:rsid w:val="003A6D6B"/>
     <w:rsid w:val="003B200D"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D4870"/>
     <w:rsid w:val="003E0705"/>
+    <w:rsid w:val="003E0C7D"/>
+    <w:rsid w:val="003E1BF9"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F5C56"/>
+    <w:rsid w:val="00401639"/>
     <w:rsid w:val="004031AD"/>
     <w:rsid w:val="00403807"/>
     <w:rsid w:val="00404948"/>
+    <w:rsid w:val="004068B7"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00411A43"/>
     <w:rsid w:val="00411EC0"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00413E3D"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="0044589D"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00452A4E"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004867DC"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="00490276"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="0049241A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00492DB2"/>
     <w:rsid w:val="00495D7B"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C0AF8"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F35D1"/>
+    <w:rsid w:val="004F4472"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F752B"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00512BF3"/>
     <w:rsid w:val="00520A3B"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
+    <w:rsid w:val="00542635"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00547028"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
+    <w:rsid w:val="005671D7"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00596803"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A112D"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F5237"/>
     <w:rsid w:val="0060596B"/>
+    <w:rsid w:val="00605E40"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00644525"/>
+    <w:rsid w:val="00646C93"/>
     <w:rsid w:val="006511D2"/>
     <w:rsid w:val="0065327F"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00667713"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006930D9"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1348"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C2AB4"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D73F1"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E0345"/>
     <w:rsid w:val="006E0C0D"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007027B3"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00714548"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00731460"/>
+    <w:rsid w:val="007327F5"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="00735D25"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007403FB"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00775348"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00795D76"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B6FAF"/>
     <w:rsid w:val="007D2BA4"/>
     <w:rsid w:val="007D3430"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E0A7D"/>
     <w:rsid w:val="007E2DDB"/>
+    <w:rsid w:val="007E5C0E"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00806610"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008260E0"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00832D31"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00855F67"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="008631D1"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00886189"/>
+    <w:rsid w:val="008909F0"/>
     <w:rsid w:val="008921D9"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
+    <w:rsid w:val="008B0421"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C3D0D"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C6F91"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008E159D"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F3FE6"/>
     <w:rsid w:val="008F4D69"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00905138"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907DFC"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="009106A1"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921011"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="0093318F"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00940CF7"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
+    <w:rsid w:val="00952A85"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00954F7A"/>
     <w:rsid w:val="00955263"/>
+    <w:rsid w:val="00963683"/>
     <w:rsid w:val="009669D5"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009900BF"/>
     <w:rsid w:val="00990815"/>
     <w:rsid w:val="0099602C"/>
     <w:rsid w:val="009A14F9"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B2CA1"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009D3B11"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F0454"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A0391C"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A14108"/>
+    <w:rsid w:val="00A1602A"/>
     <w:rsid w:val="00A21641"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A265AE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A368C1"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A85FF6"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A97C90"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA3B16"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AC4740"/>
     <w:rsid w:val="00AC6AB4"/>
+    <w:rsid w:val="00AC71C1"/>
     <w:rsid w:val="00AD01F9"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE06EF"/>
     <w:rsid w:val="00AE43D5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF6EE9"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
+    <w:rsid w:val="00B16552"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B22593"/>
+    <w:rsid w:val="00B3156F"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B51A78"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B74400"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77F9C"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B94882"/>
     <w:rsid w:val="00B96A76"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB113D"/>
     <w:rsid w:val="00BB3D2F"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BB76DA"/>
     <w:rsid w:val="00BC09E5"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC358F"/>
     <w:rsid w:val="00BC43A1"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD1299"/>
+    <w:rsid w:val="00BE5399"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF065A"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C12212"/>
+    <w:rsid w:val="00C15A46"/>
     <w:rsid w:val="00C16B1B"/>
+    <w:rsid w:val="00C23909"/>
     <w:rsid w:val="00C32A90"/>
+    <w:rsid w:val="00C3636F"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C6020D"/>
+    <w:rsid w:val="00C625B6"/>
+    <w:rsid w:val="00C62A38"/>
     <w:rsid w:val="00C65C1D"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C74904"/>
     <w:rsid w:val="00C75EF5"/>
     <w:rsid w:val="00C801B7"/>
     <w:rsid w:val="00C83A71"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
+    <w:rsid w:val="00CA6768"/>
     <w:rsid w:val="00CA7B74"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC36DE"/>
     <w:rsid w:val="00CC493A"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC5DCD"/>
     <w:rsid w:val="00CD5FBE"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CD6B17"/>
+    <w:rsid w:val="00CE3CBC"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D129EA"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D218D9"/>
     <w:rsid w:val="00D35193"/>
     <w:rsid w:val="00D35600"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D47298"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D54FAD"/>
     <w:rsid w:val="00D624EF"/>
     <w:rsid w:val="00D649EC"/>
+    <w:rsid w:val="00D651BD"/>
+    <w:rsid w:val="00D73F90"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D86FFF"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D929B5"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA3393"/>
+    <w:rsid w:val="00DA4BE3"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB1808"/>
     <w:rsid w:val="00DB39F7"/>
     <w:rsid w:val="00DC4B7C"/>
     <w:rsid w:val="00DC6880"/>
+    <w:rsid w:val="00DD0089"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE0C09"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E150CC"/>
     <w:rsid w:val="00E15659"/>
+    <w:rsid w:val="00E15CE7"/>
     <w:rsid w:val="00E17F50"/>
+    <w:rsid w:val="00E4372B"/>
+    <w:rsid w:val="00E51D57"/>
     <w:rsid w:val="00E521DC"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E673FC"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E94242"/>
+    <w:rsid w:val="00E9434F"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA03A0"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC588A"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED56FB"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F13471"/>
     <w:rsid w:val="00F162FE"/>
     <w:rsid w:val="00F17B78"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F44F98"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F56DD4"/>
     <w:rsid w:val="00F8150B"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F875DD"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD1474"/>
+    <w:rsid w:val="00FD38D4"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FE0025"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE4D7A"/>
     <w:rsid w:val="00FF42B0"/>
     <w:rsid w:val="00FF654A"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="010D93D1"/>
     <w:rsid w:val="012B6E60"/>
     <w:rsid w:val="01B6491A"/>
     <w:rsid w:val="021AEF7D"/>
     <w:rsid w:val="022BF90F"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="03309F80"/>
+    <w:rsid w:val="06F315EC"/>
     <w:rsid w:val="0CBF67EB"/>
+    <w:rsid w:val="0FF550F0"/>
     <w:rsid w:val="10CDAEB6"/>
     <w:rsid w:val="1200ECA5"/>
     <w:rsid w:val="131D092B"/>
     <w:rsid w:val="16CA51AA"/>
     <w:rsid w:val="175ACCAA"/>
     <w:rsid w:val="1B55CDDF"/>
     <w:rsid w:val="1D0C1564"/>
     <w:rsid w:val="1D89C074"/>
     <w:rsid w:val="1DDDED86"/>
     <w:rsid w:val="20454D26"/>
     <w:rsid w:val="20B55699"/>
+    <w:rsid w:val="2118E929"/>
     <w:rsid w:val="234A2B3F"/>
     <w:rsid w:val="255701FE"/>
     <w:rsid w:val="26B74B43"/>
     <w:rsid w:val="28E4DEC3"/>
     <w:rsid w:val="2ACDC207"/>
+    <w:rsid w:val="2BD31F40"/>
     <w:rsid w:val="2BE2B8EB"/>
     <w:rsid w:val="2C6A6626"/>
     <w:rsid w:val="2CC0C774"/>
     <w:rsid w:val="2E0CC4C3"/>
     <w:rsid w:val="2E0F46D6"/>
+    <w:rsid w:val="2E6491E4"/>
     <w:rsid w:val="2E9EB2F4"/>
     <w:rsid w:val="34BA7562"/>
     <w:rsid w:val="3501731D"/>
     <w:rsid w:val="35227837"/>
+    <w:rsid w:val="39F35719"/>
     <w:rsid w:val="3AF8238C"/>
     <w:rsid w:val="3C8CCFEC"/>
     <w:rsid w:val="3E51099D"/>
     <w:rsid w:val="3E8944D4"/>
     <w:rsid w:val="3EE795F0"/>
+    <w:rsid w:val="40D6E189"/>
     <w:rsid w:val="41D7FE19"/>
     <w:rsid w:val="424AA392"/>
+    <w:rsid w:val="43BB362C"/>
     <w:rsid w:val="43CF652C"/>
     <w:rsid w:val="44F2387D"/>
     <w:rsid w:val="4520FD3D"/>
     <w:rsid w:val="491B7A93"/>
     <w:rsid w:val="4945005E"/>
     <w:rsid w:val="496364C8"/>
     <w:rsid w:val="4A3805F6"/>
     <w:rsid w:val="4AEFE34C"/>
     <w:rsid w:val="4DE9A2AE"/>
     <w:rsid w:val="4E3C4101"/>
     <w:rsid w:val="5163862B"/>
     <w:rsid w:val="5173E922"/>
     <w:rsid w:val="5402BE30"/>
     <w:rsid w:val="566BB213"/>
     <w:rsid w:val="58A99D4B"/>
     <w:rsid w:val="58B34BA0"/>
     <w:rsid w:val="59E3DB7E"/>
     <w:rsid w:val="5AB4ACCE"/>
     <w:rsid w:val="5B6F7027"/>
+    <w:rsid w:val="5C25984D"/>
     <w:rsid w:val="5CB64E47"/>
+    <w:rsid w:val="63C9BD72"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="65F5AB4D"/>
+    <w:rsid w:val="6817B932"/>
     <w:rsid w:val="68B31755"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B53AC8B"/>
     <w:rsid w:val="7018DB4C"/>
     <w:rsid w:val="7503C69A"/>
     <w:rsid w:val="767A72F0"/>
     <w:rsid w:val="789A454C"/>
     <w:rsid w:val="78C6B9B3"/>
     <w:rsid w:val="7BB923E9"/>
     <w:rsid w:val="7BD9C132"/>
     <w:rsid w:val="7DADAA72"/>
     <w:rsid w:val="7DFA557D"/>
     <w:rsid w:val="7F2AA10C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{691C5994-E556-4416-8603-7968664CE22C}"/>
+  <w15:docId w15:val="{6AC62B6F-EC72-47CC-B845-AAFED124CEAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7852,196 +12247,7168 @@
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806610"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806610"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00806610"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806610"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806610"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC6880"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC4740"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001068F7"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="563949320">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2084911725">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1800413843">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="244847136">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1883856633">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1178497215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1595702506">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1360741312">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="488401490">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2056389618">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1788701220">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="660737587">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2052877000">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="382026199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1358501129">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2077316809">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1919484634">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1192955526">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2011636480">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1684933050">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1209804343">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="350766261">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1477915527">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="568346898">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1096050098">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1295677917">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="927301189">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1931037253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="231896172">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="270281904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1680767022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1397320180">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1064135073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="709956017">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="507329911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1637024158">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="336810827">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="156461551">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="736559780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="176509288">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="823358495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1535190887">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="115149769">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1799033904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="564419119">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="523400384">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1485849392">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1797134697">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2010405548">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="571891508">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="242228085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="477692932">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="398476473">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1543861577">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="619458357">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2069187293">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1952546034">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="185217978">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1504858372">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="205608004">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2051342929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="386227093">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="202715126">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1065445959">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1576474874">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="69696132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1556509531">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1597664343">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1203596445">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1860316420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1900361114">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1961958942">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1994329292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="357242878">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1734309761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2022925035">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="334572625">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="683245471">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1111441444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1140881428">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1752313840">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="921647044">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1319268554">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="322780113">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="493106393">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="551426738">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1860049892">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1896618642">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1260286958">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="338584768">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1187017605">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="234172514">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1360279712">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1784840170">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="349987934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1625965246">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="516236206">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2126149851">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1625187744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1418936737">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1071391884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1312171993">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2111578942">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="639574312">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="343752123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="347757758">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="622274405">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1546597614">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2061785651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1496916914">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1655522311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1827278441">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="244149863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1332489673">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="20018365">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="216285198">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="673993273">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="652298873">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1682396766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="55473309">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="344481230">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1912110983">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="91509998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1380595232">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1754551516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1369454618">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1246067067">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="709646557">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1622301482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="158156881">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="321861708">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="75594427">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="76949029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1722051178">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1885943042">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1532918258">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1882741620">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="509639488">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1714966910">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="400711946">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="916212242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1852916575">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="780612103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1047611081">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1270236652">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1263301278">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1029572452">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="527257274">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="7564640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="77560280">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="777876058">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="484322879">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1557620523">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="333455388">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1699970262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="28919295">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="490223211">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1514539590">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="137261310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1169099937">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="136799672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1812820820">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1708872028">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1861964104">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1868328971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1545797671">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1623341146">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1184973641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1858735884">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="996422354">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="119030616">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1838836910">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1839692376">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="786895159">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="575751542">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="526798144">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="540214806">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1849099772">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="391084310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2020347629">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1093864123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1863590019">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1623220598">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="739979657">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1149639759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="298388376">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1092778404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="123891625">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="98333917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="653993977">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1110078761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1675260324">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="522938572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1546528318">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="549338926">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="273097624">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1590043292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1920209764">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2123575704">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1263222355">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="26687279">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="531723215">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1917859625">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="629438829">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="248006638">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1020929497">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="208224086">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="334067854">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="769931396">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1335110757">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1476949147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="831723744">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1608613480">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="31616724">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="801461238">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="361247692">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="966158513">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="399327318">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="935215147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1899897733">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="492795283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1223129067">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="938562573">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="870805423">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1380974946">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="488715046">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1500854201">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="568223607">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1361707132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1006707173">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1864589060">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="559483841">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="539709037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="871305198">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="761413670">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1022509552">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="218983907">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="169687808">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1320843821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1294827307">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1527671980">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="860706547">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="874150690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="607203156">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1498225310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1837265220">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2067023650">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="663558025">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="306397934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1893223526">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="986664623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1263418223">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="454372956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="895893819">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1017805249">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="284851364">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1328480519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="416488592">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1600136113">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1964535551">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="262148650">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1394353101">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="556942496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1973362664">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1896962501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1413963068">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="526600398">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="112797146">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1416128237">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2142268010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="920136950">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1586839255">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="428819256">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1453666062">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1690330069">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="434834618">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="8720421">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="868031842">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="969550848">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1847282647">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1729837880">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1797530501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="367534799">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1333949266">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1038549875">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1959677212">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1151826805">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1505852111">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1555777581">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2019503706">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1841964488">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1932542953">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1869176928">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="22440755">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="790443568">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="864751645">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1605461672">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1913850718">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="546601088">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="818961098">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1681814646">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1686903082">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1035085841">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="237715632">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="569461884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="877745045">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1025904744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1428844677">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1828088341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2020114073">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="308439686">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1647082478">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1075124469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="797577342">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1972520605">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2053799864">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2100179022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="389110693">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="68381189">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1109742468">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2032756064">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1449154526">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="11422538">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="932781768">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1667392193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1672831049">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="629824574">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="514422433">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1797871952">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1657148964">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1980107679">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1428110397">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2112235558">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1855027731">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2035495018">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1737506477">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1315718065">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="144784098">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="189417732">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="880627868">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="854269724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="461189662">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="453719669">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="122119119">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="893858642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="982855621">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="904796170">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1888880645">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="466627387">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1432703376">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1623539613">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="457838552">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="96215175">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="292903999">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1104307523">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1517503044">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="951936748">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1487432276">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1819492396">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="210925406">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2000039061">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1839424635">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="537351789">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2017491714">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1444573816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="968583564">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1756439661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="8339463">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="969675032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1980961248">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1896620218">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1227955422">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1019892545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="501357578">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="464472176">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34547028">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1615821054">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="197089632">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="95827834">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1105268630">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1905943764">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1805656029">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1399521377">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="751853270">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2004552679">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="157425923">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1702701542">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="769156262">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="363100906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="67725924">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1030953234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="413357287">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="472480878">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1206672871">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1827818540">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1036278583">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2049253016">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1468740968">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2095514770">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="878206972">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="41908579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1747998009">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1797287302">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2133013087">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1870558661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1662386556">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="283540984">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1110466160">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="105276656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1261524641">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1328947885">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1794252037">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="284702891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1598244251">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1778596482">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="933825534">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1156654100">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2115316857">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1886019809">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="584802364">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1470628881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1320422216">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="795638999">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="457921683">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="172692300">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1633709237">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="968392501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1784691364">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="321662882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1115247425">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1767916684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2054887548">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="388722368">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1368524267">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="522864972">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1387294718">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1728920582">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1261600098">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="426384994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2132359766">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1965769178">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="418478315">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1741323422">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1698772691">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1893881262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1739398579">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="503472190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="682780330">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1564439483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1186753349">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="331614071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2074160141">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1889563548">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1938060012">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="184945193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1648780252">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2084789488">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1320421159">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="668599947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="293680116">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1892308922">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="361638114">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="983197596">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="748622744">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1503662315">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1876504775">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1839542433">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="266960491">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="533660782">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="564146447">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="632179353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1917012177">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="420494831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1986621272">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="173495379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="91819973">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="164828096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="648751063">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1694377613">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1200047618">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="327707782">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1979531926">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="99882682">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="119229829">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="944926710">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1768038687">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="357892161">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1432509964">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="197397061">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1223560533">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1951424867">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="168956242">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="973145988">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1003320376">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1221751655">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1335958221">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="934097517">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1511942219">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="436946822">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="136651282">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="181013564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2102990566">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="184752106">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1431970865">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1949728739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1907493521">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2085256060">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1215121756">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1770273882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1820148353">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1220822810">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1389765700">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="91904182">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1387221615">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="417991851">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1535581340">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="473328845">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="249780364">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="776099038">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="490878664">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="740758475">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1903757697">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="268899879">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1761487698">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1247036672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1984773733">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1244486862">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="649403462">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="894777764">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2101023767">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1194030317">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1909225505">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="31199745">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1304113976">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1377047415">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="999623773">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1532575994">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu13508-1250171492-1232/native" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-gmp-vatten---dialys-och-njursviktsmottagningen" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8334,59 +19701,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3791</Characters>
+  <Pages>4</Pages>
+  <Words>769</Words>
+  <Characters>5748</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4329</CharactersWithSpaces>
+  <CharactersWithSpaces>6504</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Beskrivning av kvalitetssystem GMP Q DI 1</dc:title>
+  <dc:title>Beskrivning av kvalitetssystem GMP Q Di 1</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Anna Bäck</lastModifiedBy>
-  <revision>141</revision>
+  <revision>191</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>