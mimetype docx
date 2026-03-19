--- v0 (2026-01-09)
+++ v1 (2026-03-19)
@@ -348,135 +348,69 @@
               <w:t>IVIG</w:t>
             </w:r>
             <w:r w:rsidRPr="6EA1D0FE" w:rsidR="00187330">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="6EA1D0FE" w:rsidR="083A84BF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (Q Di 716)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006D1807" w:rsidP="006D1807" w:rsidRDefault="006D1807" w14:paraId="696190A1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327184" w:id="3"/>
       <w:bookmarkStart w:name="_Toc106874287" w:id="4"/>
-      <w:r>
+      <w:r w:rsidR="006D1807">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00310606" w:rsidP="0045739E" w:rsidRDefault="00310606" w14:paraId="06770861" w14:textId="07D50F62">
-[...77 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="53FFA928" w:rsidP="2F0B4C9B" w:rsidRDefault="53FFA928" w14:paraId="0365E91C" w14:textId="4AD8E16F">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="53FFA928">
+        <w:rPr/>
+        <w:t xml:space="preserve">Inga justeringar i denna revision. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="1CE35FC4" w:rsidP="1CE35FC4" w:rsidRDefault="1CE35FC4" w14:paraId="3C53A6A2" w14:textId="6B52B774"/>
     <w:p w:rsidRPr="006A5B32" w:rsidR="006A5B32" w:rsidP="006A5B32" w:rsidRDefault="006A5B32" w14:paraId="2CAE9FAB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327186" w:id="5"/>
       <w:bookmarkStart w:name="_Toc106874289" w:id="6"/>
       <w:r w:rsidRPr="006A5B32">
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="006A5B32">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006A5B32" w:rsidP="006A5B32" w:rsidRDefault="006A5B32" w14:paraId="423036AB" w14:textId="77777777">
       <w:r>
         <w:t>Detta styrdokument syftar till att säkerställa gott omhändertagande och rutiner i samband med behandlingen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B3DC9" w:rsidP="006A5B32" w:rsidRDefault="003B3DC9" w14:paraId="7EC11EE1" w14:textId="77777777"/>
     <w:p w:rsidR="006A5B32" w:rsidP="006A5B32" w:rsidRDefault="006A5B32" w14:paraId="4EAE05E7" w14:textId="77777777">
@@ -4235,50 +4169,52 @@
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE623D"/>
     <w:rsid w:val="00F17DD7"/>
     <w:rsid w:val="00F21F50"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F668AB"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="083A84BF"/>
     <w:rsid w:val="1CE35FC4"/>
+    <w:rsid w:val="2F0B4C9B"/>
+    <w:rsid w:val="53FFA928"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6EA1D0FE"/>
     <w:rsid w:val="7E0EBAEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
@@ -7164,36 +7100,36 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>IVIG (Kiovig) (Q Di 716)</dc:title>
+  <dc:title>Intravenös immunoglobiner (IVIG) (Q Di 716)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Annika Johansson</lastModifiedBy>
-  <revision>44</revision>
+  <revision>45</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>