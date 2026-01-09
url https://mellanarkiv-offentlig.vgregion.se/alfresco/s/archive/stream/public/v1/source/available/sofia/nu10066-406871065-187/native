--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -6,1288 +6,1455 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5E4A0A96" w14:textId="77777777" w:rsidR="00216AFE" w:rsidRDefault="00216AFE" w:rsidP="00F35B05">
+    <w:p w:rsidR="00216AFE" w:rsidP="00F35B05" w:rsidRDefault="00216AFE" w14:paraId="5E4A0A96" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00216AFE" w:rsidSect="00216AFE">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="57488915" w14:textId="77777777" w:rsidR="00216AFE" w:rsidRPr="00216AFE" w:rsidRDefault="00216AFE" w:rsidP="00216AFE">
+    <w:p w:rsidRPr="00216AFE" w:rsidR="00216AFE" w:rsidP="00216AFE" w:rsidRDefault="00216AFE" w14:paraId="57488915" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25C2C460" w14:textId="77777777" w:rsidR="00F81B5B" w:rsidRPr="00F81B5B" w:rsidRDefault="00F81B5B" w:rsidP="00F81B5B">
+    <w:p w:rsidRPr="00F81B5B" w:rsidR="00F81B5B" w:rsidP="00F81B5B" w:rsidRDefault="00F81B5B" w14:paraId="25C2C460" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F81B5B">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF46C12" w14:textId="77777777" w:rsidR="00F81B5B" w:rsidRPr="00F81B5B" w:rsidRDefault="00F81B5B" w:rsidP="00F81B5B">
+    <w:p w:rsidRPr="00F81B5B" w:rsidR="00F81B5B" w:rsidP="00F81B5B" w:rsidRDefault="00F81B5B" w14:paraId="3BF46C12" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F81B5B">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE2B62C" w14:textId="1A95A17A" w:rsidR="00F81B5B" w:rsidRPr="00F81B5B" w:rsidRDefault="00F81B5B" w:rsidP="00F81B5B">
+    <w:p w:rsidRPr="00E35EB3" w:rsidR="00F81B5B" w:rsidP="00E35EB3" w:rsidRDefault="00F81B5B" w14:paraId="2AE2B62C" w14:textId="1A95A17A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:t>Aggregatbyte PD (Q Di 800) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0035276A" w:rsidP="0035276A" w:rsidRDefault="00F81B5B" w14:paraId="5ECCC7C4" w14:textId="77777777">
+      <w:r w:rsidRPr="00F81B5B">
+        <w:t xml:space="preserve">Ett exemplar i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F81B5B" w:rsidR="00E35EB3">
+        <w:t>orginalpärm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F81B5B">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0035276A" w:rsidP="0035276A" w:rsidRDefault="0035276A" w14:paraId="580C6372" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00F81B5B" w:rsidR="00F81B5B" w:rsidP="0035276A" w:rsidRDefault="00F81B5B" w14:paraId="6C0C7E39" w14:textId="0D99B6C0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F81B5B">
-        <w:t>Aggregatbyte PD (Q Di 800) </w:t>
+        <w:t>Förändringar sedan föregående version </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56738256" w14:textId="77777777" w:rsidR="00F81B5B" w:rsidRPr="00F81B5B" w:rsidRDefault="00F81B5B" w:rsidP="00F81B5B">
+    <w:p w:rsidRPr="00F81B5B" w:rsidR="00F81B5B" w:rsidP="00E35EB3" w:rsidRDefault="00F81B5B" w14:paraId="3653308B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F81B5B">
-        <w:t>Ett exemplar i originalpärm. </w:t>
+        <w:t>Mindre språkliga förändringar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285BFA9B" w14:textId="77777777" w:rsidR="00F81B5B" w:rsidRPr="00F81B5B" w:rsidRDefault="00F81B5B" w:rsidP="00F81B5B">
+    <w:p w:rsidR="00F81B5B" w:rsidP="00F81B5B" w:rsidRDefault="00F81B5B" w14:paraId="307A0443" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F81B5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA9CC38" w14:textId="77777777" w:rsidR="00F81B5B" w:rsidRPr="00F81B5B" w:rsidRDefault="00F81B5B" w:rsidP="00F81B5B">
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="29044518" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Bakgrund och syfte  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="23DB7B2B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Byte av aggregat görs rutinmässigt var sjätte månad samt vid kontamination, trasigt aggregat och när dialysvätskan har klarnat vid peritonit. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="3610E51B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="990" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="41321766" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Tillvägagångssätt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="39B86EAF" w14:textId="17CCF89F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Plocka fram material enligt neda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="737B061D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E35EB3" w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="51A67EDF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Detta behöver du på vagnen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="7B5E000F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sterilt tvättset för aggregatbyte PD </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="6035317D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Nytt PD-aggregat av rätt fabrikat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="73B873EE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E35EB3" w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="06446468" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Under vagnen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="08CC8F79" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Ytdesinfektion 70% </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="2AA8D672" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Handdesinfektion </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="2A37A3D0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Munskydd </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="33943895" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>U-sprit 70%  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="584B73AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sterila handskar  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="61A1EC52" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Steril peang (vid behov) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="1BF3E746" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Jodhatt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="76FC27F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1710" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="0035276A" w:rsidRDefault="00E35EB3" w14:paraId="16C15681" w14:textId="656B8447">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Förberedelser </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="122057A7" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Tag av förband och tvätta exit site enligt PM Q Di 801 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="7DCF4B66" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E35EB3" w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="148C8EEE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uppdukning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00402F17" w:rsidRDefault="00E35EB3" w14:paraId="6F53F223" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="83"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Tvätta händerna. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00402F17" w:rsidRDefault="00E35EB3" w14:paraId="027D12F8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="83"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Ta på munskydd. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00402F17" w:rsidRDefault="00E35EB3" w14:paraId="134D5717" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="83"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sprita händerna, låt dunsta. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00402F17" w:rsidRDefault="00E35EB3" w14:paraId="1912BA2B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="83"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Börja att duka upp sterilt genom att öppna sterilt tvättset för aggregatbyte PD </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00402F17" w:rsidRDefault="00E35EB3" w14:paraId="7E7CBF8F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="83"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Häll ut det nya aggregatet samt eventuellt peangen på den sterila uppdukningen. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00402F17" w:rsidRDefault="00E35EB3" w14:paraId="12CDDD25" w14:textId="74C080D4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="83"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Ta av locket på U-</w:t>
+      </w:r>
+      <w:r w:rsidR="0035276A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>spritflaskan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E35EB3" w:rsidRDefault="00E35EB3" w14:paraId="7EA98238" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="990" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="0035276A" w:rsidRDefault="00E35EB3" w14:paraId="34B653D9" w14:textId="76B6472A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aggregatbyte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="51BB6B85" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Ta på sterila handskar. En handske på ena handen om man är själv. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="1E18B64B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Häll upp U-spriten med den osterila handen. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="35162115" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Ta på kvarvarande handske. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="2CFFE132" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Stäng klämman på det nya aggregatet. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="6F6F0856" w14:textId="44CFB1F2">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="86"/>
+        </w:numPr>
+        <w:ind w:left="2024"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Vik upp sterilduken med slits så den är lätt att komma åt. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="119FCEE5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Fatta patientens PD-kateter med hjälp av en spritkompress. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="3AD0E036" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Använd andra handen till att tvätta adaptern och katetern in mot magen med spritindränkta kompresser. Upprepa detta moment tre gånger. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00402F17" w14:paraId="7A365A38" w14:textId="2668E704">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2711488B" w:rsidR="00402F17">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2711488B" w:rsidR="55E37A8D">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2711488B" w:rsidR="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Placera den sterila duken med slits på magen med PD-katetern i skåran.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2711488B" w:rsidR="00E35EB3">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="1230180C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sätt plastpeang på PD-katetern med en kompress mellan som skydd. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="5A174805" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Skruva av det gamla aggregatet med hjälp av spritkompresser. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="4A32C27B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>(Använd den sterila peangen om aggregatet sitter fast) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="185BBA49" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sänk ner PD-kateterns ände i muggen med sprit och skaka lätt. Håll kvar i tre minuter. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="12062E95" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ta en spritkompress och bearbeta adaptern mekaniskt i 30 sekunder, håll sedan adaptern försiktigt i luften i några sekunder så spriten avdunstar. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="1235B61D" w14:textId="09431753">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="86"/>
+        </w:numPr>
+        <w:ind w:left="2024"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Skruva på det nya aggregatet ordentligt. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="319841EA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Ta bort peangen på PD-katetern. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="39257D82" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Gör gärna ett påsbyte efter aggregatbytet. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="6E4CB359" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Sätt på ny jodhatt. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="0F895658" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="85"/>
+        </w:numPr>
+        <w:ind w:left="1664"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Omläggning av exit-site enligt PM Q-Di 801. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E35EB3" w:rsidP="00E5195A" w:rsidRDefault="00E35EB3" w14:paraId="22C22EEF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="587"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00F81B5B" w:rsidR="00E35EB3" w:rsidP="00F81B5B" w:rsidRDefault="00E35EB3" w14:paraId="1057C62D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F81B5B">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6C0C7E39" w14:textId="77777777" w:rsidR="00F81B5B" w:rsidRPr="00F81B5B" w:rsidRDefault="00F81B5B" w:rsidP="00F81B5B">
-[...1029 lines deleted...]
-    <w:sectPr w:rsidR="00216AFE" w:rsidRPr="00216AFE" w:rsidSect="00216AFE">
+    <w:sectPr w:rsidRPr="00F81B5B" w:rsidR="00E35EB3" w:rsidSect="00216AFE">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10721DAC" w14:textId="77777777" w:rsidR="00A04698" w:rsidRDefault="00A04698">
+    <w:p w:rsidR="00784488" w:rsidRDefault="00784488" w14:paraId="5E9E9F71" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D28A63F" w14:textId="77777777" w:rsidR="00A04698" w:rsidRDefault="00A04698">
+    <w:p w:rsidR="00784488" w:rsidRDefault="00784488" w14:paraId="6C3BE658" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="68FCC119" w14:textId="77777777" w:rsidR="00A04698" w:rsidRDefault="00A04698">
+    <w:p w:rsidR="00784488" w:rsidRDefault="00784488" w14:paraId="239DDA64" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1302,163 +1469,163 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -1491,313 +1658,313 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65DE019A" w14:textId="77777777" w:rsidR="00A04698" w:rsidRDefault="00A04698"/>
+    <w:p w:rsidR="00784488" w:rsidRDefault="00784488" w14:paraId="5C2036F4" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EAB2498" w14:textId="77777777" w:rsidR="00A04698" w:rsidRDefault="00A04698">
+    <w:p w:rsidR="00784488" w:rsidRDefault="00784488" w14:paraId="3B2D6EE1" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C74DFC7" w14:textId="77777777" w:rsidR="00A04698" w:rsidRDefault="00A04698">
+    <w:p w:rsidR="00784488" w:rsidRDefault="00784488" w14:paraId="767535F2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -1833,373 +2000,522 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="005E4A4B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DD360100"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01C648A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8AC080C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04C34C4B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1FE2646C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2268,870 +2584,1096 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="162D708A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="664E1AB6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B9D136F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6798B46E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C337456"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A0058CE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DBF68E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3083878"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3200,51 +3742,200 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21BA0230"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3940B618"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23065416"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B2E644A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3313,51 +4004,200 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23E302A5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="30CA1184"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="245C15A7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A796BE24"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3426,51 +4266,312 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="249A5790"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="11FC479E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26A7017F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DF84EBC"/>
+    <w:lvl w:ilvl="0" w:tplc="C4A0CFFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1437" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2877" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3597" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4317" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5037" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5757" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6477" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7197" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CA16491"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D28A8128"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3539,51 +4640,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DD74016"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="82823A60"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EF76E0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD820322"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3652,51 +4866,426 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F8A728A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BB6530E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1664" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2384" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3104" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3824" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4544" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5264" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5984" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6704" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7424" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31496F95"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE62CEC4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32D97F19"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="546E5A86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="345D2091"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2DC898F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3765,51 +5354,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37880D49"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="91B66738"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3878,191 +5467,191 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="396235AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0A104980"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4131,305 +5720,454 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C500612"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1DEEAFAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E7E2A7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E06C154A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FF7248E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="31120E0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4498,305 +6236,305 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42ED3C15"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="592C5134"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4865,51 +6603,724 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43FD046D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0728D3A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44F51E47"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5DCCF222"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="454E76CE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2946BCD6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46B72666"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7BBEC824"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="474E4E76"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AD46F51A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="482C0059"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="25545CEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4978,51 +7389,277 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49185DAB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44CA55F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49561FAE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1218A4DE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49D07BE0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3470F53E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5091,51 +7728,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49F2122C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2342B9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5204,200 +7841,313 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A8A6460"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6560C98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C453CC2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4B069E64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51835D5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2EC49C22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5466,391 +8216,843 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51D80CC6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="722EE08E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="552E1B82"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="19F64204"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55A554BD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="379244D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="564444AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D0282198"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="14"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57F93D3E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="61ECF100"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5919,200 +9121,425 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59BA0405"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BBD461C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AAB16C7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F94469A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C0B5D75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E622A94"/>
+    <w:lvl w:ilvl="0" w:tplc="2F10DBA8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2445" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3165" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3885" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4605" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5325" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6045" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6765" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7485" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C3645CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DEE69E76"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="17"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6181,51 +9608,575 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D7B01D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A2DAF360"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E0A7547"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6C49F6E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61D033FD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="731C8C22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63E8021A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="887804E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65041EEB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="836C6706"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6294,51 +10245,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68943336"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B70CE32A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B0A3FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81FE8276"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6407,51 +10471,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C8E4BF3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC942E66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6520,51 +10584,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E82355D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E11A3408"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6633,164 +10697,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72E03FF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="54BAEA74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6859,51 +10923,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72EE736A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD46524E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6972,164 +11036,390 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73E03967"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BDB8CF96"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74EE255B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BAE0B218"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D51593C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1D86F2C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7198,448 +11488,1047 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D5D36F9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="581A3082"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DC3735E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC6225FC"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2384" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3104" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3824" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4544" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5264" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5984" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6704" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7424" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8144" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E334090"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="12742F4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E5B2BAD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8D28C094"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EC22EE7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4664BDEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="898245170">
-    <w:abstractNumId w:val="47"/>
+    <w:abstractNumId w:val="83"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1816752489">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="57"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="950674387">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1304505431">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1172453711">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="72"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="364330583">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1496997663">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="684525818">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1086803914">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="50153716">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1251962993">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="786777775">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="606500830">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1125272047">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1298872939">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1072657018">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1302153595">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2118868039">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1115445000">
+    <w:abstractNumId w:val="77"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1554464801">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1850413637">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="518273641">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="34895728">
+    <w:abstractNumId w:val="69"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1956213931">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="85662817">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1880820400">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="598416052">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="807748585">
+    <w:abstractNumId w:val="71"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="272246412">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="213128624">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="706376182">
+    <w:abstractNumId w:val="74"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="867110635">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1827088740">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="687484167">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="854538753">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2098093004">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1931817836">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1914928384">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="979991739">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1580561240">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="974985284">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="244533356">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="743142965">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="557395295">
+    <w:abstractNumId w:val="78"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1131827257">
+    <w:abstractNumId w:val="73"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1380786161">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="530610402">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1019743098">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="641887258">
+    <w:abstractNumId w:val="80"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="940066860">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="108401205">
+    <w:abstractNumId w:val="81"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="632832679">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1187711715">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1125272047">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="54" w16cid:durableId="2039742887">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1298872939">
+  <w:num w:numId="55" w16cid:durableId="1653942204">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="1858425896">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="1255282479">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="545604545">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="1888686616">
+    <w:abstractNumId w:val="84"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1141576121">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="858349644">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1072657018">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="62" w16cid:durableId="241450309">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1302153595">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="63" w16cid:durableId="1339429710">
+    <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="2118868039">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="64" w16cid:durableId="542642752">
+    <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1115445000">
+  <w:num w:numId="65" w16cid:durableId="1888564456">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="1859655175">
+    <w:abstractNumId w:val="76"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="2000843346">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="896087281">
+    <w:abstractNumId w:val="82"/>
+  </w:num>
+  <w:num w:numId="69" w16cid:durableId="829519755">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="70" w16cid:durableId="1091240421">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="71" w16cid:durableId="1305163253">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="72" w16cid:durableId="1216355958">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="73" w16cid:durableId="986739469">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1554464801">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="74" w16cid:durableId="591548018">
+    <w:abstractNumId w:val="79"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1850413637">
-[...35 lines deleted...]
-  <w:num w:numId="33" w16cid:durableId="1827088740">
+  <w:num w:numId="75" w16cid:durableId="30765492">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="687484167">
-    <w:abstractNumId w:val="37"/>
+  <w:num w:numId="76" w16cid:durableId="1628584588">
+    <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="854538753">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="77" w16cid:durableId="1946036462">
+    <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2098093004">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="78" w16cid:durableId="1132560257">
+    <w:abstractNumId w:val="65"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1931817836">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="79" w16cid:durableId="903755207">
+    <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1914928384">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="80" w16cid:durableId="1811245972">
+    <w:abstractNumId w:val="64"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="979991739">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="81" w16cid:durableId="363949596">
+    <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1580561240">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="82" w16cid:durableId="667756023">
+    <w:abstractNumId w:val="75"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="974985284">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="83" w16cid:durableId="2004353867">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="244533356">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="84" w16cid:durableId="1098914861">
+    <w:abstractNumId w:val="61"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="743142965">
-[...2 lines deleted...]
-  <w:num w:numId="44" w16cid:durableId="557395295">
+  <w:num w:numId="85" w16cid:durableId="210655631">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1131827257">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="46"/>
+  <w:num w:numId="86" w16cid:durableId="1097099573">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="71"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -7712,69 +12601,72 @@
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="0035276A"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00380302"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="00402F17"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
@@ -7828,50 +12720,51 @@
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00784488"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B5ABA"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
@@ -7983,229 +12876,233 @@
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D358BD"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E35EB3"/>
+    <w:rsid w:val="00E5195A"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F81B5B"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="2711488B"/>
+    <w:rsid w:val="55E37A8D"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8230,75 +13127,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -8333,57 +13230,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8441,700 +13338,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -9198,609 +14095,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9809,94 +14706,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9905,496 +14802,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -10461,90 +15358,90 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F81B5B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00F81B5B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00F81B5B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
+  <w:style w:type="character" w:styleId="tabchar" w:customStyle="1">
     <w:name w:val="tabchar"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00F81B5B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11803,75 +16700,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title> Aggregatbyte PD (Q Di 800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Annika Johansson</lastModifiedBy>
-  <revision>5</revision>
+  <revision>10</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>