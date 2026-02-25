--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,117 +6,104 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="113F462C" w14:textId="77777777" w:rsidR="00C50E98" w:rsidRDefault="00C50E98" w:rsidP="00607FE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="3869909B" w14:textId="77777777" w:rsidR="0064641D" w:rsidRDefault="0064641D" w:rsidP="00607FE5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17EAA4DF" w14:textId="40B87C0C" w:rsidR="00177C90" w:rsidRPr="0064641D" w:rsidRDefault="53C980FC" w:rsidP="0064641D">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="0064641D">
         <w:t>Aqua Uno</w:t>
       </w:r>
       <w:r w:rsidR="0030693F" w:rsidRPr="0064641D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064641D">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="0064641D" w:rsidRPr="0064641D">
         <w:t>resenius</w:t>
       </w:r>
       <w:r w:rsidR="0064641D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00607FE5" w:rsidRPr="0064641D">
         <w:t xml:space="preserve">Kontrollprogram/konduktivitet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072EB73B" w14:textId="62C6FD3C" w:rsidR="00177C90" w:rsidRPr="0064641D" w:rsidRDefault="00607FE5" w:rsidP="0064641D">
+    <w:p w14:paraId="328752E2" w14:textId="77777777" w:rsidR="00177C90" w:rsidRDefault="00607FE5" w:rsidP="0064641D">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:sectPr w:rsidR="00177C90" w:rsidRPr="0064641D" w:rsidSect="00177C90">
-[...12 lines deleted...]
-        </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="0064641D">
         <w:t>mobil vattenreningsanläggning</w:t>
       </w:r>
       <w:r w:rsidR="0064641D">
         <w:t xml:space="preserve"> Q Di </w:t>
       </w:r>
       <w:r w:rsidR="00735096">
         <w:t>607</w:t>
       </w:r>
       <w:r w:rsidRPr="0064641D">
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="27A79F91" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00FA2965"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="2867005A" w14:textId="77777777" w:rsidTr="00CF5481">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
@@ -124,51 +111,50 @@
           <w:p w14:paraId="183AF21D" w14:textId="0F194AE6" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00177C90">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50F68E68" wp14:editId="155B5629">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>6518275</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>78740</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1244600" cy="222885"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Text Box 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
@@ -228,59 +214,61 @@
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="begin"/>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="separate"/>
                                   </w:r>
+                                  <w:proofErr w:type="gramStart"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>40406</w:t>
                                   </w:r>
+                                  <w:proofErr w:type="gramEnd"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="end"/>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
@@ -318,59 +306,61 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>40406</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkStart w:id="3" w:name="_Toc501440347"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00177C90">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -387,120 +377,151 @@
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Kontrollprogram/konduktivitet för mobil vattenreningsanläggning </w:t>
             </w:r>
             <w:r w:rsidRPr="00177C90">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">AQUA UNO, Fresenius  </w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="128550EB" w14:textId="33A3B444" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
+    <w:p w14:paraId="128550EB" w14:textId="15B744EF" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc501440349"/>
       <w:r w:rsidRPr="00177C90">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>1 ex i originalpärm 1 ex i loggbok mobilvattenrenings anläggning</w:t>
+        <w:t xml:space="preserve">1 ex i </w:t>
+      </w:r>
+      <w:r w:rsidR="0058468B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>avdelnings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00177C90">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>pärm 1 ex i loggbok mobilvattenrenings anläggning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7E0125" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FFE9DA4" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25F27512" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
+    <w:p w14:paraId="25F27512" w14:textId="77777777" w:rsidR="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk222222058"/>
       <w:r w:rsidRPr="00177C90">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Konduktivitet avläses före varje dialysbehandling</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4451E030" w14:textId="77777777" w:rsidR="0058468B" w:rsidRPr="00177C90" w:rsidRDefault="0058468B" w:rsidP="00177C90">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6181FADE" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="528213DA" w14:textId="56DB2ECD" w:rsidR="00177C90" w:rsidRPr="00AA420C" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -597,2146 +618,4028 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Konduktivitet   Sign</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="846"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1045"/>
+        <w:gridCol w:w="788"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="666"/>
+        <w:gridCol w:w="833"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="633"/>
+        <w:gridCol w:w="836"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="909"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="7B096EA4" w14:textId="77777777" w:rsidTr="00AA420C">
-[...2 lines deleted...]
-            <w:tcW w:w="846" w:type="dxa"/>
+      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="7B096EA4" w14:textId="77777777" w:rsidTr="003476BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6340800A" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C7CE469" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E5375C0" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02D905EB" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AC4C091" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="491C5D5C" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6036655E" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21DBA3E9" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="022BF68B" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B9DDE40" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22644074" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="7B00B5BC" w14:textId="77777777" w:rsidTr="00AA420C">
-[...2 lines deleted...]
-            <w:tcW w:w="846" w:type="dxa"/>
+      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="7B00B5BC" w14:textId="77777777" w:rsidTr="003476BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33E674E0" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B1E9369" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F09FB69" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CFEC3EF" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64AF8B07" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D757844" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E9391AF" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E48BD44" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2791B99D" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C8A82B2" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08C4A528" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="32C75C81" w14:textId="77777777" w:rsidTr="00AA420C">
-[...2 lines deleted...]
-            <w:tcW w:w="846" w:type="dxa"/>
+      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="32C75C81" w14:textId="77777777" w:rsidTr="003476BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6548F511" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3AEE6C1C" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67B64D54" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57C18394" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35E1AC78" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DA23A0E" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="439A0959" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07656225" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5772CB81" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69F5F831" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C3F51F6" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4437FBE5" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="40382996" w14:textId="77777777" w:rsidTr="00AA420C">
-[...2 lines deleted...]
-            <w:tcW w:w="846" w:type="dxa"/>
+      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="40382996" w14:textId="77777777" w:rsidTr="003476BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25349250" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CDDCB8B" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13D69473" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A09CA7C" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54A9AE31" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C8C8205" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0564A2BB" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00C39A28" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AFDA92D" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2050097A" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39886284" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="2575E744" w14:textId="77777777" w:rsidTr="00AA420C">
-[...2 lines deleted...]
-            <w:tcW w:w="846" w:type="dxa"/>
+      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="2575E744" w14:textId="77777777" w:rsidTr="003476BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45A02BD8" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CBEDAD5" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="30DDDD4B" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A7F5DC3" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="133CE1AD" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21AA698A" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="219F95BF" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02408639" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0069F747" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C40059B" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F23FF98" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63113046" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="0FBA597A" w14:textId="77777777" w:rsidTr="00AA420C">
-[...2 lines deleted...]
-            <w:tcW w:w="846" w:type="dxa"/>
+      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="0FBA597A" w14:textId="77777777" w:rsidTr="003476BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3735DC84" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2859925D" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F50CE88" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A0FFB98" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4233B4EF" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54B10FF0" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27BD3F3C" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="222F9A7E" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1746A85F" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0CB5FAC3" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C61D1CC" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="0CEC804B" w14:textId="77777777" w:rsidTr="00AA420C">
-[...2 lines deleted...]
-            <w:tcW w:w="846" w:type="dxa"/>
+      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="0CEC804B" w14:textId="77777777" w:rsidTr="00FA2965">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B07530A" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6309AFE6" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05AE01C5" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F8695AA" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69289650" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="833" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="551B6922" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="179D10AD" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="663" w:type="dxa"/>
+            <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F956FB8" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22EBF2DC" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50D0B611" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="dxa"/>
+            <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71E58356" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00177C90" w:rsidRPr="00177C90" w14:paraId="2ABECC1C" w14:textId="77777777" w:rsidTr="00AA420C">
-[...685 lines deleted...]
-          <w:p w14:paraId="0B65F368" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="6F137D38" w14:textId="77777777" w:rsidTr="00FA2965">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3548F2C0" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A9573C9" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6287BD29" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C70B141" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A4CB88B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C509399" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A3B2C06" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B14BB0B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45587F2B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00177C90">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CBCD91B" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
+    <w:p w14:paraId="2CBCD91B" w14:textId="17B2393B" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177C90">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00177C90">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="63E1AA16" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="6347008E" w14:textId="77777777" w:rsidR="00177C90" w:rsidRPr="00177C90" w:rsidRDefault="00177C90" w:rsidP="00177C90">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00BA4A14">
+    <w:p w14:paraId="7A2643CE" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20ED7724" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="181BB786" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41667D3F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0660CADE" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16F0F8D9" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="225D412B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D67375C" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34238C81" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF9B557" w14:textId="77777777" w:rsidR="0024480E" w:rsidRDefault="0024480E" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17DBB14F" w14:textId="7B1133B6" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00177C90">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Konduktivitet avläses före varje dialysbehandling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622DE0D7" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15177A57" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40BD141A" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00AA420C" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA420C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Datum    Konduktivitet   Sign    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA420C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Datum     Konduktivitet Sign </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA420C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Datum    Konduktivitet   Sign</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9209" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="788"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="666"/>
+        <w:gridCol w:w="833"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="633"/>
+        <w:gridCol w:w="836"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="909"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="18F9AAED" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B901A3" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44809C09" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14EEEC99" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF76F91" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7FDA2E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E1DBA5" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB426FB" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53481D16" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1090ADC9" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1967B4DD" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9248A5" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="7E043129" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1EF66D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67E09381" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D87A8E3" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4866CAF4" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A84DF37" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4673FC06" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A98511D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="706CA4B1" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F70E5E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEEED90" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1C76BE" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="7C82B4F3" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DEDF72" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E2EBB1B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41CCD879" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A996662" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F9A1EF" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C6099F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="006BCA4B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423C5532" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9D309D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5EC6FB" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B04841F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="474D5355" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="72373B7E" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D64BCA6" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CA5F535" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65BCE857" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2A35A3" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D587480" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="057A1484" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3771C067" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21EF0EF4" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1D70D1" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="637DFB62" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7321C95F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="36271465" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF245E3" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="286FEBB6" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68B25B37" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D622C5E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4CCE64" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F96ADAA" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62913CB4" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D2BF72" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4807747F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610CFE2E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8026F1" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3162CB89" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="2E93F832" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1446476D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="672EE72E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D67AD99" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D7B90E9" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68731BAD" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22F99E4E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D3AE3BC" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="373F957D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D56AF5C" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="219212D2" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BE8D72E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="3FE16DBA" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA572FF" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F39A2DD" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7129C66F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AAE7B78" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C3A135" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="660C3655" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8D510A" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="316AD7A2" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADF2403" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D756FD8" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D50628B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="0591AF21" w14:textId="77777777" w:rsidTr="00FA2965">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="463B3C88" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="698DFD94" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0745FE3F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23376472" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F152DAD" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A860B89" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53753766" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DB1979" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6D137E" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="1E2CCF8B" w14:textId="77777777" w:rsidTr="00FA2965">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A666F4" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC89579" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1B4675" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6AC7F4" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D85A020" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5CC636" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="042CF69D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFD9537" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5230F3" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="6391284B" w14:textId="77777777" w:rsidTr="00FA2965">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3822C53D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F5826A" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D98DA65" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BFF563F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9C649D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63CC9793" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADFD99D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38AC3580" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="418D44B2" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="5235A07A" w14:textId="77777777" w:rsidTr="00FA2965">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C3B7F6" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="397535BB" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609B06D9" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36628A59" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D625829" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DD294F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F86A4D2" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6E066B" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F93A11" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA2965" w:rsidRPr="00177C90" w14:paraId="2685E4C7" w14:textId="77777777" w:rsidTr="003705EF">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E8939EE" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7180535F" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="630B63B6" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46FD353A" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AEFD26D" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D689010" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F6BA862" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="302760AA" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71B421E9" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="003705EF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40F83D1C" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00177C90" w:rsidRDefault="00FA2965" w:rsidP="00FA2965">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00177C90">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00177C90">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D55F108" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34584DC0" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603576A0" w14:textId="77777777" w:rsidR="00FA2965" w:rsidRPr="00536A5A" w:rsidRDefault="00FA2965" w:rsidP="00536A5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FA2965" w:rsidRPr="00536A5A" w:rsidSect="00BA4A14">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1694" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69E80E8D" w14:textId="77777777" w:rsidR="00550BDB" w:rsidRDefault="00550BDB">
+    <w:p w14:paraId="3F1C3CF1" w14:textId="77777777" w:rsidR="001E3466" w:rsidRDefault="001E3466">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="724889E6" w14:textId="77777777" w:rsidR="00550BDB" w:rsidRDefault="00550BDB">
+    <w:p w14:paraId="6A264393" w14:textId="77777777" w:rsidR="001E3466" w:rsidRDefault="001E3466">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="024AFCEB" w14:textId="77777777" w:rsidR="00550BDB" w:rsidRDefault="00550BDB">
+    <w:p w14:paraId="3D4C9EC9" w14:textId="77777777" w:rsidR="001E3466" w:rsidRDefault="001E3466">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -2752,89 +4655,89 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2863,51 +4766,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Bildobjekt 8">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2941,73 +4844,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FE991F1" w14:textId="77777777" w:rsidR="00550BDB" w:rsidRDefault="00550BDB"/>
+    <w:p w14:paraId="63BE65C5" w14:textId="77777777" w:rsidR="001E3466" w:rsidRDefault="001E3466"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56CCD4E6" w14:textId="77777777" w:rsidR="00550BDB" w:rsidRDefault="00550BDB">
+    <w:p w14:paraId="0260D829" w14:textId="77777777" w:rsidR="001E3466" w:rsidRDefault="001E3466">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BC5BF95" w14:textId="77777777" w:rsidR="00550BDB" w:rsidRDefault="00550BDB">
+    <w:p w14:paraId="42799EB4" w14:textId="77777777" w:rsidR="001E3466" w:rsidRDefault="001E3466">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -3085,51 +4988,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -3295,51 +5198,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5383,55 +7286,54 @@
   <w:num w:numId="13" w16cid:durableId="1749686866">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="382752028">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="968782574">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="98181657">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1036076663">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2139444456">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="320936303">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -5481,300 +7383,313 @@
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00177C90"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E3466"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="002274F7"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="0024480E"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002955A9"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="0030693F"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="003476BD"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004945AE"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00550BDB"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="0058468B"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="00599CF3"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E4761"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00607FE5"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="006220DC"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0064641D"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E5230"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00735096"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D5F1C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A6606"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A720F1"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA420C"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B2637F"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA4A14"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD7206"/>
     <w:rsid w:val="00BE7978"/>
@@ -5782,151 +7697,170 @@
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50E98"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB6903"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE3155"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D23BFB"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA2965"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0E561A7A"/>
+    <w:rsid w:val="2134A595"/>
     <w:rsid w:val="2F105A11"/>
+    <w:rsid w:val="38F99AD2"/>
+    <w:rsid w:val="3AA04BED"/>
+    <w:rsid w:val="3CA7095A"/>
+    <w:rsid w:val="43201C76"/>
+    <w:rsid w:val="43C1E516"/>
+    <w:rsid w:val="4DEE85CC"/>
+    <w:rsid w:val="508E94B0"/>
+    <w:rsid w:val="5271026E"/>
     <w:rsid w:val="53C980FC"/>
+    <w:rsid w:val="56E5F64F"/>
+    <w:rsid w:val="5BCD196E"/>
+    <w:rsid w:val="5C2AEE7B"/>
+    <w:rsid w:val="63AA2278"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6A7F84B2"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="7B0ABA9D"/>
+    <w:rsid w:val="7CD92ED9"/>
+    <w:rsid w:val="7E9989C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8296,51 +10230,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8708,56 +10642,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>88</Words>
-  <Characters>468</Characters>
+  <Words>132</Words>
+  <Characters>703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>555</CharactersWithSpaces>
+  <CharactersWithSpaces>834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Konduktivitet protokoll  mobil  Aqua Uno Q Di 607</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Anita Fredriksson</lastModifiedBy>
-  <revision>15</revision>
+  <revision>25</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>