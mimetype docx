--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="372B728F" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00494CDE" w:rsidSect="00494CDE">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -170,59 +170,61 @@
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="begin"/>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="separate"/>
                                   </w:r>
+                                  <w:proofErr w:type="gramStart"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>24290</w:t>
                                   </w:r>
+                                  <w:proofErr w:type="gramEnd"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="end"/>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
@@ -260,59 +262,61 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>24290</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -338,73 +342,89 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="44B281A3" w14:textId="12B558AF" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00E01AD0" w:rsidP="00D96AB6">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Q Di 532</w:t>
             </w:r>
             <w:r w:rsidR="00494CDE" w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">                                                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7793A9BF" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
+    <w:p w14:paraId="7793A9BF" w14:textId="74237CA6" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="3CE05F99">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1 ex i originalpärm</w:t>
+        <w:t xml:space="preserve">1 ex i </w:t>
+      </w:r>
+      <w:r w:rsidR="721B7A52" w:rsidRPr="3CE05F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avdelnings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3CE05F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pärm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E40928" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25403EA4" w14:textId="5434AE78" w:rsidR="00494CDE" w:rsidRPr="006C74A7" w:rsidRDefault="00183E7F" w:rsidP="004A4ACC">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C74A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -926,73 +946,73 @@
         </w:rPr>
         <w:t>s till mottagningen</w:t>
       </w:r>
       <w:r w:rsidR="0094732B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00495AA5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>sker två gånger per vecka.</w:t>
       </w:r>
       <w:r w:rsidR="00494CDE" w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721EA506" w14:textId="3DDA5377" w:rsidR="00D80C22" w:rsidRDefault="0035671F" w:rsidP="00494CDE">
+    <w:p w14:paraId="721EA506" w14:textId="3DDA5377" w:rsidR="00D80C22" w:rsidRDefault="00563BD7" w:rsidP="00494CDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00563BD7">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve"> MIV-rutin - Instruktion för att hantera leverans av depå- och </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00563BD7">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>tvättvagnar</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="37F7F925" w14:textId="3B4BF515" w:rsidR="007F080F" w:rsidRDefault="00162AD9" w:rsidP="00494CDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -1370,70 +1390,81 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B4B391" w14:textId="09D65AA5" w:rsidR="00494CDE" w:rsidRPr="0080088B" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080088B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Låst källarförråd</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F5645E" w:rsidRPr="0080088B">
+        <w:t xml:space="preserve">Låst </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0080088B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0080088B">
+        <w:t>källarförråd</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5645E" w:rsidRPr="0080088B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080088B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4A599C30" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PD vätska </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F5D487" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
@@ -2149,188 +2180,195 @@
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Termometer kalibreras x1/år av medicintekniker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AB4571D" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrollmetod:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737EEEA4" w14:textId="445ED85D" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
+    <w:p w14:paraId="737EEEA4" w14:textId="17794B0C" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="3CE05F99">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kontroll av termometer i läkemedelsrummet (K-644-131), CDS rum förråd</w:t>
       </w:r>
-      <w:r w:rsidR="00264C91">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00264C91" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
-[...6 lines deleted...]
-      <w:r w:rsidR="00734393">
+      <w:r w:rsidR="2C2AB020" w:rsidRPr="3CE05F99">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3CE05F99">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3CE05F99">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L-544-352), </w:t>
+      </w:r>
+      <w:r w:rsidR="00734393" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>När</w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> förråd 41 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidR="00734393" w:rsidRPr="3CE05F99">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pd vätskor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(L-544-354), </w:t>
       </w:r>
-      <w:r w:rsidR="00047648">
+      <w:r w:rsidR="00047648" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="007B1F4B">
+      <w:r w:rsidR="007B1F4B" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>vå l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ager förråd </w:t>
       </w:r>
-      <w:r w:rsidR="007B1F4B">
+      <w:r w:rsidR="007B1F4B" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>källare</w:t>
       </w:r>
-      <w:r w:rsidR="000034D4">
+      <w:r w:rsidR="000034D4" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(L541-218)</w:t>
       </w:r>
-      <w:r w:rsidR="000034D4">
+      <w:r w:rsidR="000034D4" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
-      <w:r w:rsidR="007B1F4B">
+      <w:r w:rsidR="007B1F4B" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="000034D4">
+      <w:r w:rsidR="000034D4" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>L541-219)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska göras en gång per år av dialystekniker och då används referensmätare för att verifiera temperaturen på termometer.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6795F433" w14:textId="15398ABE" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referensmätare</w:t>
       </w:r>
       <w:r w:rsidR="000A284C">
         <w:rPr>
@@ -2339,51 +2377,67 @@
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">s sensor placeras med ett avstånd på 10 cm från termometerns sensor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC634A5" w14:textId="2CE95360" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Temperatur avläses på termometer och referensmeter efter 10-15 minuter och avvikelse ska inte vara mer än +/- 1 grad. Om avvikelsen är större än 1 grad ska termometer kasseras och ersättas med en ny.  </w:t>
+        <w:t xml:space="preserve">Temperatur avläses på termometer och referensmeter efter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00494CDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10-15</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00494CDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minuter och avvikelse ska inte vara mer än +/- 1 grad. Om avvikelsen är större än 1 grad ska termometer kasseras och ersättas med en ny.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14DEA245" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Medusa är MT:s dokumentsystem och mätvärdena ska dokumenteras på medusa nummer 34959. Dokument Q Di 507 samt 532 ska signeras av dialystekniker efter utförd kontroll.  Referensmätaren måste ha ett godkänt kalibreringscertifikat och kopplas till dokumentationen i Medusa. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320E01CA" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -2507,53 +2561,62 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A0F595D" w14:textId="77777777" w:rsidR="0080712E" w:rsidRDefault="0080712E" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63C4A043" w14:textId="77777777" w:rsidR="0080712E" w:rsidRDefault="0080712E" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C9AD263" w14:textId="77777777" w:rsidR="0080712E" w:rsidRDefault="0080712E" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24080971" w14:textId="1911BF65" w:rsidR="3CE05F99" w:rsidRDefault="3CE05F99" w:rsidP="3CE05F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54C62FAB" w14:textId="7C08BA6B" w:rsidR="3CE05F99" w:rsidRDefault="3CE05F99" w:rsidP="3CE05F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DC7E84D" w14:textId="77777777" w:rsidR="0080712E" w:rsidRDefault="0080712E" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B8DC615" w14:textId="77777777" w:rsidR="0080712E" w:rsidRPr="00494CDE" w:rsidRDefault="0080712E" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43DBBF75" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
@@ -2569,175 +2632,123 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D8F151" w14:textId="77777777" w:rsidR="00494CDE" w:rsidRDefault="00494CDE" w:rsidP="00494CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00494CDE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Temperatur vätskerum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09AFEA78" w14:textId="77777777" w:rsidR="00CA3375" w:rsidRPr="00494CDE" w:rsidRDefault="00CA3375" w:rsidP="00494CDE">
+    <w:p w14:paraId="79F669B1" w14:textId="117E7859" w:rsidR="00494CDE" w:rsidRPr="00494CDE" w:rsidRDefault="0FDFD699" w:rsidP="3CE05F99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:t xml:space="preserve">1 ex i avdelnings </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>pärm</w:t>
+      </w:r>
+      <w:r w:rsidR="48BBCEF9">
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00494CDE">
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00494CDE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00494CDE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00494CDE" w:rsidRPr="3CE05F99">
+        <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...58 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidR="00494CDE" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ÅR</w:t>
       </w:r>
-      <w:r w:rsidR="001C5F3C">
+      <w:r w:rsidR="001C5F3C" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00494CDE">
+      <w:r w:rsidR="00494CDE" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001C5F3C">
+      <w:r w:rsidR="001C5F3C" w:rsidRPr="3CE05F99">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
-      <w:r w:rsidR="001942DA">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00494CDE">
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9187" w:type="dxa"/>
         <w:tblInd w:w="-470" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1134"/>
@@ -2750,52 +2761,60 @@
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="598"/>
         <w:gridCol w:w="1103"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="001942DA" w:rsidRPr="00494CDE" w14:paraId="49AA3031" w14:textId="77777777" w:rsidTr="0052541D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D419ADE" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>MÅNAD ……………….</w:t>
+              <w:t>MÅNAD …………</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00494CDE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w14:paraId="58DF2252" w14:textId="460D3FF9" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>MÅNAD ……………</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2821,52 +2840,60 @@
               </w:rPr>
               <w:t>MÅNAD ……………</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w14:paraId="0FE119DF" w14:textId="383A3176" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>MÅNAD ……………….</w:t>
+              <w:t>MÅNAD …………</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00494CDE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001942DA" w:rsidRPr="00494CDE" w14:paraId="5EE3448F" w14:textId="77777777" w:rsidTr="0052541D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2107B0C7" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
@@ -2888,56 +2915,58 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3814188E" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Temp </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75FECCC2" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15-25</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="4B023220" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>min /max</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E49D503" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2982,52 +3011,60 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Rums</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ED76FED" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Temp 15-25</w:t>
+              <w:t xml:space="preserve">Temp </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00494CDE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15-25</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="59EDD128" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>min /max</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w14:paraId="137DC154" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
@@ -3086,56 +3123,58 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="69086381" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Temp </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01DE3C56" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15-25</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="45BD5502" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>min /max</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B72F630" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
@@ -10103,64 +10142,64 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w14:paraId="6BE111B2" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001942DA" w:rsidRPr="00494CDE" w14:paraId="4850F796" w14:textId="77777777" w:rsidTr="0052541D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="652FB053" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
+          <w:p w14:paraId="652FB053" w14:textId="5CE6F0AA" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>31</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="718C5F14" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="312876EE" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
@@ -10348,150 +10387,158 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001942DA" w:rsidRPr="00494CDE" w14:paraId="0AC193A9" w14:textId="77777777" w:rsidTr="0052541D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="992" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8195" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w14:paraId="653704D7" w14:textId="77777777" w:rsidR="001942DA" w:rsidRPr="00494CDE" w:rsidRDefault="001942DA" w:rsidP="001942DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00494CDE">
-              <w:t>Termometer kalibreras x1/år av medicintekniker ……………../</w:t>
+              <w:t>Termometer kalibreras x1/år av medicintekniker ………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00494CDE">
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00494CDE">
+              <w:t>./</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00494CDE">
               <w:t>sign</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="007A19F6">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00D73BAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00494CDE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3B3A1A8E" w14:textId="77777777" w:rsidR="00F32A9B" w:rsidRDefault="00F32A9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="54E5F201" w14:textId="77777777" w:rsidR="00F32A9B" w:rsidRDefault="00F32A9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="558CEF60" w14:textId="77777777" w:rsidR="00F32A9B" w:rsidRDefault="00F32A9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -10506,89 +10553,89 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="74EFB746" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -10624,51 +10671,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00DA130C">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>(3)</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="1DEDF01E" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -10705,73 +10752,73 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00DA130C">
       <w:t>1(3)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="375E56E1" w14:textId="77777777" w:rsidR="00F32A9B" w:rsidRDefault="00F32A9B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="29B679E2" w14:textId="77777777" w:rsidR="00F32A9B" w:rsidRDefault="00F32A9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="27805BA6" w14:textId="77777777" w:rsidR="00F32A9B" w:rsidRDefault="00F32A9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -10849,51 +10896,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -11059,51 +11106,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13147,54 +13194,54 @@
   <w:num w:numId="13" w16cid:durableId="493187537">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="288515579">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="515848090">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1162089462">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="895699922">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="529799400">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="447511844">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -13602,92 +13649,95 @@
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92032"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C05864"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C53478"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C621B0"/>
     <w:rsid w:val="00C621FA"/>
+    <w:rsid w:val="00C702B7"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C83C2A"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA3375"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB2D2A"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4479"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD5691"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D47ED3"/>
     <w:rsid w:val="00D51277"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D54A29"/>
+    <w:rsid w:val="00D73BAA"/>
     <w:rsid w:val="00D778C1"/>
     <w:rsid w:val="00D80C22"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D96AB6"/>
     <w:rsid w:val="00D97B18"/>
     <w:rsid w:val="00D97BDA"/>
     <w:rsid w:val="00DA0C66"/>
     <w:rsid w:val="00DA130C"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DD6B5F"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E01AD0"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E20C62"/>
     <w:rsid w:val="00E328F9"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E75D3F"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB1BFF"/>
     <w:rsid w:val="00EB6714"/>
@@ -13705,91 +13755,102 @@
     <w:rsid w:val="00F121AD"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F32A9B"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F4626A"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F5645E"/>
     <w:rsid w:val="00F81184"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA7839"/>
     <w:rsid w:val="00FB2468"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD0CF5"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0FDFD699"/>
+    <w:rsid w:val="11ABE07C"/>
+    <w:rsid w:val="1927CA57"/>
+    <w:rsid w:val="2654772B"/>
+    <w:rsid w:val="2C2AB020"/>
+    <w:rsid w:val="319B24C2"/>
+    <w:rsid w:val="3CE05F99"/>
+    <w:rsid w:val="4456E2F4"/>
+    <w:rsid w:val="48BBCEF9"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6DE5FDFD"/>
+    <w:rsid w:val="721B7A52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{87E8B03D-1231-43B9-9B3E-990D5E5741D8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16283,51 +16344,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009266F0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009266F0"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16695,71 +16756,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>597</Words>
-  <Characters>3900</Characters>
+  <Words>598</Words>
+  <Characters>3843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4489</CharactersWithSpaces>
+  <CharactersWithSpaces>4433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mottagning samt förvaring av dialysmaterial Q Di 532</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Anna Bäck</lastModifiedBy>
-  <revision>96</revision>
+  <lastModifiedBy>Anita Fredriksson</lastModifiedBy>
+  <revision>98</revision>
   <lastPrinted>2016-03-31T01:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>