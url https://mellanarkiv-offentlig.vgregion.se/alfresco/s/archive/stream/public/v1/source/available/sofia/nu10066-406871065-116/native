--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -54,51 +54,51 @@
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w14:paraId="1B08ACBD" w14:textId="77777777" w:rsidTr="008725B1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB01B00" w14:textId="3771282A" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00C16C0F">
+          <w:p w14:paraId="4CB01B00" w14:textId="1B927777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00C16C0F">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman Fet" w:hAnsi="Times New Roman Fet"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09FBD0EF" wp14:editId="2ACBFF3E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>6518275</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>78740</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1244600" cy="222885"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -300,50 +300,56 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00D96E1B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Start av dialysbehandling via CDK, femoraliskateter</w:t>
             </w:r>
+            <w:r w:rsidR="0041488A">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="009E2F78">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Q Di 411</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36D78B0E" w14:textId="50AA969A" w:rsidR="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
@@ -527,108 +533,313 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Att skapa tydlig och </w:t>
       </w:r>
       <w:r w:rsidR="009E2F78" w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>lättförståelig</w:t>
       </w:r>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> lokal rutin för personal och egenvårdspatienter, detta som en del av kvalitetsarbetet kring patientens kärlaccess. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBAF662" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
+    <w:p w14:paraId="0FBAF662" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96E1B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Samt förtydliga vikten av; att all personal samt egenvårdspatienter har en samsyn vad gäller avdelningens rutiner och arbetssätt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE5D1E4" w14:textId="77777777" w:rsidR="00640CBF" w:rsidRDefault="00640CBF" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2073CE4A" w14:textId="77777777" w:rsidR="001A1749" w:rsidRDefault="001A1749" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268FBD2A" w14:textId="6CFACAD5" w:rsidR="001A1749" w:rsidRPr="00D96E1B" w:rsidRDefault="00C50F5D" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D96E1B">
-[...4 lines deleted...]
-        <w:t>Samt förtydliga vikten av; att all personal samt egenvårdspatienter har en samsyn vad gäller avdelningens rutiner och arbetssätt </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Om CDK</w:t>
+      </w:r>
+      <w:r w:rsidR="009249CD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>är</w:t>
+      </w:r>
+      <w:r w:rsidR="009249CD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nylagd eller bytt över ledare skall Dialysdoktor</w:t>
+      </w:r>
+      <w:r w:rsidR="00A109B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tillfrågas om </w:t>
+      </w:r>
+      <w:r w:rsidR="00C862A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>röntgensvar</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41473">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A109B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>av CDK läge</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3274">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A45BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>och godkänna att den får användas</w:t>
+      </w:r>
+      <w:r w:rsidR="00141A27">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> före dialys startas.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A45BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128AB47E" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3B03A9" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
+    <w:p w14:paraId="6E3B03A9" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96E1B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F284F81" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5421A508" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRPr="00D96E1B" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D96E1B">
-[...7 lines deleted...]
-    <w:p w14:paraId="69086BF2" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
+    </w:p>
+    <w:p w14:paraId="1261A4E9" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70CB7BAF" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59BDA8AD" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EBCCEA7" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B2F3C2C" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EEBDEC1" w14:textId="77777777" w:rsidR="00C862A0" w:rsidRDefault="00C862A0" w:rsidP="00D96E1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69086BF2" w14:textId="1E243AAE" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FÖR DIALYSSTART BEHÖVER DU: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0321FF01" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -956,51 +1167,50 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1778BC99" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ordinerad dos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> enl. läkemedelsmodul </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE7F6A7" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -1059,61 +1269,50 @@
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A6DAEDA" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD9902D" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="317CE3EB" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F40727C" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
@@ -1758,50 +1957,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Aspirera (dra ut) installerat kateterlås, ca 3 ml ur artärskänkel </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5782AE1C" w14:textId="013D246B" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ta bort sprutan och tvätta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>tegopropparna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Klorhexidinsprit</w:t>
@@ -2070,51 +2270,50 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A4C680" w14:textId="77777777" w:rsidR="00D96E1B" w:rsidRPr="00D96E1B" w:rsidRDefault="00D96E1B" w:rsidP="00D96E1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fäst </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>blodslangarna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> med en bit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D96E1B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ViTri</w:t>
@@ -5520,62 +5719,64 @@
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
+    <w:rsid w:val="00141A27"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A1749"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
@@ -5586,220 +5787,229 @@
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A45BC"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
+    <w:rsid w:val="003D11D1"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="0041488A"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F7C5C"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="00570B86"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00640CBF"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00791CC5"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A5E2F"/>
     <w:rsid w:val="007B3ACF"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008250FD"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="009249CD"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E2F78"/>
+    <w:rsid w:val="009E3274"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A109B2"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
@@ -5813,58 +6023,60 @@
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C16C0F"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
+    <w:rsid w:val="00C50F5D"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C56D21"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C862A0"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D56D40"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D96E1B"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
@@ -5877,50 +6089,51 @@
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3404"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -8757,71 +8970,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>483</Words>
-  <Characters>3028</Characters>
+  <Words>509</Words>
+  <Characters>3165</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3504</CharactersWithSpaces>
+  <CharactersWithSpaces>3667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Start av dialysbehandling via CDK, femoraliskateter Q Di 411</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Anita Fredriksson</lastModifiedBy>
-  <revision>8</revision>
+  <revision>20</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>