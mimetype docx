--- v0 (2026-01-11)
+++ v1 (2026-02-25)
@@ -1,71 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0A658295" w14:textId="77777777" w:rsidR="0063553F" w:rsidRDefault="0063553F" w:rsidP="0063553F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="0063553F" w:rsidSect="00966502">
-          <w:headerReference w:type="default" r:id="rId12"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="3CDCBDD3" w14:textId="77777777" w:rsidR="0063553F" w:rsidRPr="00966502" w:rsidRDefault="0063553F" w:rsidP="0063553F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00966502">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -1348,129 +1349,151 @@
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08734B38" w14:textId="082D7B5D" w:rsidR="00C57139" w:rsidRDefault="00C57139" w:rsidP="00DE3FD2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BDF0889" w14:textId="51DFF281" w:rsidR="00C57139" w:rsidRDefault="00C57139" w:rsidP="00C57139"/>
     <w:p w14:paraId="33353150" w14:textId="14044426" w:rsidR="00F60841" w:rsidRDefault="004C64A5" w:rsidP="00DE3FD2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Utförande</w:t>
       </w:r>
       <w:r w:rsidR="00D005C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C3A69">
         <w:t>i korthet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA08A8B" w14:textId="4C3CF913" w:rsidR="00387977" w:rsidRDefault="00194F05" w:rsidP="00387977">
+    <w:p w14:paraId="123FC38D" w14:textId="44AAC809" w:rsidR="000200B2" w:rsidRDefault="000200B2" w:rsidP="00387977">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>1.</w:t>
+        <w:t>1. Larma 2222</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA08A8B" w14:textId="418D9E3A" w:rsidR="00387977" w:rsidRDefault="000200B2" w:rsidP="00387977">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00194F05">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387977">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC18ED" w:rsidRPr="000D3D81">
         <w:t xml:space="preserve">Adrenalin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC18ED" w:rsidRPr="000D3D81">
         <w:t>im</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E77BA8" w:rsidRPr="000D3D81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF8A657" w14:textId="65320E95" w:rsidR="00387977" w:rsidRDefault="00194F05" w:rsidP="00387977">
+    <w:p w14:paraId="1BF8A657" w14:textId="091FD14F" w:rsidR="00387977" w:rsidRDefault="000200B2" w:rsidP="00387977">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>2.</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00194F05">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387977">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E77BA8" w:rsidRPr="000D3D81">
         <w:t>S-Tryptas</w:t>
       </w:r>
       <w:r w:rsidR="000D3D81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293A0B0D" w14:textId="2291B61D" w:rsidR="00387977" w:rsidRDefault="00194F05" w:rsidP="00387977">
+    <w:p w14:paraId="293A0B0D" w14:textId="2C185E29" w:rsidR="00387977" w:rsidRDefault="000200B2" w:rsidP="00387977">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>3.</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00194F05">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000D3D81">
         <w:t xml:space="preserve"> EpiPen</w:t>
       </w:r>
       <w:r w:rsidR="0086751E">
         <w:t xml:space="preserve"> – recept och instruktion</w:t>
       </w:r>
       <w:r w:rsidR="000D3D81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6E1CA8" w14:textId="2EC1519E" w:rsidR="00387977" w:rsidRDefault="00194F05" w:rsidP="00387977">
+    <w:p w14:paraId="0D6E1CA8" w14:textId="00A45979" w:rsidR="00387977" w:rsidRDefault="000200B2" w:rsidP="00387977">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>4. R</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00194F05">
+        <w:t>. R</w:t>
       </w:r>
       <w:r w:rsidR="000D3D81">
         <w:t>emiss Allergimott</w:t>
       </w:r>
+      <w:r w:rsidR="00194F05">
+        <w:t xml:space="preserve">agningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C99AE3" w14:textId="47EFA783" w:rsidR="00FC18ED" w:rsidRDefault="000200B2" w:rsidP="00387977">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">agningen </w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00194F05">
+        <w:t>. Diagnos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C99AE3" w14:textId="064FE3FB" w:rsidR="00FC18ED" w:rsidRDefault="00194F05" w:rsidP="00387977">
-[...7 lines deleted...]
-    <w:p w14:paraId="2D8BD4CC" w14:textId="77777777" w:rsidR="00D46FA5" w:rsidRDefault="00D46FA5" w:rsidP="00D46FA5"/>
     <w:p w14:paraId="60A5F422" w14:textId="433A4592" w:rsidR="00A76F03" w:rsidRDefault="00A76F03" w:rsidP="00A76F03">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Akuta allergiska reaktioner och indikation för adrenalin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8B5E87" w14:textId="43B653AF" w:rsidR="00D46FA5" w:rsidRDefault="0005219B" w:rsidP="00D46FA5">
       <w:r>
         <w:t xml:space="preserve">Adrenalin bör ges så fort som möjligt, redan vid </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE03C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>misstanke</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE03C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1505,51 +1528,51 @@
               <wp:posOffset>290195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5965190" cy="3993050"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21538"/>
                 <wp:lineTo x="21522" y="21538"/>
                 <wp:lineTo x="21522" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1750376014" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1750376014" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5965190" cy="3993050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -1565,77 +1588,76 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58381916" w14:textId="77777777" w:rsidR="00D55D0F" w:rsidRPr="00D46FA5" w:rsidRDefault="00D55D0F" w:rsidP="00D55D0F">
       <w:r w:rsidRPr="00D46FA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ADRENALIN</w:t>
       </w:r>
       <w:r w:rsidRPr="00D46FA5">
         <w:t xml:space="preserve"> är den viktigaste behandlingen. Ges tidigt och </w:t>
       </w:r>
       <w:r w:rsidRPr="00D46FA5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>intramuskulärt</w:t>
       </w:r>
       <w:r w:rsidRPr="00D46FA5">
         <w:t xml:space="preserve"> i låret. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B274DA3" w14:textId="7130D9BE" w:rsidR="00D55D0F" w:rsidRPr="00D46FA5" w:rsidRDefault="00D55D0F" w:rsidP="00D55D0F">
       <w:r w:rsidRPr="00D46FA5">
-        <w:lastRenderedPageBreak/>
         <w:t>Följ saturation, puls och blodtryck. Sätt PVK och ge vätska till alla med anafylaxi med cirkulatoriska symtom och/eller hypotension.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2194"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1802"/>
+        <w:gridCol w:w="2133"/>
+        <w:gridCol w:w="2736"/>
+        <w:gridCol w:w="2442"/>
+        <w:gridCol w:w="1525"/>
+        <w:gridCol w:w="1604"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D7DCD" w:rsidRPr="00966502" w14:paraId="1AC62910" w14:textId="77777777" w:rsidTr="00FB466C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B3487D6" w14:textId="3EB947D4" w:rsidR="000D7DCD" w:rsidRPr="00966502" w:rsidRDefault="000D7DCD" w:rsidP="00FB466C">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -1877,60 +1899,62 @@
               <w:t>etc</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35F0EB3F" w14:textId="5FC98041" w:rsidR="000D7DCD" w:rsidRDefault="007E10B5" w:rsidP="007E10B5">
             <w:pPr>
               <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00924C6E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>EpiPen</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009278F7">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>alt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
@@ -2354,59 +2378,61 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002D5475" w:rsidRPr="00D71432">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>salbutamol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002D5475" w:rsidRPr="00966502">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D5475" w:rsidRPr="00FC55EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ventoline</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FC55EB" w:rsidRPr="00FC55EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00B91919" w:rsidRPr="00FC55EB">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C046BC">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1, 2 eller 5 mg/ml</w:t>
             </w:r>
             <w:r w:rsidR="006C4CAE">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -4428,59 +4454,61 @@
               <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Tabl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A24B49">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Desloratadin</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5 mg (eller annat antihistamin i dubbel dos) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="534275A4" w14:textId="77777777" w:rsidR="00AC557F" w:rsidRPr="00966502" w:rsidRDefault="00AC557F" w:rsidP="003A7F8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(Obs: </w:t>
             </w:r>
             <w:r w:rsidRPr="005356F8">
@@ -4825,58 +4853,69 @@
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>etametason (</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A24B49">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Betapred)</w:t>
+              <w:t>Betapred</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A24B49">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A24B49">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">a´ 0,5 mg eller </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">vid oförmåga att inta per </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
@@ -5097,51 +5136,50 @@
               <w:t xml:space="preserve">Inom </w:t>
             </w:r>
             <w:r w:rsidRPr="00966502">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2 tim.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18051C50" w14:textId="66DBAC0C" w:rsidR="00D07425" w:rsidRPr="00D46FA5" w:rsidRDefault="00D07425" w:rsidP="00D46FA5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D46FA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vid hotande chock</w:t>
       </w:r>
       <w:r w:rsidR="00985C49" w:rsidRPr="00D46FA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, sjunkande medvet</w:t>
       </w:r>
       <w:r w:rsidR="005318C8" w:rsidRPr="00D46FA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ande</w:t>
       </w:r>
       <w:r w:rsidR="00985C49" w:rsidRPr="00D46FA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>grad</w:t>
       </w:r>
       <w:r w:rsidR="00C50CB0" w:rsidRPr="00D46FA5">
         <w:rPr>
@@ -5704,51 +5742,50 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00554AF9">
         <w:t>exv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00554AF9">
         <w:t xml:space="preserve"> systemisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00554AF9">
         <w:t>mastocytos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00554AF9">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00014E22">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF0FDC1" w14:textId="1D59DA75" w:rsidR="0063099E" w:rsidRDefault="00E92E95" w:rsidP="00C87321">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Vid dödsfall</w:t>
       </w:r>
       <w:r w:rsidR="00CC676F">
         <w:t xml:space="preserve"> på misstanke om anafylaxi ska S-</w:t>
       </w:r>
       <w:r w:rsidR="00DB77B8">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00CC676F">
         <w:t>ryptas och S-IgE för misstänkta allergen tas, kan ske</w:t>
       </w:r>
       <w:r w:rsidR="0063099E" w:rsidRPr="00014E22">
         <w:t xml:space="preserve"> inom </w:t>
       </w:r>
       <w:r w:rsidR="00CC676F">
         <w:t>2 dygn.</w:t>
       </w:r>
       <w:r w:rsidR="0063099E" w:rsidRPr="00014E22">
         <w:t xml:space="preserve"> Kan frysas och analyseras senare.</w:t>
       </w:r>
       <w:r w:rsidR="00DB77B8">
         <w:t xml:space="preserve"> Ventrikelinnehållet skickas till Livsmedelsverket</w:t>
       </w:r>
       <w:r w:rsidR="00D65E0C">
         <w:t xml:space="preserve"> för analys av misstänkta födoämnesallergen.</w:t>
@@ -6062,51 +6099,51 @@
               <wp:posOffset>387267</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6758305" cy="2366645"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21386"/>
                 <wp:lineTo x="21553" y="21386"/>
                 <wp:lineTo x="21553" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="998861599" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="998861599" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6758305" cy="2366645"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -6116,72 +6153,80 @@
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28EB180B" w14:textId="77777777" w:rsidR="00D5121E" w:rsidRPr="00D5121E" w:rsidRDefault="00D5121E" w:rsidP="00D5121E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29FE9420" w14:textId="596EC211" w:rsidR="00FB138B" w:rsidRPr="00FB138B" w:rsidRDefault="004224F8" w:rsidP="00612DD5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C6FBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Recept</w:t>
       </w:r>
       <w:r w:rsidR="00FB138B">
         <w:t xml:space="preserve"> adrenalin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D69BAEC" w14:textId="77777777" w:rsidR="00D5121E" w:rsidRDefault="004224F8" w:rsidP="00612DD5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C48EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">EpiPen </w:t>
+        <w:t>EpiPen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C48EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:t>eller</w:t>
       </w:r>
       <w:r w:rsidRPr="009C48EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C48EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Jext</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -6235,51 +6280,67 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="158ECA03" w14:textId="4BB36D02" w:rsidR="004224F8" w:rsidRDefault="004224F8" w:rsidP="00612DD5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
       <w:r w:rsidRPr="007C5011">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB138B">
         <w:t>å grund av</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve"> frekventa restsituationer, skriv gärna </w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">både EpiPen och </w:t>
+        <w:t xml:space="preserve">både </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5011">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EpiPen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5011">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C5011">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Jext</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve">, ifall den ena ej finns tillgänglig på apoteket, och informera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C5011">
         <w:t>pat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve"> att bara en sort ska hämtas ut.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF90739" w14:textId="03F057A6" w:rsidR="00FB138B" w:rsidRDefault="00191737" w:rsidP="00612DD5">
       <w:pPr>
         <w:ind w:left="1712"/>
@@ -6480,93 +6541,96 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2D34B06D" w14:textId="49CC148A" w:rsidR="00483234" w:rsidRDefault="00EE362C" w:rsidP="004224F8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="004E0F16">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3 dagars</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> behandling med </w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:t>icke-sederande antihistamin</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> rekommenderas efter anafylaxi</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CD06E9">
         <w:t>t ex</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F16">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Desloratadin </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">5 mg </w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve">eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C5011">
         <w:t>Caredin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve"> munsönderfallande 5 mg)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> att ta</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00763B16">
         <w:t xml:space="preserve">1x1 men om behov kan ökas till </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="001D4B4A">
-        <w:t xml:space="preserve">-2 </w:t>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001D4B4A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidR="001D4B4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>1-2</w:t>
       </w:r>
       <w:r w:rsidR="004E0F16">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
       <w:r w:rsidRPr="007C5011">
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C5011">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C5011">
@@ -6711,91 +6775,88 @@
     <w:p w14:paraId="579A2D0B" w14:textId="5B859116" w:rsidR="00D5121E" w:rsidRPr="00D5121E" w:rsidRDefault="00E64CB0" w:rsidP="00D5121E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D5121E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Varningsmärk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D5121E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> journalen</w:t>
       </w:r>
       <w:r w:rsidRPr="00D5121E">
         <w:t xml:space="preserve"> under det röda ”!” om patienten haft en allvarlig (livshotande) reaktion med säkerställd orsak.</w:t>
       </w:r>
       <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:br/>
-      </w:r>
-      <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:t>Om varningsmärkningen gäller ett</w:t>
       </w:r>
       <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> läkemedel</w:t>
       </w:r>
       <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:t xml:space="preserve"> ska den göras under den </w:t>
       </w:r>
       <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>gula varningstriangeln</w:t>
       </w:r>
       <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001D1CE5" w14:textId="77777777" w:rsidR="00D5121E" w:rsidRPr="007C5011" w:rsidRDefault="00D5121E" w:rsidP="00200F68">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1077"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EE3435F" w14:textId="0907185E" w:rsidR="003B3A6D" w:rsidRPr="007C5011" w:rsidRDefault="003B3A6D" w:rsidP="00207011">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="007C5011">
-        <w:lastRenderedPageBreak/>
         <w:t>Diagnos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9C5E4B" w14:textId="55B8FE2B" w:rsidR="003B3A6D" w:rsidRPr="002B1B0C" w:rsidRDefault="003B3A6D" w:rsidP="002B1B0C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="002B1B0C">
         <w:t>Diagnosen anafylaxi skall sättas enbart då diagnostiska kriterier är uppfyllda.</w:t>
       </w:r>
       <w:r w:rsidR="000F4DCF" w:rsidRPr="002B1B0C">
         <w:t xml:space="preserve"> Se </w:t>
       </w:r>
       <w:r w:rsidR="00DB55D0" w:rsidRPr="002B1B0C">
         <w:t>bild diagnoskriterier nedan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CDA215D" w14:textId="7A556B03" w:rsidR="003B3A6D" w:rsidRPr="002B1B0C" w:rsidRDefault="003B3A6D" w:rsidP="002B1B0C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="002B1B0C">
         <w:t>Diagnos ska skrivas i klartext</w:t>
       </w:r>
       <w:r w:rsidR="00CD06E9" w:rsidRPr="002B1B0C">
@@ -6857,458 +6918,458 @@
     <w:p w14:paraId="5AB8BF7D" w14:textId="2CA9039D" w:rsidR="00955392" w:rsidRDefault="00167A52" w:rsidP="00955392">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AFC63B7" wp14:editId="70397272">
             <wp:extent cx="5807034" cy="2279501"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
             <wp:docPr id="542041657" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="542041657" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19"/>
+                    <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5859801" cy="2300214"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="36047AA1" w14:textId="38E61117" w:rsidR="00955392" w:rsidRDefault="003D009B" w:rsidP="003D009B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D2A82B5" wp14:editId="30C37E41">
             <wp:extent cx="5284519" cy="4094333"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="1071182601" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1071182601" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20"/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5303896" cy="4109346"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="743A12A0" w14:textId="667AF3E6" w:rsidR="009A739D" w:rsidRDefault="00E25F86" w:rsidP="00E25F86">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Källförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EED89CA" w14:textId="71E31816" w:rsidR="003B3A6D" w:rsidRDefault="00DD7158" w:rsidP="00E25F86">
-[...1 lines deleted...]
-        <w:r w:rsidR="003D009B">
+    <w:p w14:paraId="6EED89CA" w14:textId="71E31816" w:rsidR="003B3A6D" w:rsidRDefault="003D009B" w:rsidP="00E25F86">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SFFA-Nationellt vardprogram anafylaxi 2024-10-04</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BF7CBA8" w14:textId="1B2A2326" w:rsidR="00CB5EE0" w:rsidRPr="007C5011" w:rsidRDefault="00DD7158" w:rsidP="00E25F86">
-[...1 lines deleted...]
-        <w:r w:rsidR="00CB5EE0">
+    <w:p w14:paraId="1BF7CBA8" w14:textId="1B2A2326" w:rsidR="00CB5EE0" w:rsidRPr="007C5011" w:rsidRDefault="00CB5EE0" w:rsidP="00E25F86">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Anafyl</w:t>
-[...11 lines deleted...]
-          <w:t>xi i fickformat</w:t>
+          <w:t>Anafylaxi i fickformat</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D5121E" w:rsidRPr="00D5121E">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>(här inkluderas barndoser)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69843072" w14:textId="64BE23A9" w:rsidR="00D32EE5" w:rsidRDefault="00DD7158" w:rsidP="00D32EE5">
+    <w:p w14:paraId="69843072" w14:textId="64BE23A9" w:rsidR="00D32EE5" w:rsidRDefault="00CB5EE0" w:rsidP="00D32EE5">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00CB5EE0">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Personlig vårdplan anafylaxi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="051B32CB" w14:textId="77777777" w:rsidR="00D5121E" w:rsidRPr="007C5011" w:rsidRDefault="00D5121E" w:rsidP="00D32EE5"/>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="0484094B" w14:textId="37F0FB3D" w:rsidR="00CB5EE0" w:rsidRDefault="00CB5EE0" w:rsidP="00CB5EE0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Personlig vårdplan </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC0FC00" w14:textId="759801C3" w:rsidR="00CB5EE0" w:rsidRPr="00CB5EE0" w:rsidRDefault="00CB5EE0" w:rsidP="00CB5EE0">
       <w:r>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:r w:rsidR="00D5121E">
         <w:t xml:space="preserve">nästa sida. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60797CF2" w14:textId="5F3F215D" w:rsidR="00CB5EE0" w:rsidRDefault="00CB5EE0" w:rsidP="0063553F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13EFE400" wp14:editId="5C351A64">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>249</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6763232" cy="9508215"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21552"/>
                 <wp:lineTo x="21539" y="21552"/>
                 <wp:lineTo x="21539" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="81057902" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="81057902" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24"/>
+                    <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6763232" cy="9508215"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CB5EE0" w:rsidSect="00966502">
-      <w:headerReference w:type="default" r:id="rId25"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="even" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50243F8D" w14:textId="77777777" w:rsidR="00641D7D" w:rsidRDefault="00641D7D">
+    <w:p w14:paraId="58F8A54B" w14:textId="77777777" w:rsidR="0040423B" w:rsidRDefault="0040423B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="343CBF7B" w14:textId="77777777" w:rsidR="00641D7D" w:rsidRDefault="00641D7D">
+    <w:p w14:paraId="0DC68B5C" w14:textId="77777777" w:rsidR="0040423B" w:rsidRDefault="0040423B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7844C0F4" w14:textId="77777777" w:rsidR="00641D7D" w:rsidRDefault="00641D7D">
+    <w:p w14:paraId="7B14CB1B" w14:textId="77777777" w:rsidR="0040423B" w:rsidRDefault="0040423B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C460708" w14:textId="77777777" w:rsidR="0063553F" w:rsidRDefault="0063553F" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7588702E" w14:textId="77777777" w:rsidR="0063553F" w:rsidRDefault="0063553F" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1841269528"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="77624EB7" w14:textId="77777777" w:rsidR="0063553F" w:rsidRPr="00EC0A68" w:rsidRDefault="0063553F" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -7337,51 +7398,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3AB23B04" w14:textId="77777777" w:rsidR="0063553F" w:rsidRDefault="0063553F" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DBEB0B5" wp14:editId="078DD9F0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Bildobjekt 7">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -7415,89 +7476,89 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -7526,51 +7587,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -7604,73 +7665,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A08F6F9" w14:textId="77777777" w:rsidR="00641D7D" w:rsidRDefault="00641D7D"/>
+    <w:p w14:paraId="102F8C47" w14:textId="77777777" w:rsidR="0040423B" w:rsidRDefault="0040423B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BE3475A" w14:textId="77777777" w:rsidR="00641D7D" w:rsidRDefault="00641D7D">
+    <w:p w14:paraId="30D8A573" w14:textId="77777777" w:rsidR="0040423B" w:rsidRDefault="0040423B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4773C982" w14:textId="77777777" w:rsidR="00641D7D" w:rsidRDefault="00641D7D">
+    <w:p w14:paraId="524E9640" w14:textId="77777777" w:rsidR="0040423B" w:rsidRDefault="0040423B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E7B64B6" w14:textId="77777777" w:rsidR="0063553F" w:rsidRPr="00DA65C4" w:rsidRDefault="0063553F" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BC0691F" wp14:editId="3F8D99FC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textruta 2"/>
@@ -7748,52 +7809,52 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7A16ABBB" w14:textId="77777777" w:rsidR="0063553F" w:rsidRDefault="0063553F" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A16ABBB" w14:textId="61B39D9A" w:rsidR="0063553F" w:rsidRDefault="0063553F" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36593C94" wp14:editId="1875C00D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Textruta 3"/>
@@ -7868,141 +7929,61 @@
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
-        <w:noProof/>
-[...78 lines deleted...]
-      <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -8080,51 +8061,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -8290,51 +8271,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9159,51 +9140,51 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9E26992A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E104E4E6"/>
+    <w:tmpl w:val="4668543A"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -10145,51 +10126,51 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E6C6EFA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4C7C7E70"/>
+    <w:tmpl w:val="BE787D7C"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -12133,103 +12114,108 @@
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1311211090">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="967474009">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1517379612">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1240141104">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="538056918">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1869175203">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2078429911">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2002543035">
     <w:abstractNumId w:val="4"/>
   </w:num>
+  <w:num w:numId="34" w16cid:durableId="179590694">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1199244278">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="72"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00007B9D"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00014E22"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="000200B2"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00036C1B"/>
     <w:rsid w:val="00043A79"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005219B"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00060DB6"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00074F0B"/>
     <w:rsid w:val="00075837"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A005A"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B0A0F"/>
     <w:rsid w:val="000B12D9"/>
@@ -12356,50 +12342,51 @@
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00387977"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="003938A7"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A25DF"/>
     <w:rsid w:val="003B0FE3"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B3A6D"/>
     <w:rsid w:val="003B7B0B"/>
     <w:rsid w:val="003D009B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D5745"/>
     <w:rsid w:val="003E005F"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E32B5"/>
     <w:rsid w:val="003E3C21"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="0040423B"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004162E9"/>
     <w:rsid w:val="004224F8"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="004374D2"/>
     <w:rsid w:val="00437994"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00444028"/>
     <w:rsid w:val="00444152"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00457111"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00461A39"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00483234"/>
     <w:rsid w:val="004847BE"/>
@@ -12423,97 +12410,99 @@
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F63EB"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="0051507D"/>
     <w:rsid w:val="0052139F"/>
     <w:rsid w:val="00521CB9"/>
     <w:rsid w:val="00527C3C"/>
     <w:rsid w:val="005318C8"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="005356F8"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00542DD5"/>
     <w:rsid w:val="00542F07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00547DA4"/>
     <w:rsid w:val="00554AF9"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00566D96"/>
     <w:rsid w:val="005673BC"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="00572E52"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00594967"/>
     <w:rsid w:val="005964D0"/>
     <w:rsid w:val="005969DD"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="00597E45"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A4BAA"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A6591"/>
     <w:rsid w:val="005B16FF"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C3C79"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E73D9"/>
     <w:rsid w:val="005F5E13"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606712"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00612DD5"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00615859"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="006254A9"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="0063099E"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0063553F"/>
     <w:rsid w:val="00641D7D"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00682D85"/>
     <w:rsid w:val="006A21D0"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A34EF"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0C4E"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B3556"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C4CAE"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C579B"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C6D43"/>
     <w:rsid w:val="006C6D5D"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D5331"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E65A5"/>
     <w:rsid w:val="006F0D7E"/>
@@ -12620,50 +12609,51 @@
     <w:rsid w:val="00923EFF"/>
     <w:rsid w:val="00924C6E"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00955392"/>
     <w:rsid w:val="00966502"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00975D9C"/>
     <w:rsid w:val="0098215A"/>
     <w:rsid w:val="00985C49"/>
     <w:rsid w:val="009A1A43"/>
     <w:rsid w:val="009A2B05"/>
     <w:rsid w:val="009A739D"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C1FE9"/>
     <w:rsid w:val="009C48EA"/>
     <w:rsid w:val="009C7F19"/>
+    <w:rsid w:val="009D5FE0"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F0434"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A03447"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A215C0"/>
     <w:rsid w:val="00A23907"/>
     <w:rsid w:val="00A24B49"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33033"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A35923"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
@@ -12757,75 +12747,77 @@
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C57139"/>
     <w:rsid w:val="00C57F45"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C8142C"/>
     <w:rsid w:val="00C83E05"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C87321"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C90F49"/>
     <w:rsid w:val="00C92226"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA629D"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB5EE0"/>
+    <w:rsid w:val="00CC0724"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC676F"/>
     <w:rsid w:val="00CD06E9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE1813"/>
     <w:rsid w:val="00CE2749"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D005C5"/>
     <w:rsid w:val="00D01EF6"/>
     <w:rsid w:val="00D07425"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D11AC9"/>
     <w:rsid w:val="00D11C87"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D16C24"/>
     <w:rsid w:val="00D32EE5"/>
     <w:rsid w:val="00D35D87"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D46FA5"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D5121E"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D55D0F"/>
+    <w:rsid w:val="00D6013C"/>
     <w:rsid w:val="00D607A7"/>
     <w:rsid w:val="00D65E0C"/>
     <w:rsid w:val="00D71432"/>
     <w:rsid w:val="00D72222"/>
     <w:rsid w:val="00D8244E"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D91808"/>
     <w:rsid w:val="00D97758"/>
     <w:rsid w:val="00DA25CC"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA4575"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB55D0"/>
     <w:rsid w:val="00DB77B8"/>
     <w:rsid w:val="00DD20DF"/>
     <w:rsid w:val="00DD219F"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD7158"/>
     <w:rsid w:val="00DE3721"/>
     <w:rsid w:val="00DE3FD2"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE6C3B"/>
     <w:rsid w:val="00DF0033"/>
@@ -12870,52 +12862,54 @@
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC5BA3"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE03C1"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE362C"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF6D39"/>
     <w:rsid w:val="00F01941"/>
     <w:rsid w:val="00F11CC3"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F22C19"/>
     <w:rsid w:val="00F245B8"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F438B6"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F57D04"/>
     <w:rsid w:val="00F60841"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rsid w:val="00F67F04"/>
     <w:rsid w:val="00F8375F"/>
+    <w:rsid w:val="00F85EB3"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F91E07"/>
     <w:rsid w:val="00FA2D9E"/>
     <w:rsid w:val="00FA5633"/>
     <w:rsid w:val="00FA7644"/>
     <w:rsid w:val="00FB138B"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC18ED"/>
     <w:rsid w:val="00FC3BF1"/>
     <w:rsid w:val="00FC55EB"/>
     <w:rsid w:val="00FC7E08"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE328D"/>
     <w:rsid w:val="00FE3EAC"/>
     <w:rsid w:val="00FE5DC2"/>
     <w:rsid w:val="00FE77B4"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="4D2C4594"/>
@@ -12938,51 +12932,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{30B174F3-7E5C-4690-A56D-E647C9A320EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13015,51 +13009,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13320,174 +13314,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F65A80"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -13650,153 +13672,153 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00617710"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="35"/>
       </w:numPr>
       <w:spacing w:after="40"/>
-      <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
@@ -13810,196 +13832,195 @@
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
@@ -14080,118 +14101,119 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00F65A80"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -15158,69 +15180,69 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="16"/>
+        <w:numId w:val="34"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
@@ -15324,51 +15346,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00F65A80"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
@@ -15404,101 +15426,169 @@
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrdtextChar"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
     <w:rsid w:val="00955392"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="958" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00955392"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
     <w:rsid w:val="00955392"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F65A80"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00F65A80"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F65A80"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00F65A80"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F65A80"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15526,67 +15616,63 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sffa.se/wp-content/uploads/2024/10/2024-10-04-SFFA-Nationell-vardprogram-anafylaxi.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sffa.se/wp-content/uploads/2024/10/2024-Personlig-handlingsplan-anafylaxi.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sffa.se/wp-content/uploads/2024/10/2024-10-04-Anafylaxi-i-fickformat.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sffa.se/wp-content/uploads/2024/10/2024-10-04-Anafylaxi-i-fickformat.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sffa.se/wp-content/uploads/2024/10/2024-10-04-SFFA-Nationell-vardprogram-anafylaxi.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sffa.se/wp-content/uploads/2024/10/2024-Personlig-handlingsplan-anafylaxi.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -15874,71 +15960,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1202</Words>
-  <Characters>7688</Characters>
+  <Words>1413</Words>
+  <Characters>7490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
+  <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Anafylaxibehandling vuxna inom akutsjukvården</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8873</CharactersWithSpaces>
+  <CharactersWithSpaces>8886</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Anafylaxibehandling vuxna inom akutsjukvården</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Annika Johansson</lastModifiedBy>
-  <revision>19</revision>
+  <lastModifiedBy>Mikael Svahn</lastModifiedBy>
+  <revision>3</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>