--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -186,93 +186,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="33A37A09" w14:textId="114F818D" w:rsidR="0007329F" w:rsidRPr="0007329F" w:rsidRDefault="0007329F" w:rsidP="7A6EC02A"/>
     <w:p w14:paraId="212623FA" w14:textId="76614440" w:rsidR="0007329F" w:rsidRPr="000C52C0" w:rsidRDefault="0007329F" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc501440352"/>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vilka ska isoleras? </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="4CAA32EA" w14:textId="6F63717C" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="4CAA32EA" w14:textId="6F63717C" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienter med neutrofila &lt;0,5 eller LPK &lt;1,0</w:t>
       </w:r>
       <w:r w:rsidR="36FD6B8E" w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFAF8D6" w14:textId="01E3FC5B" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="6EFAF8D6" w14:textId="01E3FC5B" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Avsteg/undantag får endast göras av ansvarig läkare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A875DBB" w14:textId="068C3944" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="2A875DBB" w14:textId="068C3944" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter med förväntad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>neutropeni</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> efter cytostatikabehandling kan med fördel placeras i isoleringsrum, om platsläget tillåter.</w:t>
       </w:r>
     </w:p>
@@ -285,93 +285,93 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="209A8349" w14:textId="4350E759" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Förberedelser före patientens ankomst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3377DB0E" w14:textId="3393BEE6" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="3377DB0E" w14:textId="3393BEE6" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrollera rummet så det är ordentligt städat. Kontrollera kylskåp. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BCC329" w14:textId="43455B4F" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="08BCC329" w14:textId="43455B4F" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Markera isolering på dörren (blå triangel)</w:t>
       </w:r>
       <w:r w:rsidR="57BAF15D" w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CD207F" w14:textId="73FCC868" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="78CD207F" w14:textId="73FCC868" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Sätt upp </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>isoleringsschema</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (separat bilaga).</w:t>
       </w:r>
     </w:p>
@@ -384,963 +384,970 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A678B5B" w14:textId="79BD3268" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Isoleringsschema</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="60557DE9" w14:textId="64F0DC98" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="60557DE9" w14:textId="64F0DC98" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patientbunden</w:t>
       </w:r>
       <w:r w:rsidR="226A4331" w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E7A7B2" w14:textId="134867EA" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="25E7A7B2" w14:textId="134867EA" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ska markeras med vecka samt datum</w:t>
       </w:r>
       <w:r w:rsidR="7AA564CA" w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6F6206" w14:textId="115E5A18" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="5D6F6206" w14:textId="115E5A18" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ska fyllas i dagligen och signeras med personalens initialer</w:t>
       </w:r>
       <w:r w:rsidR="1CB40517" w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4700AB0B" w14:textId="4E9B9576" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="4700AB0B" w14:textId="4E9B9576" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Avslutas när patienten inte längre är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>neutropen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="24920D74" w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4535F81C" w14:textId="579F2750" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="4535F81C" w14:textId="579F2750" w:rsidR="7E49597E" w:rsidRPr="000C52C0" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C52C0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Det är inte en journalhandling och ska därmed inte sparas, däremot ska avvikelser journalföras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C620A63" w14:textId="34F17A4E" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="617C3B20" w14:textId="4516A478" w:rsidR="0007329F" w:rsidRPr="009517F3" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009517F3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>1. Rutiner i isoleringsrummet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D5B796" w14:textId="02ACD24B" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A"/>
-    <w:p w14:paraId="19DB78AB" w14:textId="3607B1B4" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="19DB78AB" w14:textId="3607B1B4" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1 Allmänt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5A7573" w14:textId="4396C742" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="0A5A7573" w14:textId="4396C742" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Inga krukväxter, snittblommor eller eterneller får tas in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F62D4D7" w14:textId="683ECAB5" w:rsidR="7A6EC02A" w:rsidRPr="001D0A88" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1621F19B" w14:textId="66D043B2" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="1621F19B" w14:textId="66D043B2" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.2 Städning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0900FF55" w14:textId="522678FB" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="0900FF55" w14:textId="522678FB" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Isoleringsrum städas först av alla rum på avdelningen</w:t>
       </w:r>
       <w:r w:rsidR="03D03365" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A2BA67" w14:textId="5A192324" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="58A2BA67" w14:textId="5A192324" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Golv </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>våtmoppas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> två gånger per vecka, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>torrmoppas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> övriga dagar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA95E58" w14:textId="35B63B0E" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="2CA95E58" w14:textId="35B63B0E" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Noggrann rengöring av toalett och handfat</w:t>
       </w:r>
       <w:r w:rsidR="572368EF" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB3B092" w14:textId="7B2047B8" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="4FB3B092" w14:textId="7B2047B8" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Våt damning alla ytor (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="46DF4F48" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538F8B71" w14:textId="68D06C0F" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="538F8B71" w14:textId="68D06C0F" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Säng ska rengöras en gång i veckan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10EAADF3" w14:textId="69D82F5E" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="10EAADF3" w14:textId="69D82F5E" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Renbäddning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> två gånger per vecka</w:t>
       </w:r>
       <w:r w:rsidR="3461385D" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, då även grundlig rengöring av hela sängen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="499F56CF" w14:textId="772E2ED0" w:rsidR="7A6EC02A" w:rsidRPr="001D0A88" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63F75296" w14:textId="17B76A75" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="63F75296" w14:textId="17B76A75" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.3 Dusch och hygienutrymmen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1209A482" w14:textId="71A667C3" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="1209A482" w14:textId="71A667C3" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Golvbrunn rengörs en gång per vecka och spolas med hett vatten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C661BA" w14:textId="04C084FD" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="14C661BA" w14:textId="04C084FD" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomspola duschen med hett vatten före användning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5BEF1B" w14:textId="29DE7D46" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="5A5BEF1B" w14:textId="29DE7D46" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="00BA4F23">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Duschslang skruvas av efter användning</w:t>
       </w:r>
       <w:r w:rsidR="7A41D762" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F5C7409" w14:textId="0059F435" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:spacing w:after="160" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9172FB" w14:textId="57C27C24" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="7D9172FB" w14:textId="57C27C24" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.4 Patienthygien</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B2950F" w14:textId="60214658" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="78B2950F" w14:textId="60214658" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Daglig dusch med mild tvål i </w:t>
       </w:r>
       <w:r w:rsidR="3A10F441" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patientbunden förpackning</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00C51A05" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>till exempel</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60 ml). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAC26A4" w14:textId="54513500" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="2CAC26A4" w14:textId="54513500" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Daglig smörjning av huden med mjukgörande, samt byte av underkläder. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6C2A25" w14:textId="3C97060E" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="5A6C2A25" w14:textId="3C97060E" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Rakning med rakapparat, inte rakhyvel. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF4FD85" w14:textId="0210517A" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="6FF4FD85" w14:textId="0210517A" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienten </w:t>
       </w:r>
       <w:r w:rsidR="7C626ACD" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ska undvika att gå barfota </w:t>
       </w:r>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="06C70563" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">uppmuntra </w:t>
       </w:r>
       <w:r w:rsidR="33E103F4" w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>att använda</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> strumpor eller egna tofflor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27160587" w14:textId="45A240FF" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="27160587" w14:textId="45A240FF" w:rsidR="7E49597E" w:rsidRPr="001D0A88" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Se även </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>isoleringsschemat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D0A88">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (separat dokument). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE9FDC3" w14:textId="3615716C" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14904918" w14:textId="53FC7F23" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="14904918" w14:textId="53FC7F23" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.5 Tarmfunktion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D61061" w14:textId="1495244B" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="38D61061" w14:textId="1495244B" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Tala om för patienten att informera personalen vid eventuella tarmbesvär. Be patienten att informera personalen när magen sköts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3F5A15" w14:textId="25B73B54" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="4F3F5A15" w14:textId="25B73B54" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Laxantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan ges profylaktiskt och bör sättas in som vid behovs ordination i tidigt skede. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4412A23B" w14:textId="781682E8" w:rsidR="7A6EC02A" w:rsidRPr="006B6538" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20EA086A" w14:textId="3218D626" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="20EA086A" w14:textId="3218D626" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.6 Nutrition </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F02F6CF" w14:textId="59DD03E2" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="6F02F6CF" w14:textId="59DD03E2" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Infektionskänsliga patienter serveras mat först. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044E8FE1" w14:textId="5CF1C395" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="044E8FE1" w14:textId="5CF1C395" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="000F19C2">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Livsmedel så som </w:t>
       </w:r>
       <w:r w:rsidR="003D0845" w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>bland annat</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kaviar, sylt, smör och saft serveras i portionsförpackningar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D1704F" w14:textId="60DA6056" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="34D1704F" w14:textId="60DA6056" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Egen mat förvaras i rummet, i patientkylen. Om rummet saknar kyl ska maten förvaras i den gemensamma patientkylen i dagrummet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF1B1DD" w14:textId="4C1B209E" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="7AF1B1DD" w14:textId="4C1B209E" w:rsidR="7E49597E" w:rsidRPr="006B6538" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Se separat, särskild rutin för nutrition vid infektionskänslighet: </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mat och livsmedelshantering för infektionskänsliga patienter, avd</w:t>
       </w:r>
       <w:r w:rsidR="007152D2">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>elning</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6538">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 45. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5910D064" w14:textId="3ECF31F3" w:rsidR="7A6EC02A" w:rsidRPr="00CF4687" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53B36790" w14:textId="5055694F" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="53B36790" w14:textId="5055694F" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>1.7 Transport</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55217119" w14:textId="7A33488F" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="55217119" w14:textId="7A33488F" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007573B0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienttransportör/personal som transporterar patient ska alltid bära munskydd under transporten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367FFB34" w14:textId="2732D9C6" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="367FFB34" w14:textId="2732D9C6" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007573B0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid bokning i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007573B0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Columna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007573B0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: ange att transportören ska bära munskydd. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501FA89D" w14:textId="5B5419F5" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="501FA89D" w14:textId="5B5419F5" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007573B0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienten ska bära FFP3-munskydd vid transport samt i vistelse av gemensamma utrymmen: t</w:t>
       </w:r>
       <w:r w:rsidR="003D0845">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ill </w:t>
       </w:r>
       <w:r w:rsidRPr="007573B0">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ex</w:t>
       </w:r>
       <w:r w:rsidR="003D0845">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
@@ -1372,1226 +1379,1241 @@
       <w:r w:rsidRPr="007211A9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007211A9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Daglig inspektion av sjuksköterska och undersköterska</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45469B81" w14:textId="4C202657" w:rsidR="46DEEE36" w:rsidRPr="00CF4687" w:rsidRDefault="46DEEE36" w:rsidP="001D0A88">
+    <w:p w14:paraId="45469B81" w14:textId="4C202657" w:rsidR="46DEEE36" w:rsidRPr="00CF4687" w:rsidRDefault="46DEEE36" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:ind w:left="709"/>
+        <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Informera</w:t>
       </w:r>
       <w:r w:rsidR="7E49597E" w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> patienten om vad hen själv ska vara observant på. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E2BF23" w14:textId="46BC8A3A" w:rsidR="7A6EC02A" w:rsidRPr="00CF4687" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5079707B" w14:textId="5481E945" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="5079707B" w14:textId="5481E945" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.1 Munhåla</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C37981D" w14:textId="62953D72" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="4C37981D" w14:textId="62953D72" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Inspektera läppar och hela munhålan varje morgon. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE20C41" w14:textId="0848FC10" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="4FE20C41" w14:textId="0848FC10" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Använd pinne vid behov samt ficklampa. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57ED12AE" w14:textId="60AF3382" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="57ED12AE" w14:textId="60AF3382" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Notera beläggningar, sår sprickor, slemhinneförändringar, svamp och blåsor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7324F291" w14:textId="6E8B5C06" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="7324F291" w14:textId="6E8B5C06" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Fråga patienten om eventuella smakförändringar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66AFE6D2" w14:textId="2C24416F" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="66AFE6D2" w14:textId="2C24416F" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapportera avvikelser till ansvarig läkare. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C7FA10" w14:textId="232DEABA" w:rsidR="7A6EC02A" w:rsidRPr="00CF4687" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="775B7A95" w14:textId="16D7CB43" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="775B7A95" w14:textId="16D7CB43" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00005620">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4687">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2 Hudkostym </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65FDA36E" w14:textId="1251A540" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+    <w:p w14:paraId="65FDA36E" w14:textId="1251A540" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspektera hela hudkostymen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A1D591" w14:textId="12AF146C" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bedöm torrhet, sår, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>petekier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt instickställen (CVK, PVK, drän </w:t>
+      </w:r>
+      <w:r w:rsidR="007152D2" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>etcetera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E686C8E" w14:textId="095711F7" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera naglar och nagelband. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E691773" w14:textId="4383F658" w:rsidR="7A6EC02A" w:rsidRPr="00CF4687" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03DC54D2" w14:textId="2F40FD2A" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.3 Stjärtvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160FB51E" w14:textId="1992EA35" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inspektera dagligen efter sprickor, hemorrojder eller abscesser. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D96FC76" w14:textId="4A733D59" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informera patienten om att tvätta noggrant efter toalettbesök. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0991CDE8" w14:textId="3D7FCA21" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid behov: smörja in med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Inotyol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Xyloproct</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6112049B" w14:textId="0E3EE56B" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Undvik alltid rektaltemp, rektalpalpation och stolpiller.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAD6438" w14:textId="697D1190" w:rsidR="7A6EC02A" w:rsidRPr="00CF4687" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74FC2D64" w14:textId="243CCBF3" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7020">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7020">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Personalrutiner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEA578B" w14:textId="0C42353D" w:rsidR="7A6EC02A" w:rsidRPr="00CF4687" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5087C4E2" w14:textId="39233952" w:rsidR="7E49597E" w:rsidRPr="007152D2" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007152D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Infektionskänsliga patienter prioriteras vid omvårdnadsarbetet om situationen tillåter. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DC6337" w14:textId="49564888" w:rsidR="7E49597E" w:rsidRPr="007152D2" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007152D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Infektionskänsliga patienter ska serveras alla måltider först – alltid. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C2FBCF" w14:textId="4D4D2C68" w:rsidR="7E49597E" w:rsidRPr="007152D2" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007152D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Basala hygienrutiner ska alltid tillämpas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F871B4" w14:textId="74FAC53D" w:rsidR="7E49597E" w:rsidRPr="007152D2" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007152D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dörrarna mellan patientrum-sluss-korridor (gäller isoleringsrummen) ska alltid vara stängda. Undantag får göras av ansvarig läkare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DFB2C4" w14:textId="2E9CA838" w:rsidR="7E49597E" w:rsidRPr="007152D2" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007152D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Munskydd ska användas på alla kliniker där patienten vårdas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D5DD0F" w14:textId="572DA026" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A"/>
+    <w:p w14:paraId="37E5C234" w14:textId="49595F1D" w:rsidR="7E49597E" w:rsidRPr="00C34698" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34698">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>4. Anhöriga</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5358AF" w14:textId="7CD0869D" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="007152D2">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBCBE9C" w14:textId="2C9A1F31" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ska anmäla sig hos ansvarig sjuksköterska före besök. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B8295D" w14:textId="43F9031E" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ytterkläder ska lämnas i slussen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626D73A3" w14:textId="564C5193" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ingen med pågående infektion får besöka patienten</w:t>
+      </w:r>
+      <w:r w:rsidR="5F8C1D4D" w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CC5995" w14:textId="01DAFCBB" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blomsterförbud råder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768814A1" w14:textId="15F6A69C" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Munskydd ska användas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3671EB10" w14:textId="0DF2F161" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Besök av små barn sker i samråd med ansvarig läkare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ABBF93" w14:textId="3C306C22" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CFD786" w14:textId="5DA520FA" w:rsidR="7E49597E" w:rsidRPr="00C34698" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34698">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Feber </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D2A65E" w14:textId="7F304B51" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B45ECA0" w14:textId="1F62DFB1" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid feber ≥38,5 °C eller frossa (eller enligt läkarordination): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092BB367" w14:textId="30423847" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ta blododlingar omedelbart</w:t>
+      </w:r>
+      <w:r w:rsidR="00670C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5498E52D" w14:textId="250059C3" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om ingen central infart: Ta fyra flaskor perifert. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015F5FBC" w14:textId="4332E0D8" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid central infart: Ta två perifert och två centralt). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC93E36" w14:textId="52534382" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta urinodling samt eventuellt SARS-cov-2/Influensa/RSV PCR, NPH-odling, CRP+LPK. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDF85E9" w14:textId="66FD6FDA" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4687">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Urinodling ska tas men får inte fördröja antibiotikainsättning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292992A5" w14:textId="22A84F25" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D18B729" w14:textId="3EFAB2CD" w:rsidR="7E49597E" w:rsidRPr="00C34698" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34698">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>6. Antibiotikabehandling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3923C0E2" w14:textId="2862BAF0" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A"/>
+    <w:p w14:paraId="5D22D7CF" w14:textId="5F7CAC7D" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontakta läkaren för eventuell byte av antibiotika eller insättning av antibiotika. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5932C5AB" w14:textId="548C8E1C" w:rsidR="7E49597E" w:rsidRPr="007573B0" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antibiotika ska administreras direkt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>efter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tagna odlingar (se punkt 5.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFFD12B" w14:textId="610B161F" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08A06C40" w14:textId="5E1FE08D" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21F8F227" w14:textId="575ED388" w:rsidR="7E49597E" w:rsidRPr="00C34698" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34698">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>7. Direktinläggning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F4FB70" w14:textId="53A210B3" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD6859C" w14:textId="1F67E038" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ankomst NEWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69637D6F" w14:textId="77777777" w:rsidR="00A95792" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Odlingsprover enligt ovan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54587C94" w14:textId="42D2E66A" w:rsidR="7E49597E" w:rsidRPr="00A95792" w:rsidRDefault="7E49597E" w:rsidP="00670C6C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E03784">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Labprover </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>efter ordination av hematologläkare</w:t>
+      </w:r>
+      <w:r w:rsidR="4DB333B0" w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="4DB333B0" w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">roverna ska </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>akutmärkas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt bevakas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00473B7C" w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>framför allt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p</w:t>
+      </w:r>
+      <w:r w:rsidR="008B09D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>å grund av</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95792">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eventuellt transfusionsbehov. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229611BA" w14:textId="78F66255" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF4687">
-[...6 lines deleted...]
-    <w:p w14:paraId="22A1D591" w14:textId="12AF146C" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om ej central infart: sätt PVK. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18112DDB" w14:textId="77D01D40" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF4687">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Bedöm torrhet, sår, </w:t>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Informera om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CF4687">
-[...3 lines deleted...]
-        <w:t>petekier</w:t>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>isoleringsrutin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CF4687">
-[...18 lines deleted...]
-    <w:p w14:paraId="7E686C8E" w14:textId="095711F7" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5820A812" w14:textId="3B67F991" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF4687">
-[...33 lines deleted...]
-    <w:p w14:paraId="160FB51E" w14:textId="1992EA35" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Påbörja sjuksköterske-inskrivning samt planering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24114F73" w14:textId="14D2769F" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF4687">
-[...6 lines deleted...]
-    <w:p w14:paraId="2D96FC76" w14:textId="4A733D59" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Påbörja kontroller enligt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>isoleringsschemat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A19B9BE" w14:textId="3CDCA94B" w:rsidR="413507ED" w:rsidRPr="007573B0" w:rsidRDefault="413507ED" w:rsidP="7A6EC02A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF4687">
-[...6 lines deleted...]
-    <w:p w14:paraId="0991CDE8" w14:textId="3D7FCA21" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:r w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eventuellt kontakt med </w:t>
+      </w:r>
+      <w:r w:rsidR="0CB61E68" w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>infektionsjour/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0CB61E68" w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>husjour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0CB61E68" w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på medicin för klinisk bedömning av patienten om inläggning sker </w:t>
+      </w:r>
+      <w:r w:rsidR="6618DAE7" w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>under jourtid.</w:t>
+      </w:r>
+      <w:r w:rsidR="7164CE0A" w:rsidRPr="007573B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263B07E9" w14:textId="5C84194C" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37E36D24" w14:textId="1A491532" w:rsidR="7E49597E" w:rsidRPr="00C34698" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34698">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>8. Transfusioner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B20B406" w14:textId="6CDB249B" w:rsidR="7A6EC02A" w:rsidRDefault="7A6EC02A" w:rsidP="7A6EC02A"/>
+    <w:p w14:paraId="7DB8022A" w14:textId="18D94281" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="00C1513F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="6112049B" w14:textId="0E3EE56B" w:rsidR="7E49597E" w:rsidRPr="00CF4687" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+        <w:ind w:left="709" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trombocyt- och blodtransfusion ges enligt läkarordination eller befintligt vid behovs ordination med särskilt direktiv. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2778C9D5" w14:textId="4A67612B" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="00C1513F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="5087C4E2" w14:textId="39233952" w:rsidR="7E49597E" w:rsidRPr="007152D2" w:rsidRDefault="7E49597E" w:rsidP="7A6EC02A">
+        <w:ind w:left="709" w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Kontrollera blodgrupperingskort för särskilda instruktioner (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52D0F" w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>till exempel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003354CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MG-testare, bestrålat blod). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B03ED9" w14:textId="53EB65D9" w:rsidR="7E49597E" w:rsidRPr="003354CA" w:rsidRDefault="7E49597E" w:rsidP="00C1513F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
-[...777 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:ind w:left="709" w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003354CA">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Kontrollera vid behovs ordination i läkemedelsmodulen för eventuell profylax för transfusionsreaktion (</w:t>
       </w:r>
       <w:r w:rsidR="00E52D0F" w:rsidRPr="003354CA">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t>till exempel</w:t>
       </w:r>
       <w:r w:rsidRPr="003354CA">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Calibri" w:hAnsi="Georgia" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009C6FD3">
         <w:rPr>
@@ -2617,65 +2639,65 @@
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="7A6EC02A" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="093DB1C6" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
+    <w:p w14:paraId="334AE5C6" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DF777A1" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
+    <w:p w14:paraId="330BCE54" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7655F9FF" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
+    <w:p w14:paraId="3655EE1D" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2940,51 +2962,51 @@
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1276DC9F" w14:textId="29D09C3C" w:rsidR="00660269" w:rsidRDefault="00420594" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43068369" wp14:editId="328DA6AE">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43068369" wp14:editId="328DA6AE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4600575</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>57150</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="4" name="Bildobjekt 4">
@@ -3014,85 +3036,85 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7048A90C" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF"/>
+    <w:p w14:paraId="6EC9D109" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0648D6E3" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
+    <w:p w14:paraId="7BDFFB2E" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4C307150" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
+    <w:p w14:paraId="48B1F23C" w14:textId="77777777" w:rsidR="006B51AF" w:rsidRDefault="006B51AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C4CFA48" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ADEF04D" wp14:editId="15B5825B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ADEF04D" wp14:editId="15B5825B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3122,100 +3144,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3ADEF04D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="112E1A63" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76320E43" w14:textId="6CD64C74" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="322E9F6B" wp14:editId="743FFB0B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="322E9F6B" wp14:editId="743FFB0B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3253,51 +3275,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="322E9F6B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="7A6DE677" w14:textId="77777777" w:rsidR="00413A60" w:rsidRPr="00ED51F8" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00ED51F8">
                       <w:rPr>
                         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19" w:rsidRPr="00ED51F8">
                       <w:rPr>
                         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
@@ -8275,77 +8297,80 @@
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="00005620"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00011BD2"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005545F"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="0007329F"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C2575"/>
     <w:rsid w:val="000C52C0"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F19C2"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00170CB3"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
@@ -8376,50 +8401,51 @@
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002A7BD0"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="003354CA"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="00340DA0"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00382C86"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D0845"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
@@ -8430,88 +8456,91 @@
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00450710"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00473B7C"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E7FB0"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="00500BB6"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="006006EB"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
+    <w:rsid w:val="00615ABE"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00670C6C"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B51AF"/>
     <w:rsid w:val="006B6538"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007152D2"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007211A9"/>
     <w:rsid w:val="007221C2"/>
@@ -8523,50 +8552,51 @@
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="007573B0"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="0086027A"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00865BA0"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B09D1"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
@@ -8634,57 +8664,59 @@
     <w:rsid w:val="00B01BA3"/>
     <w:rsid w:val="00B02558"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA4F23"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C1513F"/>
     <w:rsid w:val="00C34698"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C51A05"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C63E60"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
@@ -8723,50 +8755,51 @@
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED51F8"/>
     <w:rsid w:val="00ED5EB1"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F20ADB"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F80C49"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="03D03365"/>
     <w:rsid w:val="06C70563"/>
     <w:rsid w:val="0776F9ED"/>
     <w:rsid w:val="07F4D865"/>
     <w:rsid w:val="0CB61E68"/>
     <w:rsid w:val="120CAB15"/>
     <w:rsid w:val="138C4A7F"/>
     <w:rsid w:val="164CBA75"/>
     <w:rsid w:val="166EA75B"/>
     <w:rsid w:val="1A948F29"/>
     <w:rsid w:val="1BE0E25D"/>
     <w:rsid w:val="1CB40517"/>
     <w:rsid w:val="226A4331"/>
@@ -11655,56 +11688,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>806</Words>
-  <Characters>5130</Characters>
+  <Words>652</Words>
+  <Characters>5285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
-  <Paragraphs>118</Paragraphs>
+  <Lines>377</Lines>
+  <Paragraphs>296</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5818</CharactersWithSpaces>
+  <CharactersWithSpaces>5641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Isoleringsrutiner för infektionskänsliga patienter</dc:title>
   <dc:subject/>
   <dc:creator>Jonatan Robertsson</dc:creator>
   <keywords/>
   <lastModifiedBy>Jonatan Robertsson</lastModifiedBy>
-  <revision>40</revision>
+  <revision>47</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>