--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3EBFE9C4" w14:textId="77777777" w:rsidR="00B85B0F" w:rsidRDefault="00B85B0F" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00B85B0F" w:rsidSect="00B85B0F">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="2BBD2219" w14:textId="49443294" w:rsidR="00B85B0F" w:rsidRPr="00B85B0F" w:rsidRDefault="00B85B0F" w:rsidP="00B85B0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -268,1177 +268,1717 @@
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>15343</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C500AF" w14:textId="18D1A665" w:rsidR="00B85B0F" w:rsidRDefault="00C4494E" w:rsidP="00C4494E">
+    <w:p w14:paraId="45C500AF" w14:textId="18D1A665" w:rsidR="00B85B0F" w:rsidRPr="00F026A2" w:rsidRDefault="00C4494E" w:rsidP="00C4494E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00B85B0F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F026A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Akutbesök för patienter i cytopen fas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDEC485" w14:textId="73A142DC" w:rsidR="00C4494E" w:rsidRDefault="00C4494E" w:rsidP="00C4494E">
+    <w:p w14:paraId="2C1414D2" w14:textId="77777777" w:rsidR="00F026A2" w:rsidRPr="00F026A2" w:rsidRDefault="00F026A2" w:rsidP="00F026A2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F026A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4159C62A" w14:textId="7562FEAF" w:rsidR="00F026A2" w:rsidRPr="007678F7" w:rsidRDefault="00F026A2" w:rsidP="00F026A2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ändrade kontaktuppgifter. Utökad information gällande även låga trombocyter och lågt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hb-värde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDEC485" w14:textId="4F350DA8" w:rsidR="00C4494E" w:rsidRPr="00F026A2" w:rsidRDefault="00C4494E" w:rsidP="00C4494E">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F026A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125DAC6D" w14:textId="3CF94CE8" w:rsidR="00C4494E" w:rsidRPr="00C4494E" w:rsidRDefault="0078079D" w:rsidP="00C4494E">
-      <w:r>
+    <w:p w14:paraId="125DAC6D" w14:textId="3CF94CE8" w:rsidR="00C4494E" w:rsidRPr="007678F7" w:rsidRDefault="0078079D" w:rsidP="00C4494E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Hur man handlägger patienter</w:t>
       </w:r>
-      <w:r w:rsidR="00A20E25">
+      <w:r w:rsidR="00A20E25" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00510C2A">
+      <w:r w:rsidR="00510C2A" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>med pågående</w:t>
       </w:r>
-      <w:r w:rsidR="00C627AB">
+      <w:r w:rsidR="00C627AB" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> behandling på hematolog</w:t>
       </w:r>
-      <w:r w:rsidR="00510C2A">
+      <w:r w:rsidR="00510C2A" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>mottagningen eller dagvården</w:t>
       </w:r>
-      <w:r w:rsidR="00013CA8">
+      <w:r w:rsidR="00013CA8" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> som är i behov av vård</w:t>
       </w:r>
-      <w:r w:rsidR="485E6593">
+      <w:r w:rsidR="485E6593" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> på grund av låga vita blodkroppar, låga trombocyter eller uttalad anemi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFA94B0" w14:textId="37812A6F" w:rsidR="00C4494E" w:rsidRDefault="00C4494E" w:rsidP="00C4494E">
+    <w:p w14:paraId="1B8903D6" w14:textId="6C3CBA97" w:rsidR="00C4494E" w:rsidRPr="00F026A2" w:rsidRDefault="00C4494E" w:rsidP="00C4494E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Förändringar sedan föregående version</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F026A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D57261C" w14:textId="15A1C3A0" w:rsidR="00C4494E" w:rsidRPr="00C4494E" w:rsidRDefault="2FD0B554" w:rsidP="00F71864">
-[...26 lines deleted...]
-    <w:p w14:paraId="3DA7AEA2" w14:textId="7DB4ACFE" w:rsidR="00C4494E" w:rsidRPr="00C4494E" w:rsidRDefault="00A32080" w:rsidP="00A32080">
+    <w:p w14:paraId="3DA7AEA2" w14:textId="4A14EDBD" w:rsidR="00C4494E" w:rsidRPr="007678F7" w:rsidRDefault="00A32080" w:rsidP="00A32080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Patienter som behandlas på </w:t>
       </w:r>
-      <w:r w:rsidR="001B0C08">
+      <w:r w:rsidR="001B0C08" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="6BB85C2C">
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ematologsektionen i Uddevalla har alla fått anmodan om att höra av sig till enheten vid feberepisoder (&gt;38</w:t>
+      </w:r>
+      <w:r w:rsidR="002656C0" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>gr</w:t>
+      </w:r>
+      <w:r w:rsidR="002656C0" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ader</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) eller andra akuta problem som </w:t>
+      </w:r>
+      <w:r w:rsidR="4F7D0ED5" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="002656C0" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ill </w:t>
+      </w:r>
+      <w:r w:rsidR="4F7D0ED5" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ex</w:t>
+      </w:r>
+      <w:r w:rsidR="002656C0" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>empel</w:t>
+      </w:r>
+      <w:r w:rsidR="4F7D0ED5" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blödningar</w:t>
+      </w:r>
+      <w:r w:rsidR="6BB85C2C" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">, bröstsmärta och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="6BB85C2C">
+      <w:r w:rsidR="6BB85C2C" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>dyspn</w:t>
       </w:r>
-      <w:r w:rsidR="005D712A">
+      <w:r w:rsidR="005D712A" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="4F7D0ED5">
+      <w:r w:rsidR="4F7D0ED5" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> som </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">kan ha samband med deras sjukdom eller behandling. Dagtid hör dessa patienter av sig till </w:t>
       </w:r>
-      <w:r w:rsidR="001B0C08">
+      <w:r w:rsidR="001B0C08" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>sjuk</w:t>
       </w:r>
-      <w:r w:rsidR="721EF290">
+      <w:r w:rsidR="721EF290" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">sköterska på </w:t>
       </w:r>
-      <w:r w:rsidR="001B0C08">
+      <w:r w:rsidR="001B0C08" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">agvården och efter kontorstid handhas dessa ärenden via </w:t>
       </w:r>
-      <w:r w:rsidR="6C620FD4">
+      <w:r w:rsidR="6C620FD4" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">sköterska på </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>avd</w:t>
       </w:r>
-      <w:r w:rsidR="00E720AC">
+      <w:r w:rsidR="00E720AC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>elning</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="4E6506D2">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="002656C0" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="4E6506D2" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="27D5B663">
+      <w:r w:rsidR="27D5B663" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Hematolog</w:t>
       </w:r>
-      <w:r w:rsidR="2ECF816E">
+      <w:r w:rsidR="2ECF816E" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>konsult/hematologbakjour</w:t>
       </w:r>
-      <w:r w:rsidR="27D5B663">
+      <w:r w:rsidR="27D5B663" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>avgör därefter vidare handläggning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125726A5" w14:textId="1C1741F7" w:rsidR="00B85B0F" w:rsidRPr="00B85B0F" w:rsidRDefault="00C4494E" w:rsidP="00A32080">
+    <w:p w14:paraId="125726A5" w14:textId="1C1741F7" w:rsidR="00B85B0F" w:rsidRPr="00F026A2" w:rsidRDefault="00C4494E" w:rsidP="00A32080">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F026A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB7710A" w14:textId="6C94AF56" w:rsidR="00B85B0F" w:rsidRDefault="54BD641C" w:rsidP="00A32080">
+    <w:p w14:paraId="1AAD3CE2" w14:textId="77777777" w:rsidR="00FA03DB" w:rsidRPr="007678F7" w:rsidRDefault="54BD641C" w:rsidP="00FA03DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Stabila p</w:t>
       </w:r>
-      <w:r w:rsidR="00B85B0F">
-[...7 lines deleted...]
-      <w:r w:rsidR="00B85B0F">
+      <w:r w:rsidR="00B85B0F" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atienter med feber och känd eller befarad neutropeni </w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rekommenderas </w:t>
+      </w:r>
+      <w:r w:rsidR="0CFBB2EA" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">höra av sig till </w:t>
+      </w:r>
+      <w:r w:rsidR="00A666D6" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sjuk</w:t>
+      </w:r>
+      <w:r w:rsidR="0CFBB2EA" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sköterska på dagvården/avd</w:t>
+      </w:r>
+      <w:r w:rsidR="00E720AC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elning</w:t>
+      </w:r>
+      <w:r w:rsidR="0CFBB2EA" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="1E9BB3B1">
-[...11 lines deleted...]
-      <w:r w:rsidR="00E720AC">
+      <w:r w:rsidR="0A277B1E" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="0CFBB2EA" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beroende på tid på dygnet.</w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A666D6" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sjuks</w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>köterska på dagvården/avd</w:t>
+      </w:r>
+      <w:r w:rsidR="00E720AC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eln</w:t>
+      </w:r>
+      <w:r w:rsidR="45A2E41E" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ing 45</w:t>
+      </w:r>
+      <w:r w:rsidR="45BE33D9" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontaktar därefter hematologkonsult/hematologbakjour</w:t>
+      </w:r>
+      <w:r w:rsidR="1B2993BB" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. O</w:t>
+      </w:r>
+      <w:r w:rsidR="6997EFE5" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m patienten bedöms vara i behov av läkarbedömning/inläggning </w:t>
+      </w:r>
+      <w:r w:rsidR="721A3ACF" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kan patienten vid plats komma direkt till avd</w:t>
+      </w:r>
+      <w:r w:rsidR="005B4DA4" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>elning</w:t>
       </w:r>
-      <w:r w:rsidR="0CFBB2EA">
-[...90 lines deleted...]
-        <w:t>på enkelrum. Patienten ska alltså inte anmäla sig i luckan och sitta och vänta i väntrummet.</w:t>
+      <w:r w:rsidR="721A3ACF" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A63CD88" w14:textId="77777777" w:rsidR="00877376" w:rsidRPr="00B85B0F" w:rsidRDefault="00877376" w:rsidP="00A32080">
+    <w:p w14:paraId="1B36829C" w14:textId="77777777" w:rsidR="00FA03DB" w:rsidRPr="007678F7" w:rsidRDefault="00FA03DB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB7710A" w14:textId="6937C2BC" w:rsidR="00B85B0F" w:rsidRPr="007678F7" w:rsidRDefault="721A3ACF" w:rsidP="00FA03DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Om det inte finns någon ledig plats för direktinläggning eller om patienten inte bedöms som stabil </w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>meddela</w:t>
+      </w:r>
+      <w:r w:rsidR="334973E3" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="3A766D19" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>akut</w:t>
+      </w:r>
+      <w:r w:rsidR="7E9EF18D" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mottagningen</w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2E6F8272" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ledningssköterskan) </w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>att patienten är på väg dit</w:t>
+      </w:r>
+      <w:r w:rsidR="76651CAD" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="1E9BB3B1" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0DB0375B" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="2A7D11AC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformation om </w:t>
+      </w:r>
+      <w:r w:rsidR="666BC140" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>vart</w:t>
+      </w:r>
+      <w:r w:rsidR="2A7D11AC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patienten ska </w:t>
+      </w:r>
+      <w:r w:rsidR="03133ECA" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>gå</w:t>
+      </w:r>
+      <w:r w:rsidR="6921F6DD" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7FC90DE6" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>förmedlas till patienten så att he</w:t>
+      </w:r>
+      <w:r w:rsidR="79BD6145" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="6921F6DD" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1AF3B346" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="3AEC6621" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="6921F6DD" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tas in </w:t>
+      </w:r>
+      <w:r w:rsidR="3AB262DB" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direkt </w:t>
+      </w:r>
+      <w:r w:rsidR="6921F6DD" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>på enkelrum. Patienten ska alltså inte anmäla sig i luckan och sitta och vänta i väntrummet.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="217841A6" w14:textId="71F36E19" w:rsidR="00B85B0F" w:rsidRDefault="73DAFD03" w:rsidP="00A34E11">
+    <w:p w14:paraId="1A63CD88" w14:textId="77777777" w:rsidR="00877376" w:rsidRPr="007678F7" w:rsidRDefault="00877376" w:rsidP="00A32080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-[...59 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AFAE1B0" w14:textId="77777777" w:rsidR="009132A6" w:rsidRPr="00B85B0F" w:rsidRDefault="009132A6" w:rsidP="00A32080">
+    <w:p w14:paraId="217841A6" w14:textId="1B84308D" w:rsidR="00B85B0F" w:rsidRPr="007678F7" w:rsidRDefault="73DAFD03" w:rsidP="00A34E11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inskrivning av stabil patient med </w:t>
+      </w:r>
+      <w:r w:rsidR="5A225B2A" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neutropen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">feber </w:t>
+      </w:r>
+      <w:r w:rsidR="4503FF33" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">till vårdavdelning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kan göras direkt från dagvården när det är möjligt.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A34E11" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patienter som på grund av sjukdom och/eller behandling har låga trombocyter och börjar blöda ska kontakta sjuksköterska på dagvården/</w:t>
+      </w:r>
+      <w:r w:rsidR="00877376" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>avdelning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4A5D9BB4" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beroende på tid på </w:t>
+      </w:r>
+      <w:r w:rsidR="2A644A1A" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dygnet. Hematologkonsult/bakjour kontaktas då och tar ställning till om patienten kan komma till dagvården för kontroll och </w:t>
+      </w:r>
+      <w:r w:rsidR="05FF5330" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ev</w:t>
+      </w:r>
+      <w:r w:rsidR="009132A6" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>entuell</w:t>
+      </w:r>
+      <w:r w:rsidR="2A644A1A" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trombocyttransfusion alternativt behöver söka</w:t>
+      </w:r>
+      <w:r w:rsidR="7D6DC20C" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vård på akutmottagningen för bedömning, provtagning och </w:t>
+      </w:r>
+      <w:r w:rsidR="40BC75C7" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ev</w:t>
+      </w:r>
+      <w:r w:rsidR="009132A6" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>entuell</w:t>
+      </w:r>
+      <w:r w:rsidR="7D6DC20C" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> åtgärd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFAE1B0" w14:textId="77777777" w:rsidR="009132A6" w:rsidRPr="007678F7" w:rsidRDefault="009132A6" w:rsidP="00A32080">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="3F7CF7F1" w14:textId="55E99D5A" w:rsidR="7D6DC20C" w:rsidRDefault="7D6DC20C" w:rsidP="2FC0E670">
+    <w:p w14:paraId="3F7CF7F1" w14:textId="0BC1B890" w:rsidR="7D6DC20C" w:rsidRPr="007678F7" w:rsidRDefault="7D6DC20C" w:rsidP="2FC0E670">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:r w:rsidR="00A34E11">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patienter som på grund av sjukdom och/eller behandling har lågt Hb</w:t>
+      </w:r>
+      <w:r w:rsidR="00A34E11" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00A34E11">
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">värde rekommenderas höra av sig till </w:t>
+      </w:r>
+      <w:r w:rsidR="00A34E11" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>sjuk</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>sköterska på dagvården/</w:t>
       </w:r>
-      <w:r w:rsidR="00877376">
+      <w:r w:rsidR="00877376" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>avdelning</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="363042FC">
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="23A116F2" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> om tilltagande symtom i form av andfåd</w:t>
+      </w:r>
+      <w:r w:rsidR="363042FC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">dhet eller bröstsmärta. </w:t>
       </w:r>
-      <w:r w:rsidR="00A34E11">
+      <w:r w:rsidR="00A34E11" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Sjuks</w:t>
       </w:r>
-      <w:r w:rsidR="363042FC">
+      <w:r w:rsidR="363042FC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">köterska kontaktar då hematologkonsult/bakjour som beslutar om patienten kan komma till dagvården för klinisk kontroll, provtagning och </w:t>
       </w:r>
-      <w:r w:rsidR="31F588E4">
+      <w:r w:rsidR="31F588E4" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ev</w:t>
       </w:r>
-      <w:r w:rsidR="00A666D6">
+      <w:r w:rsidR="00A666D6" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>entuell</w:t>
       </w:r>
-      <w:r w:rsidR="31F588E4">
+      <w:r w:rsidR="31F588E4" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6BB852C3">
+      <w:r w:rsidR="6BB852C3" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>blod</w:t>
       </w:r>
-      <w:r w:rsidR="363042FC">
+      <w:r w:rsidR="363042FC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>transfu</w:t>
       </w:r>
-      <w:r w:rsidR="58A1F1CA">
+      <w:r w:rsidR="58A1F1CA" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="363042FC">
+      <w:r w:rsidR="363042FC" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ion eller om p</w:t>
       </w:r>
-      <w:r w:rsidR="6E6E91C9">
-        <w:t>atienten behöver komma till akutmottagningen för bedömning i form av klinisk kontroll, provtagning och ställningstagande till transfusion och /eller inläggning på vårdavdelning.</w:t>
+      <w:r w:rsidR="6E6E91C9" w:rsidRPr="007678F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>atienten behöver komma till akutmottagningen för bedömning i form av klinisk kontroll, provtagning och ställningstagande till transfusion och/eller inläggning på vårdavdelning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00B85B0F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DC7D594" w14:textId="77777777" w:rsidR="00AC243A" w:rsidRDefault="00AC243A">
+    <w:p w14:paraId="1A0340CE" w14:textId="77777777" w:rsidR="005D693C" w:rsidRDefault="005D693C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="306AA455" w14:textId="77777777" w:rsidR="00AC243A" w:rsidRDefault="00AC243A">
+    <w:p w14:paraId="06434345" w14:textId="77777777" w:rsidR="005D693C" w:rsidRDefault="005D693C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A784729" w14:textId="77777777" w:rsidR="00AC243A" w:rsidRDefault="00AC243A">
+    <w:p w14:paraId="6F28D8D2" w14:textId="77777777" w:rsidR="005D693C" w:rsidRDefault="005D693C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w14:paraId="47BD2091" w14:textId="326E4C0C" w:rsidR="00C50EE5" w:rsidRPr="00A634FB" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00A634FB">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+          <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  (</w:t>
+        </w:r>
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidR="00A634FB" w:rsidRPr="00A634FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>)</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="111E4FE1" w:rsidR="00660269" w:rsidRDefault="008E5466" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52EB330B" wp14:editId="1DF2418D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4643820</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-8062</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Bildobjekt 3">
+          <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="4" name="Bildobjekt 4">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0479132D" w14:textId="77777777" w:rsidR="00AC243A" w:rsidRDefault="00AC243A"/>
+    <w:p w14:paraId="6906C19E" w14:textId="77777777" w:rsidR="005D693C" w:rsidRDefault="005D693C"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6807FD97" w14:textId="77777777" w:rsidR="00AC243A" w:rsidRDefault="00AC243A">
+    <w:p w14:paraId="59965723" w14:textId="77777777" w:rsidR="005D693C" w:rsidRDefault="005D693C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="129FD08E" w14:textId="77777777" w:rsidR="00AC243A" w:rsidRDefault="00AC243A">
+    <w:p w14:paraId="5DD7E846" w14:textId="77777777" w:rsidR="005D693C" w:rsidRDefault="005D693C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRPr="00A634FB" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00762EE0">
+                          <w:r w:rsidRPr="00A634FB">
                             <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r w:rsidR="00367D19" w:rsidRPr="00A634FB">
                             <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRPr="00A634FB" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00762EE0">
+                    <w:r w:rsidRPr="00A634FB">
                       <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r w:rsidR="00367D19" w:rsidRPr="00A634FB">
                       <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="006BEE5A" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00BA2C47" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00762EE0">
+                          <w:r w:rsidRPr="00BA2C47">
                             <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r w:rsidR="00367D19" w:rsidRPr="00BA2C47">
                             <w:rPr>
+                              <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00BA2C47" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00762EE0">
+                    <w:r w:rsidRPr="00BA2C47">
                       <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r w:rsidR="00367D19" w:rsidRPr="00BA2C47">
                       <w:rPr>
+                        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3482,98 +4022,99 @@
   <w:num w:numId="13" w16cid:durableId="481392628">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="25178974">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="48963412">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="854656345">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2118481146">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1961959536">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="156918229">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00013CA8"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00021F6A"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
@@ -3593,50 +4134,51 @@
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B0C08"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E2751"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="002656C0"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
@@ -3688,215 +4230,221 @@
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00510C2A"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00525752"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B4DA4"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D693C"/>
     <w:rsid w:val="005D712A"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="007678F7"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078079D"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00877376"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
+    <w:rsid w:val="008E5466"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="009132A6"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A20E25"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A32080"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A34E11"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A634FB"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A666D6"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC243A"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B85B0F"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA2C47"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C4494E"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C627AB"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
@@ -3924,192 +4472,206 @@
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E720AC"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F026A2"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F71864"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA03DB"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="03133ECA"/>
     <w:rsid w:val="032A3B54"/>
     <w:rsid w:val="03DB3816"/>
     <w:rsid w:val="05FF5330"/>
+    <w:rsid w:val="0A277B1E"/>
     <w:rsid w:val="0BE649FB"/>
     <w:rsid w:val="0C65E994"/>
     <w:rsid w:val="0CD11D9A"/>
     <w:rsid w:val="0CFBB2EA"/>
     <w:rsid w:val="0DB0375B"/>
     <w:rsid w:val="1008BE5C"/>
     <w:rsid w:val="14DC2F7F"/>
     <w:rsid w:val="1677FFE0"/>
     <w:rsid w:val="19DDD2C3"/>
     <w:rsid w:val="1AF3B346"/>
     <w:rsid w:val="1B2993BB"/>
     <w:rsid w:val="1E9BB3B1"/>
     <w:rsid w:val="205B8C09"/>
     <w:rsid w:val="22954D1D"/>
+    <w:rsid w:val="23A116F2"/>
     <w:rsid w:val="2781BCA4"/>
     <w:rsid w:val="27D5B663"/>
     <w:rsid w:val="2A644A1A"/>
     <w:rsid w:val="2A7D11AC"/>
     <w:rsid w:val="2AA84C88"/>
     <w:rsid w:val="2B515BC4"/>
     <w:rsid w:val="2B59494A"/>
     <w:rsid w:val="2C441CE9"/>
     <w:rsid w:val="2D16C9F9"/>
     <w:rsid w:val="2DDFED4A"/>
+    <w:rsid w:val="2E6F8272"/>
     <w:rsid w:val="2E90EA0C"/>
     <w:rsid w:val="2ECF816E"/>
     <w:rsid w:val="2FC0E670"/>
     <w:rsid w:val="2FD0B554"/>
     <w:rsid w:val="305F75EE"/>
     <w:rsid w:val="31F588E4"/>
     <w:rsid w:val="334973E3"/>
     <w:rsid w:val="33645B2F"/>
+    <w:rsid w:val="3398E28E"/>
     <w:rsid w:val="363042FC"/>
+    <w:rsid w:val="3779453C"/>
     <w:rsid w:val="39F54D01"/>
     <w:rsid w:val="3A766D19"/>
     <w:rsid w:val="3AB262DB"/>
     <w:rsid w:val="3AEC6621"/>
     <w:rsid w:val="3B6F6D14"/>
     <w:rsid w:val="40BC75C7"/>
     <w:rsid w:val="412DB1D6"/>
     <w:rsid w:val="4503FF33"/>
+    <w:rsid w:val="45A2E41E"/>
     <w:rsid w:val="45BE33D9"/>
     <w:rsid w:val="485E6593"/>
     <w:rsid w:val="48778DF0"/>
+    <w:rsid w:val="4A5D9BB4"/>
     <w:rsid w:val="4BAF2EB2"/>
     <w:rsid w:val="4D4AFF13"/>
     <w:rsid w:val="4E6506D2"/>
     <w:rsid w:val="4F7D0ED5"/>
     <w:rsid w:val="521E7036"/>
     <w:rsid w:val="54BD641C"/>
+    <w:rsid w:val="55C6D831"/>
     <w:rsid w:val="58A1F1CA"/>
     <w:rsid w:val="5925861F"/>
     <w:rsid w:val="5A225B2A"/>
+    <w:rsid w:val="5BB8234D"/>
     <w:rsid w:val="607F9B42"/>
     <w:rsid w:val="62CC6865"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="660BF6AD"/>
     <w:rsid w:val="666BC140"/>
     <w:rsid w:val="6921F6DD"/>
     <w:rsid w:val="6943976F"/>
     <w:rsid w:val="6997EFE5"/>
     <w:rsid w:val="6A267D88"/>
     <w:rsid w:val="6A6A4587"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6BB852C3"/>
     <w:rsid w:val="6BB85C2C"/>
     <w:rsid w:val="6BC24DE9"/>
+    <w:rsid w:val="6C5D6F38"/>
     <w:rsid w:val="6C620FD4"/>
     <w:rsid w:val="6E6E91C9"/>
     <w:rsid w:val="6FB2D8F3"/>
     <w:rsid w:val="714EA954"/>
+    <w:rsid w:val="721A3ACF"/>
     <w:rsid w:val="721EF290"/>
     <w:rsid w:val="73DAFD03"/>
     <w:rsid w:val="76651CAD"/>
     <w:rsid w:val="77E788AC"/>
     <w:rsid w:val="7983590D"/>
     <w:rsid w:val="79BD6145"/>
     <w:rsid w:val="7BD02630"/>
     <w:rsid w:val="7D6DC20C"/>
     <w:rsid w:val="7E9EF18D"/>
+    <w:rsid w:val="7F4B75AF"/>
     <w:rsid w:val="7FC90DE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6479,51 +7041,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6555,55 +7117,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -6891,56 +7449,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>342</Words>
-  <Characters>2187</Characters>
+  <Words>398</Words>
+  <Characters>2322</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2524</CharactersWithSpaces>
+  <CharactersWithSpaces>2699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Akutbesök för patienter i cytopen fas</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Jonatan Robertsson</lastModifiedBy>
-  <revision>20</revision>
+  <revision>30</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>