--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,1666 +6,1887 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C2768EB" w14:textId="557A2AB3" w:rsidR="00656DCD" w:rsidRPr="00656DCD" w:rsidRDefault="003808DE" w:rsidP="0086520F">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Arbetsterapi och Fysioterapi på MÄVA 1 och MÄVA 2</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00656DCD" w:rsidRPr="00656DCD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9446C1" w14:textId="174A938B" w:rsidR="007155D5" w:rsidRPr="00656DCD" w:rsidRDefault="00FA4C8E" w:rsidP="0086520F">
+    <w:p w14:paraId="2D4EE116" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="00656DCD" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="140"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc72840807"/>
       <w:r>
         <w:t xml:space="preserve">Syfte </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="3DBF99B2" w14:textId="77777777" w:rsidR="00231A80" w:rsidRDefault="00231A80" w:rsidP="0086520F">
+    <w:p w14:paraId="461DD50B" w14:textId="2B74346D" w:rsidR="000F45A5" w:rsidRPr="00CF5568" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="343BB0B8">
-        <w:t xml:space="preserve">Syftet med rutinen är att säkerställa att patienter inlagda på </w:t>
+        <w:t xml:space="preserve">Syftet är att säkerställa att patienter inlagda på </w:t>
       </w:r>
       <w:r>
         <w:t>MÄVA 1 och MÄVA 2</w:t>
       </w:r>
       <w:r w:rsidRPr="343BB0B8">
-        <w:t xml:space="preserve"> erbjuds fysioterapi och arbetsterapi utifrån evidens och beprövad erfarenhet. Fysioterapeut och arbetsterapeut bedömer behovet av interventioner på avdelningen. Samtliga vårdprofessioner kan koppla in fysioterapeut och/eller arbetsterapeut. </w:t>
+        <w:t xml:space="preserve"> erbjuds </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">arbetsterapi och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="343BB0B8">
+        <w:t xml:space="preserve">fysioterapi utifrån evidens och beprövad erfarenhet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A7AD257" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="0182EEDA" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="140"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E41804" w14:textId="65661FCB" w:rsidR="00423B4C" w:rsidRPr="00CF663B" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="140"/>
+    <w:p w14:paraId="1711CB3C" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="00CD7754" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Version 1</w:t>
-[...20 lines deleted...]
-        <w:t>07.</w:t>
+        <w:t>Flertalet omformuleringar, uppdaterat nya arbetssätt och sammanslagning av punkter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7A2512" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="20AE6C74" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="140"/>
       </w:pPr>
       <w:r>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31ED18A7" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRPr="009A07DC" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="5E837132" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="009A07DC" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="236B28D1">
-        <w:t xml:space="preserve">Arbetsterapeuten och Fysioterapeuten är en del av vårdkedjan. </w:t>
+        <w:t xml:space="preserve">Arbetsterapeuten och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E874D6">
+        <w:t>fy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="236B28D1">
+        <w:t>sioterapeuten är en del av vårdkedjan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> och bedömer behovet av interventioner på avdelningarna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="236B28D1">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076BCEA8" w14:textId="11EBB1FB" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="00117990">
+    <w:p w14:paraId="739A858E" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="5010C5AC">
-        <w:t>Huvuduppgiften är att ansvara för arbets- och fysioterapeutisk bedömning samt behandling av patienter på samtliga somatiska vårdavdelningar. Arbets- och fysioterapeutiska insatser riktar sig till patienter som på grund av sjukdom, trauma eller operativt ingrepp ådragit sig någon form av aktivitets- och funktionsnedsättning som påverkar aktivitets- och rörelseförmågan. Patienterna kan ha behov av information, träning för att återfå funktion och förmåga, kompensatoriska åtgärder för bortfall eller för att förebygga sekundära problem. Insatserna baseras främst på besvär relaterade till inläggningsorsak.</w:t>
+        <w:t xml:space="preserve">Huvuduppgiften är att ansvara för arbets- och fysioterapeutisk bedömning samt behandling av patienter på </w:t>
+      </w:r>
+      <w:r>
+        <w:t>avdelningarna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5010C5AC">
+        <w:t xml:space="preserve">. Arbets- och fysioterapeutiska insatser riktar sig till patienter som på grund av sjukdom, trauma eller operativt ingrepp ådragit sig någon form av aktivitets- och funktionsnedsättning som påverkar aktivitets- och rörelseförmågan. Patienterna kan ha behov av information, träning för att återfå funktion och förmåga, kompensatoriska åtgärder </w:t>
+      </w:r>
+      <w:r>
+        <w:t>vid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5010C5AC">
+        <w:t xml:space="preserve"> bortfall eller för att förebygga sekundära problem. Insatserna baseras främst på besvär relaterade till inläggningsorsak.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16EB6F5D" w14:textId="77777777" w:rsidR="00117990" w:rsidRPr="009A07DC" w:rsidRDefault="00117990" w:rsidP="00117990">
+    <w:p w14:paraId="0A02A0CF" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="009A07DC" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A2BCE8A" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="21DFE15E" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="0028227F" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Arbetsbeskrivning MÄVA 1 och 2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="670B0FAB">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7D9F8AED" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="24D5A785" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Avdelningen tar emot </w:t>
       </w:r>
       <w:r w:rsidRPr="517F4299">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">medicinskt sjuka personer </w:t>
       </w:r>
       <w:r w:rsidRPr="517F4299">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">över 75 år efter bedömning av läkare. De som blir/är “MÄVA-patienter” får en pärm med </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="517F4299">
+        <w:t>över 75 år efter bedömning av läkare. De</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">samlad information om deras sjukdomstillstånd och planering, de har även möjlighet till direktinläggning i stället för att gå via akuten. </w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som är</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>/blir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “MÄVA-patient” får en pärm med samlad information om </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sitt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sjukdomstillstånd och planering</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Som MÄVA-patient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finns </w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">även möjlighet till direktinläggning i stället för att gå via akuten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA19D9B" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
-[...1 lines deleted...]
-        <w:ind w:left="851"/>
+    <w:p w14:paraId="33886106" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="007827F1" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:ind w:left="851" w:right="140"/>
+      </w:pPr>
+      <w:r w:rsidRPr="35D86914">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="35D86914">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Varje vardag </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Varje vardag klockan 09.00 samlas teamet kring patienterna för kartläggning av patienterna och planering av bedömningar och behandlingsinsatser som behöver göras under vårdtiden. I teamet ingår läkare, sjuksköterska, undersköterska, utskrivningssjuksköterska, fysioterapeut och arbetsterapeut. Andra professioner som exempelvis kurator och dietist kopplas in vid behov.   </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="851"/>
+        <w:t xml:space="preserve">mellan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="35D86914">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="35D86914">
+        <w:t>09.00</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Informationen som lyfts fram på teamronden ska vara utifrån SBAR (se bilaga 1) och varje grupp planeras ta cirka 20 minuter. </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="851"/>
+        <w:t xml:space="preserve">-09.40 är det teamrond. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="35D86914">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>I teamet ingår läkare, sjuksköterska, undersköterska, utskrivningssjuksköterska, fysioterapeut och arbetsterapeut.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dietister medverkar på teamen när möjlighet finns. Under ronden ges information om patientens aktuella tillstånd. Utifrån</w:t>
+      </w:r>
+      <w:r w:rsidRPr="35D86914">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>detta planeras vilka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="35D86914">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bedömningar och behandlingsinsatser som behöver göras under vårdtiden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A84D27">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Struktur för teamronden är utifrån SBAR (bilaga 1). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF5568">
+        <w:t xml:space="preserve">Samtliga vårdprofessioner kan koppla in </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">arbetsterapeut och/eller fysioterapeut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028227F">
+        <w:t>vid behov</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2F9B196F" w14:textId="55D07D32" w:rsidR="00D61156" w:rsidRPr="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="7D4365BC" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000968E9">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA2EA50" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="00D61156" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Arbetsbeskrivning (detta gör vi)</w:t>
+        <w:t xml:space="preserve">Arbetsbeskrivning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6D9558" w14:textId="120B4F93" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="0E03D336" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="0028227F" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="851"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="670B0FAB">
         <w:t xml:space="preserve">Arbetsbeskrivning </w:t>
       </w:r>
       <w:r w:rsidRPr="670B0FAB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Arbetsterapeut</w:t>
       </w:r>
       <w:r w:rsidRPr="670B0FAB">
-        <w:t xml:space="preserve"> MÄVA 1 och 2</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730731D9" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="43CA716B" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="491"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r w:rsidRPr="670B0FAB">
         <w:t>Fallande prioriteringsordning:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76104CB6" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="486DF58E" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
         <w:t>Inför vårdplanering görs P-ADL bedömning på de patienter som inte har hjälp med personlig vård sedan tidigare och där det endast krävs 1 persons hjälp. För att bedömningen ska spegla patientens aktivitetsförmåga vid utskrivning genomförs bedömning så nära inpå vårdplanering/utskrivning som möjligt.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5BDE1F" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="3D7220B4" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Bedömning av aktuellt hjälpmedelsbehov. Hjälpmedelsförskrivning utifrån förskrivningsprocessen när hjälpmedelsförskrivning kan ske på ett säkert sätt (1).   </w:t>
+        <w:t xml:space="preserve">Bedömning av aktuellt hjälpmedelsbehov. Hjälpmedelsförskrivning utifrån förskrivningsprocessen utförs när hjälpmedelsförskrivning kan ske på ett säkert sätt (1).   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61653CC7" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="5E5D643E" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Bedömning av kognitiva svårigheter genom observation vid aktivitetsutförande och samtal. I särskilda fall kan kognitiv screening med bedömningsinstrument genomföras. OBS: Ska inte genomföras i syfte att påbörja demensutredning eller under pågående infektion.  </w:t>
+        <w:t xml:space="preserve">Bedömning av kognitiva svårigheter </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">utförs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve">genom observation vid aktivitetsutförande och samtal. I särskilda fall kan kognitiv screening med bedömningsinstrument genomföras. OBS: Ska inte genomföras i syfte att påbörja demensutredning eller under pågående infektion.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D97F41" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="3FDB89F9" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Behandling av handödem. Behandling kan ske genom lindning, ödemprofylax eller utprovning av kompressionshandske. Ska alltid göras i samråd med läkare då medicinsk kontraindikation kan föreligga. Vid svullna händer rekommenderas högläge. Patienten kan var i behov av hjälp av omvårdnadspersonal för att påminnas om högläge och ödemprofylax.    </w:t>
+        <w:t xml:space="preserve">Behandling av handödem. Behandling kan ske genom lindning, ödemprofylax eller utprovning av kompressionshandske. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Behandlingen s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t>ka alltid göras i samråd med läkare då medicinsk kontraindikation kan föreligga. Vid svullna händer rekommenderas högläge. Patienten kan var</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve"> i behov av hjälp av omvårdnadspersonal för att påminnas om högläge och ödemprofylax.    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F395BD" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="6448DB10" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
         <w:t xml:space="preserve">Uppdatera SAMSA vid utförda bedömningar och/eller förändrat hjälp- eller hjälpmedelsbehov.    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C4452F" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="5A08EB33" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
         <w:t xml:space="preserve">Grovt neurologiskt status vid misstanke om stroke/neurologisk påverkan:   </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="517F4299">
         <w:t xml:space="preserve">Motorik: Finger-näs, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="517F4299">
         <w:t>diadokokinesi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="517F4299">
         <w:t xml:space="preserve"> (DDK), fingeropposition, grov kraft genom att testa styrka vid helhandsgrepp. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="517F4299">
         <w:t xml:space="preserve">Känsel: ytlig känsel, ledkänsel och temperaturkänsel.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249EE787" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
+    <w:p w14:paraId="2333DD12" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
-      <w:r w:rsidRPr="517F4299">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>r</w:t>
-[...2 lines deleted...]
-        <w:t>am lämnas ut.</w:t>
+        <w:t>Vid behov lämnas träningsprogram ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A858C2D" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="17B4B157" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57DBF5F5" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="0A041A1F" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="0028227F" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="851"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
       <w:r w:rsidRPr="35D86914">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Fysioterapeut</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MÄVA 1 och 2.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C77969A" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:firstLine="207"/>
+    <w:p w14:paraId="5A6ABDA0" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="491"/>
       </w:pPr>
       <w:r>
-        <w:t>Fallande prioriteringsordning:</w:t>
+        <w:t xml:space="preserve">       Fallande prioriteringsordning:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D964F8" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="4BF97CF7" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve"> Bedömning av funktions-, rörelse- och förflyttningsförmåga samt andningsfunktion. Bedömning av trappgång i förekommande fall.</w:t>
+        <w:t xml:space="preserve">Bedömning av funktions-, rörelse- och förflyttningsförmåga samt andningsfunktion. Bedömning av trappgång </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">utförs </w:t>
       </w:r>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Rehabassistent, alternativt avdelningspersonal, </w:t>
+        <w:t>i förekommande fall.</w:t>
       </w:r>
       <w:r>
-        <w:t>medverkar efter</w:t>
+        <w:t xml:space="preserve"> I de fall där det krävs mer än 1 person vid funktionsbedömning/behandling assisterar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve"> behov. Överrapportering till avdelningspersonal om mobilisering och förflyttning vid behov.  </w:t>
+        <w:t>ehabassistent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, alt hjälp av avdelningspersonal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Muntlig ö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve">verrapportering till avdelningspersonal om mobilisering och förflyttning </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">görs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve">vid behov.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69033B75" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="3D3BE167" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Bedömning av aktuellt hjälpmedelsbehov.  </w:t>
+        <w:t>Bedömning av aktuellt hjälpmedelsbehov</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> samt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve">jälpmedelsförskrivning utifrån förskrivningsprocessen när hjälpmedelsförskrivning kan ske på ett säkert sätt (1).   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0CEEA5" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="3D4305CF" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Hjälpmedelsförskrivning utifrån förskrivningsprocessen när hjälpmedelsförskrivning kan ske på ett säkert sätt (1).   </w:t>
+        <w:t xml:space="preserve">Överrapportering i SAMSA. Uppdatera SAMSA vid utförda bedömningar och/eller förändrat </w:t>
+      </w:r>
+      <w:r>
+        <w:t>funktionsstatus och/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve"> eller hjälpmedelsbehov samt rapportering vid behov av fortsatta insatser.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Uppdatera förflyttning och gång under ”Aktivitet och funktion” i Melior, vid behov öppna en ny anteckning om en sådan inte redan är öppnad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572BF313" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="4F42A46C" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t>Överrapportering i SAMSA. Uppdatera SAMSA vid utförda bedömningar och/eller förändrat hjälp- eller hjälpmedelsbehov samt rapportering vid behov av fortsatta insatser.</w:t>
+        <w:t xml:space="preserve">Andningsträning och slemmobilisering, vid behov.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C191683" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="4AAAB55A" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Förskrivning av hjälpmedel inför hemgång, vid behov.  </w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t>pecifika fall, instruktion av träningsprogram. Information till och undervisning av avdelningspersonal om utförande</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, tex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve">yopererad pga. fraktur eller protes samt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="517F4299">
+        <w:t>kontrakturprofylax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79818E08" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="11FC09AD" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Andningsträning och slemmobilisering, vid behov.  </w:t>
+        <w:t xml:space="preserve">Vid behov, assistera och instruera avdelningspersonal om </w:t>
+      </w:r>
+      <w:r>
+        <w:t>förflyttningsteknik.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A32BF11" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
-[...41 lines deleted...]
-    <w:p w14:paraId="25399275" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="0D0BEC5F" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="851"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CB457BD" w14:textId="34DA9BEA" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="1D77A6AC" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="517F4299">
         <w:t>Gemensamma insatser</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Arbetsterapeut och Fysioterapeut</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D96C135" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="1241C3C4" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Fysioterapeut och arbetsterapeut utför, vid behov, en tidig, preliminär bedömning av ny patient. Mer utförlig bedömning och överrapportering i SAMSA sker inför planerat utskrivningsdatum (PUD) och/eller eventuellt planeringsmöte. </w:t>
+        <w:t>Vid behov utför arbetsterapeut och f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7188D">
+        <w:t xml:space="preserve">ysioterapeut en tidig </w:t>
+      </w:r>
+      <w:r>
+        <w:t>gemensam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7188D">
+        <w:t xml:space="preserve"> bedömning av</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7188D">
+        <w:t xml:space="preserve"> ny patient.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B452E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Detta utförs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve"> för att få en helhet av patient</w:t>
+      </w:r>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t>s aktivitets</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="517F4299">
+        <w:t xml:space="preserve"> och förflyttningsförmåga, mot gemensamt huvudmål.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Exempel på detta kan vara bedömning av gångförmåga där rullstolsförskrivning kan bli aktuellt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7ED609" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="00000149" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="00F7188D" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="851"/>
       </w:pPr>
+      <w:r w:rsidRPr="00F7188D">
+        <w:t>Uppföljning av gång- och förflyttningsförmåga</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> samt bedömning av hjälpmedelsbehov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7188D">
+        <w:t xml:space="preserve"> kan bli aktuellt vid förändrat status. Aktuell funktionsstatus </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">och hjälpmedelsbehov </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7188D">
+        <w:t xml:space="preserve">överrapporteras till SAMSA inför planerat utskrivningsdatum (PUD) och/eller eventuellt planeringsmöte. </w:t>
+      </w:r>
       <w:r w:rsidRPr="517F4299">
-        <w:t xml:space="preserve">Vid behov utförs gemensam bedömning av patient för att få en helhet av patients aktivitets och förflyttningsförmåga, mot gemensamt huvudmål. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7188D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE5F190" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="1B3E0126" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="851"/>
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I specifika fall </w:t>
+      </w:r>
       <w:r w:rsidRPr="517F4299">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Hjälpmedelsförskrivning utifrån förskrivningsprocessen när hjälpmedelsförskrivning kan ske på ett säkert sätt (1).</w:t>
+        <w:t xml:space="preserve">skrivs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="517F4299">
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>ehabepikris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="517F4299">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på de patienter som erhållit omfattande insatser och där det krävs en längre överrapportering än den information som kan överrapporteras i SAMSA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F70D012" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
+    <w:p w14:paraId="34BEC80D" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="009668A0" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I fall där patienten ej är inskriven i SAMSA och fortsatt behov av hjälpmedelsöversyn och rehab föreligger sker överrapportering direkt till aktuell </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>rehabmottagning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via ”meddelande vård- och omsorg” i SAMSA, alternativt per telefon. Patienten erhåller kontaktuppgifter och ombeds, i </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">förekommande fall, själv ta kontakt med lämplig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>rehabmottagning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>. Arbetsterapeut och fysioterapeut hjälper till med kontaktuppgifter i möjligaste mån.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160D79A9" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="00160BA7" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="517F4299">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="75EB0333" w14:textId="77777777" w:rsidR="00EC2561" w:rsidRPr="00160BA7" w:rsidRDefault="00EC2561" w:rsidP="0086520F">
-[...123 lines deleted...]
-    <w:p w14:paraId="1FF60C70" w14:textId="77777777" w:rsidR="00DB0AF4" w:rsidRPr="000029FD" w:rsidRDefault="00DB0AF4" w:rsidP="0086520F">
+    <w:p w14:paraId="1E010131" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="002C219A" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:left="851"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:strike/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000029FD">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Arbetssätt (hur vi gör detta)</w:t>
+        <w:t xml:space="preserve">Arbetssätt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D47DAC9" w14:textId="77777777" w:rsidR="00DB0AF4" w:rsidRDefault="00DB0AF4" w:rsidP="0086520F">
+    <w:p w14:paraId="27978281" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:t>För prioriteringsordning av Arbets-/Fysioterapeutisk insats var god se punktordning under arbetsbeskrivning för respektive yrkeskategori.</w:t>
+        <w:t>För prioriteringsordning av arbets-/fysioterapeutisk insats var god se punktordning under arbetsbeskrivning för respektive yrkeskategori.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A13068" w14:textId="77777777" w:rsidR="00DB0AF4" w:rsidRDefault="00DB0AF4" w:rsidP="0086520F">
+    <w:p w14:paraId="7A765033" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Rehabassistent assisterar vid mer komplexa bedömningar och mobiliseringar där avdelningspersonal ej ”räcker till”. Vid behov av ”extra händer” nyttjas i första hand avdelningspersonal.</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Rehabassistent assisterar vid behov under bedömningar och mobiliseringar samt utförande av träningsprogram. Omvårdnadspersonalen kan bistå om tid finns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACAC206" w14:textId="77777777" w:rsidR="00DB0AF4" w:rsidRPr="00A12A57" w:rsidRDefault="00DB0AF4" w:rsidP="0086520F">
+    <w:p w14:paraId="27EF9D5B" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="00A12A57" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:t>Vardagsmobilisering av patient till uppesittande eller rullstol sköts av avdelningspersonal. Mobilisering av rehab sker i bedömningssyfte.</w:t>
+        <w:t>Vardagsmobilisering av patienter sköts av avdelningspersonal. Mobilisering av arbetsterapeut och fysioterapeut sker i tränings-/bedömningssyfte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F823B85" w14:textId="77777777" w:rsidR="00DB0AF4" w:rsidRPr="006E7D3B" w:rsidRDefault="00DB0AF4" w:rsidP="0086520F">
+    <w:p w14:paraId="2E746408" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="006E7D3B" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Patienter med Särskilt Boende och oförändrat hjälpmedelsbehov bedöms och behandlas normalt ej. Vid försämring görs bedömning och överrapportering i SAMSA vid relevanta förändringar.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Patienter med oförändrat hjälpmedelsbehov bedöms och behandlas normalt ej. Vid försämring görs bedömning och överrapportering i SAMSA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023220E8" w14:textId="77777777" w:rsidR="00DB0AF4" w:rsidRPr="006E7D3B" w:rsidRDefault="00DB0AF4" w:rsidP="0086520F">
+    <w:p w14:paraId="422E54AF" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="006E7D3B" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E7D3B">
         <w:t xml:space="preserve">Palliativa patienter bedöms eller behandlas </w:t>
       </w:r>
       <w:r>
-        <w:t>endast om särskilda omständigheter föreligger</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>vid specifika behov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5825119D" w14:textId="77777777" w:rsidR="00DB0AF4" w:rsidRPr="00357596" w:rsidRDefault="00DB0AF4" w:rsidP="0086520F">
+    <w:p w14:paraId="067385E2" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="0017508E" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:ind w:left="851"/>
-        <w:rPr>
-[...33 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3475C4FD" w14:textId="77777777" w:rsidR="00423B4C" w:rsidRPr="0017508E" w:rsidRDefault="00423B4C" w:rsidP="0086520F">
-[...4 lines deleted...]
-    <w:p w14:paraId="6B70BDBA" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="18E3ED72" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
         <w:t>Referenser och relaterade dokument</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2B7597" w14:textId="77777777" w:rsidR="00D61156" w:rsidRPr="0086520F" w:rsidRDefault="00D61156" w:rsidP="0086520F">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0086520F">
+    <w:p w14:paraId="7B18E6AF" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="0028227F" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">1: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0086520F">
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="0040590B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/vagledning-for-bedomning-och-forskrivning-av-hjalpmedel2/forskrivningsprocessen/</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="00899579" w14:textId="3DBB2107" w:rsidR="0086520F" w:rsidRDefault="00D61156" w:rsidP="0086520F">
-[...7 lines deleted...]
-        <w:t>, nedan.</w:t>
+    <w:p w14:paraId="0556B13A" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="00A84D27" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Bilaga</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F59E3E7" w14:textId="77777777" w:rsidR="00117990" w:rsidRDefault="00117990" w:rsidP="0086520F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="69D9B60A" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1. SBAR</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="451B9416" w14:textId="0F8BC823" w:rsidR="00D61156" w:rsidRPr="0086520F" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="602991C5" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CA213D" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2669DF81" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bilaga 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B01022" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRPr="0086520F" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Mall för teamrond MÄVA 2</w:t>
+        <w:t>Mall för teamrond MÄVA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 och MÄVA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2E9F16DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0CEBA1" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="6B67D200" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Ny patient:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B85EF2" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="08F02830" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>S - Situation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1F537E" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="0042795B" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>SSK –</w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Presentation av patient:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D2B9A0" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="11364937" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>· Dag för inläggning och inläggningsorsak samt kortfattat bakomliggande historia som har betydelse för detta vårdtillfälle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47281973" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="6AA37C73" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>· Eventuell smitta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68652106" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="1CEA3C33" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Läkare –</w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan eventuellt fylla i om SSK inte känner patienten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB0D1A1" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="61143635" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C66B6ED" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="5F708C9B" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>B - Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8466BB" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="7BCF1216" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Utskrivningssjuksköterska -</w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Patientens sociala situation, boende och insatser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3165FC76" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="51F5D8E4" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>SSK</w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ifall denne pratat med anhöriga om hur det fungerat hemma det senaste.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3092FD41" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="5F8E8941" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="120A7DE8" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="7A346810" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>A - Aktuell bedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378CF836" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="47892BC4" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Utskrivningssjuksköterska fördelar ordet till SSK, USK och paramedicin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361AFBAC" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="7460E514" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">SSK - </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Eventuell medicinsk status som påverkar plan för dagen, vitala parametrar som avviker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4435B6F9" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="4441192A" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>USK –</w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hur klarar sig patienten, kognitiv status, nutrition och elimination, fallrisk och risk för trycksår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB93EDB" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="106F457D" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Paramedicin </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>– beskriver funktionsförmåga, hjälpmedel sedan tidigare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAD2D93" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="17C98F19" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>R - Rekommendation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABA4E52" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="2A837EE3" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Paramedicin – </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Mål för mobilisering, behov av vidare bedömning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="685B8B9C" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="11A784E9" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Läkare </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>- Beslut om UK datum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B07C820" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="62A2AC32" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14952F0C" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="15B4D3EE" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Känd patient:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3A9469" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="55331C2A" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">· </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">SSK </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>– Ny information för SAMSA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745C4AB2" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="24CC54C5" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">· </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">USK </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>– Hur går mobilisering?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13AA849B" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="4DDCD76B" w14:textId="77777777" w:rsidR="000F45A5" w:rsidRDefault="000F45A5" w:rsidP="000F45A5">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">· </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Läkare </w:t>
       </w:r>
       <w:r w:rsidRPr="2E9F16DA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>- Håller UK-datum?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FADDE31" w14:textId="77777777" w:rsidR="00D61156" w:rsidRDefault="00D61156" w:rsidP="0086520F">
+    <w:p w14:paraId="075F05D5" w14:textId="03C0036A" w:rsidR="004246CA" w:rsidRPr="00747066" w:rsidRDefault="000F45A5" w:rsidP="000968E9">
       <w:pPr>
         <w:ind w:left="851" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="731E6680">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">· </w:t>
       </w:r>
       <w:r w:rsidRPr="731E6680">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Läkare </w:t>
       </w:r>
       <w:r w:rsidRPr="731E6680">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>- Vid UK-patient, är denna flyttbar till UK-avdelning?</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004246CA" w:rsidRPr="00747066" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27B348AA" w14:textId="77777777" w:rsidR="00FF6CC4" w:rsidRDefault="00FF6CC4">
+    <w:p w14:paraId="1B7D01E1" w14:textId="77777777" w:rsidR="00E93DA9" w:rsidRDefault="00E93DA9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64D81616" w14:textId="77777777" w:rsidR="00FF6CC4" w:rsidRDefault="00FF6CC4">
+    <w:p w14:paraId="7D381F77" w14:textId="77777777" w:rsidR="00E93DA9" w:rsidRDefault="00E93DA9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="75DCAF22" w14:textId="77777777" w:rsidR="00FF6CC4" w:rsidRDefault="00FF6CC4">
+    <w:p w14:paraId="6B1B7DE6" w14:textId="77777777" w:rsidR="00E93DA9" w:rsidRDefault="00E93DA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
-    <w:altName w:val="Geneva"/>
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="2D4C1147" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1694,51 +1915,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1772,73 +1993,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="726E0545" w14:textId="77777777" w:rsidR="00FF6CC4" w:rsidRDefault="00FF6CC4"/>
+    <w:p w14:paraId="3D618CC5" w14:textId="77777777" w:rsidR="00E93DA9" w:rsidRDefault="00E93DA9"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="351EC15E" w14:textId="77777777" w:rsidR="00FF6CC4" w:rsidRDefault="00FF6CC4">
+    <w:p w14:paraId="6F232437" w14:textId="77777777" w:rsidR="00E93DA9" w:rsidRDefault="00E93DA9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5BA253E3" w14:textId="77777777" w:rsidR="00FF6CC4" w:rsidRDefault="00FF6CC4">
+    <w:p w14:paraId="2841D160" w14:textId="77777777" w:rsidR="00E93DA9" w:rsidRDefault="00E93DA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1916,51 +2137,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5C36AAEB" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2123,51 +2344,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4389,119 +4610,122 @@
   <w:num w:numId="15" w16cid:durableId="612055170">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1344697612">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1263607866">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1987466992">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2095395716">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1419329872">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="557132155">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000029FD"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
+    <w:rsid w:val="000236BE"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000968E9"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F45A5"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00117990"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
@@ -4818,126 +5042,128 @@
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D61156"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB0AF4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E93DA9"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC2561"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA4C8E"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF1EE5"/>
     <w:rsid w:val="00FF6CC4"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7327,51 +7553,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00423B4C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00423B4C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00EC2561"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8670,56 +8896,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1415</Words>
-  <Characters>7501</Characters>
+  <Words>1037</Words>
+  <Characters>7147</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>162</Lines>
+  <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8899</CharactersWithSpaces>
+  <CharactersWithSpaces>8105</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Arbetsterapi och Fysioterapi på MÄVA 1 och MÄVA 2</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Erika Oppenstam</lastModifiedBy>
-  <revision>32</revision>
+  <revision>35</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>