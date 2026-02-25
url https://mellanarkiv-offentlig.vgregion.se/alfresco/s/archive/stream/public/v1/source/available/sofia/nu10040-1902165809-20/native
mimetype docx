--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,57 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidR="008224BE" w:rsidP="00E52C9F" w:rsidRDefault="008224BE" w14:paraId="498D2D47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="426"/>
         <w:sectPr w:rsidR="008224BE" w:rsidSect="008224BE">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="008224BE" w:rsidR="008224BE" w:rsidP="00E52C9F" w:rsidRDefault="008224BE" w14:paraId="38EDF024" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -104,57 +103,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="008224BE" w:rsidR="008224BE" w:rsidP="00E52C9F" w:rsidRDefault="008224BE" w14:paraId="69DDE957" w14:textId="462163F2">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:ind w:left="426"/>
             </w:pPr>
             <w:r w:rsidRPr="008224BE">
               <w:t>Fysisk träning vid kranskärlsjukdom</w:t>
             </w:r>
             <w:r w:rsidR="00B607F6">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008224BE" w:rsidR="00B607F6">
-              <w:t>– Fysioterapi</w:t>
-[...5 lines deleted...]
-              <w:t>–</w:t>
+              <w:t>– Fysioterapi –</w:t>
             </w:r>
             <w:r w:rsidR="00B607F6">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008224BE" w:rsidR="00B607F6">
               <w:t>NU-sjukvården</w:t>
             </w:r>
             <w:r w:rsidRPr="008224BE" w:rsidR="00B607F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FB0B3E0" wp14:editId="48F16CF8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>6518275</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>78740</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1244600" cy="222885"/>
@@ -227,88 +220,90 @@
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="begin"/>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                                   </w:r>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="separate"/>
                                   </w:r>
+                                  <w:proofErr w:type="gramStart"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>38660</w:t>
                                   </w:r>
+                                  <w:proofErr w:type="gramEnd"/>
                                   <w:r w:rsidRPr="003D37FD">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:color w:val="FFFFFF"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="end"/>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="21C04AC0">
+                  <w:pict w14:anchorId="13B65A36">
                     <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="4FB0B3E0">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
                     <v:shape id="Text Box 1" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;">
                       <v:textbox style="mso-fit-shape-to-text:t">
                         <w:txbxContent>
                           <w:p w:rsidRPr="003D37FD" w:rsidR="00B607F6" w:rsidP="00B607F6" w:rsidRDefault="00B607F6" w14:paraId="14DB2CA6" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
@@ -317,1019 +312,977 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>38660</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="008224BE" w:rsidR="008224BE" w:rsidP="00E52C9F" w:rsidRDefault="008224BE" w14:paraId="1A6661D3" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E52C9F" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="740710EC" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="76C14590" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc501440348" w:id="1"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkStart w:name="_Toc501440350" w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidRPr="00E52C9F" w:rsidR="00087A24" w:rsidP="56047541" w:rsidRDefault="00087A24" w14:paraId="3479FFBD" w14:textId="2A559D3C">
-[...2 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="003C568B" w:rsidRDefault="00D86D12" w14:paraId="7E61ACD7" w14:textId="6F3CE345">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="56047541" w:rsidR="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Individanpassad fysisk träning inom centerbaserad hjärtrehabilitering minskar </w:t>
       </w:r>
-      <w:r w:rsidRPr="56047541" w:rsidR="00087A24">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>kardiell</w:t>
       </w:r>
-      <w:r w:rsidRPr="56047541" w:rsidR="00087A24">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> mortalitet, antal sjukhusinläggningar, ökar arbetskapacitet och förbättrar riskprofil för hjärt-/kärlsjukdom, jämfört med sedvanlig behandling. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E52C9F" w:rsidR="00087A24" w:rsidP="56047541" w:rsidRDefault="00087A24" w14:paraId="2BEBEC4B" w14:textId="5F737385">
-[...2 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="0430A254" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="426"/>
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Hälso- och sjukvården bör erbjuda fysisk träning inom centerbaserad hjärtrehabilitering till personer med kranskärlssjukdom. Åtgärden har prioritet 2 (Socialstyrelsen).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="3FA57312" w14:textId="0A042564">
-[...1 lines deleted...]
-        <w:ind w:left="426" w:right="0"/>
+    <w:p w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="58D02B7C" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>Patienter &lt;80 år med genomgången hjärtinfarkt bör registreras avseende fysioterapi enligt kvalitetsregisterprotokoll (SWEDEHEART- SEPHIA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="003C568B" w:rsidP="00D86D12" w:rsidRDefault="003C568B" w14:paraId="5038BD53" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00087A24">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C3000" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="008C3000" w14:paraId="493C4105" w14:textId="19772E4C">
-[...235 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="45210C03" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005513E9">
+      <w:r w:rsidRPr="00D86D12">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Syfte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Behandlin</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005513E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="1FD6B25F" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>Att få patienter med kranskärlssjukdom att delta i individanpassad fysisk träning under ledning av sjukgymnast/fysioterapeut 2 ggr/vecka under minst 3 månaders tid (sammanlagt minst 24 tillfällen).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C568B" w:rsidP="00D86D12" w:rsidRDefault="003C568B" w14:paraId="47A17DF0" w14:textId="1871CC13">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidR="00D86D12">
+        <w:rPr/>
+        <w:t xml:space="preserve">Sjukhusets centerbaserade hjärtrehabiliteringsenhet träffar företrädelsevis patienter som nyinsjuknat i akut </w:t>
+      </w:r>
+      <w:r w:rsidR="00D86D12">
+        <w:rPr/>
+        <w:t>koronart</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86D12">
+        <w:rPr/>
+        <w:t xml:space="preserve"> syndrom (hjärtinfarkt eller instabil angina) och/eller efter revaskularisering (CABG/PCI) och som följs via NU-sjukvårdens hjärtmottagningar. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D86D12">
+        <w:rPr/>
+        <w:t>Övriga patienter med kranskärlssjukdom ses utifrån individuellt behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="003C568B" w:rsidP="00D86D12" w:rsidRDefault="003C568B" w14:paraId="78613B6B" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="465103F7" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>g</w:t>
-      </w:r>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc501440351" w:id="3"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Bedömning</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc501440352" w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00AE44F8" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="76C38DF8" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="003C568B" w:rsidRDefault="00D86D12" w14:paraId="2475FB7F" w14:textId="5935FBC3">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve">För att kunna förskriva anpassad fysisk träning behövs en bedömning av aktuell konditions- och muskelfunktionsnivå, samt att se att patienten tolererar aktuell belastning. Patienten kallas för individuellt besök hos sjukgymnast/fysioterapeut. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve">Tester och frågeformulär som används inom hjärtrehabiliteringen är: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="5D3E0F8D" w14:textId="07085DDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Frågor om fysisk aktivitet:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>Haskell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> 1 och 2, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>Frändin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>Grimby</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> och Självupplevd fysisk kapacitet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="30E77AF3" w14:textId="67055141">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Cykeltest:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> Ett standardiserat symtombegränsat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>submaximalt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> cykeltest används för att fastställa om patienten tolererar ökad fysisk ansträngning och värdera aktuell fysisk arbetskapacitet. Cykeltestet utgör grunden för en adekvat utformning av träningsprogram. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="3B64973E" w14:textId="520B1B61">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Sex minuters gångtest:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> Ett standardiserat 6-minuters gångtest kan användas för att bedöma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>submaximal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> arbetskapacitet när cykeltest ej är lämpligt. Observera att testet har en takeffekt för patienter med förväntat ordinär/god fysisk kapacitet, dvs. patienten klarar redan vid första försöket att utföra testet med maximal gånghastighet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="1D0AECA2" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Muskelfunktion:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> Styrkeuthållighet mäts med kliniska uthållighetstest, såsom unilateral dynamisk axelflexion med hantel samt unilateral tåhävning på kil.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="006D6C0E" w:rsidR="006D6C0E" w:rsidP="00D86D12" w:rsidRDefault="006D6C0E" w14:paraId="1E6F2E3F" w14:textId="3ED3AC47">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D6C0E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Behandling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="689E4D3A" w14:textId="31AEEAB7">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0024329A">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Fysisk träning inom centerbaserad hjärtrehabilitering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AE44F8" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="5DA97BDF" w14:textId="46073111">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="1C058DBA" w14:textId="77777777">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
+        <w:ind w:right="-2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE44F8">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Snarast möjligt efter det individuella besöket startar patienten sitt deltagande i träning. Träningen sker företrädelsevis i grupp med intensitet och upplägg anpassad utifrån patientens arbetskapacitet och förmåga. Patienten ska rekommenderas delta minst 2 ggr/vecka under </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> månader.</w:t>
+        <w:t>Snarast möjligt efter det individuella besöket startar patienten sitt deltagande i träning. Träningen sker företrädelsevis i grupp med intensitet och upplägg anpassad utifrån patientens arbetskapacitet och förmåga. Patienten ska rekommenderas delta minst 2 ggr/vecka under minst 3 månader.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="4A0205D5" w14:textId="77777777">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="1C1AE261" w14:textId="4EA60CE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>I de fall där patienten ej har möjlighet till deltagande inom hjärtrehabiliteringsenheterna inom NU-sjukvården kan hen efter bedömning erbjudas träning i regionala primärvårdens regi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="4AA6A4D4" w14:textId="77777777">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="4E6B537E" w14:textId="5348BEBF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00087A24">
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
         <w:t xml:space="preserve">Behandlande sjukgymnast/fysioterapeut skriver då remiss till berörd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>rehabenhet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>. Remissvar före planerat återbesök med information om antal träningstillfällen är önskvärt.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00087A24">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="760E3ACB" w14:textId="77777777">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="006D6C0E" w:rsidP="006D6C0E" w:rsidRDefault="00D86D12" w14:paraId="23E1B0C4" w14:textId="324D45ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00087A24">
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
         <w:t xml:space="preserve">Om patienten enbart kan tänka sig träning i egen regi, kan individuellt program utformas. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00087A24">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="1AF27F86" w14:textId="77777777">
+    <w:p w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="66D5F442" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="426" w:right="0"/>
+        <w:ind w:right="-2"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Träningsdagbok: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>Patienten ska uppmuntras fylla i träningsdagbok för att möjliggöra utvärdering av träningen.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0024329A" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="6413023B" w14:textId="1CF23544">
-[...3 lines deleted...]
-        <w:ind w:left="426" w:right="0"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="006D6C0E" w:rsidP="006D6C0E" w:rsidRDefault="006D6C0E" w14:paraId="2E017056" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="420" w:right="-2"/>
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="39086C75" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0024329A">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Generella riktlinjer för träning vid kranskärlssjukdom</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="4849875F" w14:textId="6FE4F7BB">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="13358E3D" w14:textId="1C74A352">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve">Konditionsträning 3–5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>dgr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t xml:space="preserve">/v, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>20-60</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00087A24">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> min/tillfälle, under minst 3 mån. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00087A24">
-[...3 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve">Intensitet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>12-17</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> på Borgs ansträngningsskala, distans-eller intervallbaserat upplägg.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="47DB1D9B" w14:textId="77777777">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="089E6373" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00087A24">
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
         <w:t xml:space="preserve">Muskelstärkande träning </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>2-3</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>dgr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00087A24">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve">/v, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>10-15</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> rep x </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>1-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> set i </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>8-10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t xml:space="preserve"> muskelgrupper.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86D12">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>Successiv progress tills rekommendation uppnås.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="3C0B91D6" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:ind w:left="426" w:right="0"/>
+    <w:p w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="3F59E97A" w14:textId="02956CE1">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Alla frågeformulär, testmanualer och träningsdagbok hittas på www.swedeheart.se/sephia</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Alla frågeformulär, testmanualer och träningsdagbok hittas på </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00D86D12" w:rsidR="006D6C0E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:i/>
+          </w:rPr>
+          <w:t>www.swedeheart.se/sephia</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00AA05E6" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="22E68002" w14:textId="77777777">
-[...3 lines deleted...]
-        <w:ind w:left="426" w:right="0"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="006D6C0E" w:rsidP="00D86D12" w:rsidRDefault="006D6C0E" w14:paraId="44F15F1E" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="775EB7B9" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA05E6">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Uppföljning </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="7FC98837" w14:textId="77777777">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> månader ska patienten kallas till återbesök med förnyade tester för utvärdering.</w:t>
+    <w:p w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="07BB1C36" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
+        <w:t>Efter träningsperiod om minst 3 månader ska patienten kallas till återbesök med förnyade tester för utvärdering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AA05E6" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="717BAEB9" w14:textId="77777777">
-[...3 lines deleted...]
-        <w:ind w:left="426" w:right="0"/>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="006D6C0E" w:rsidP="00D86D12" w:rsidRDefault="006D6C0E" w14:paraId="05EFB390" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="3035FB97" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AA05E6">
+      <w:r w:rsidRPr="00D86D12">
         <w:rPr>
-          <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sephia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="30EADC14" w14:textId="77777777">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="22019DA2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00087A24">
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
         <w:t xml:space="preserve">Patienter med hjärtinfarkt &lt;80 år ingår i kvalitetsregistret SEPHIA. För dessa patienter ska svar på ovanstående frågeformulär och testvärden föras in i registret efter bedömning 1 och 2. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="3D09C242" w14:textId="77777777">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="33091829" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00087A24">
+        <w:ind w:right="-2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86D12">
         <w:t xml:space="preserve">Efter det uppföljande besöket ska även uppgift om antal träningstillfällen inom hjärtrehabiliteringen samt antal träningstillfällen i egen regi registreras. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00087A24" w:rsidR="00087A24" w:rsidP="009113FB" w:rsidRDefault="00087A24" w14:paraId="3A6E3365" w14:textId="77777777">
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="7EF09B3B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="426" w:right="0"/>
+        <w:ind w:right="-2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00087A24">
+      <w:r w:rsidRPr="00D86D12">
         <w:t>Sjukgymnast/fysioterapeut med inloggningsbehörighet i registret för in data. Övriga sjukgymnaster/fysioterapeuter lämnar formulär med uppgifter och lämnar till behörig kollega.</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="6F802B6E" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00D86D12" w:rsidR="00D86D12" w:rsidP="00D86D12" w:rsidRDefault="00D86D12" w14:paraId="230F04B0" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:right="-2"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00757081" w:rsidR="00087A24" w:rsidP="00B607F6" w:rsidRDefault="00087A24" w14:paraId="30B6863B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00B607F6" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="008224BE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00771101" w:rsidRDefault="00771101" w14:paraId="7BE0268B" w14:textId="77777777">
+    <w:p w:rsidR="00614969" w:rsidRDefault="00614969" w14:paraId="4A06B0FE" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00771101" w:rsidRDefault="00771101" w14:paraId="11D942AD" w14:textId="77777777">
+    <w:p w:rsidR="00614969" w:rsidRDefault="00614969" w14:paraId="68AAB128" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00771101" w:rsidRDefault="00771101" w14:paraId="5BCE4CB6" w14:textId="77777777">
+    <w:p w:rsidR="00614969" w:rsidRDefault="00614969" w14:paraId="00F46553" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1358,51 +1311,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="17" name="Bildobjekt 17">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1436,73 +1389,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00771101" w:rsidRDefault="00771101" w14:paraId="78DE81EF" w14:textId="77777777"/>
+    <w:p w:rsidR="00614969" w:rsidRDefault="00614969" w14:paraId="742A27A2" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00771101" w:rsidRDefault="00771101" w14:paraId="276C60F2" w14:textId="77777777">
+    <w:p w:rsidR="00614969" w:rsidRDefault="00614969" w14:paraId="6AD6CDF9" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00771101" w:rsidRDefault="00771101" w14:paraId="5D2CC7F3" w14:textId="77777777">
+    <w:p w:rsidR="00614969" w:rsidRDefault="00614969" w14:paraId="5EEE4E7B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1541,90 +1494,90 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="64AB1BB0">
+          <w:pict w14:anchorId="0F7DA432">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1664,51 +1617,51 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="3A42F301">
+          <w:pict w14:anchorId="4A7C9D5C">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
@@ -1790,51 +1743,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3990,57 +3943,70 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1149907717">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1716929932">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1425226529">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="918102024">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2054233647">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="748237067">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="556433057">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1923294760">
     <w:abstractNumId w:val="12"/>
   </w:num>
+  <w:num w:numId="21" w16cid:durableId="786512347">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -4091,50 +4057,51 @@
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D777D"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="0024329A"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
@@ -4143,137 +4110,141 @@
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C568B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
+    <w:rsid w:val="00463E75"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005513E9"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="00614969"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D6C0E"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00771101"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
@@ -4320,127 +4291,131 @@
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A542F0"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA05E6"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE44F8"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B607F6"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF7371"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00CA1F4E"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D86D12"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E52C9F"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
@@ -4448,90 +4423,91 @@
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="56047541"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6702701A"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4998,51 +4974,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -5439,50 +5414,53 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="360"/>
+      </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
@@ -6897,55 +6875,67 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D6C0E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6973,96 +6963,63 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R01df891490c44e7b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swedeheart.se/sephia" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
-</file>
-[...31 lines deleted...]
-</w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -7364,31 +7321,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Fysisk träning vid kranskärlsjukdom - Fysioterapi</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Erika Oppenstam</lastModifiedBy>
-  <revision>12</revision>
+  <revision>18</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>