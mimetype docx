--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,57 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74C3B7A6" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRPr="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Vård av utomlänspatienter - betalningsförbindelser</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13696194" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRPr="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -165,132 +164,126 @@
       </w:r>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51D04FC7" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRPr="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Öppen vård</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F916474" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
+    <w:p w14:paraId="3F916474" w14:textId="4B7C6E7C" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">Enligt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r>
+        <w:r w:rsidRPr="00C47DB6">
           <w:rPr>
-            <w:rStyle w:val="normaltextrun"/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>patientlagen</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r>
+        <w:r w:rsidRPr="00C47DB6">
           <w:rPr>
-            <w:rStyle w:val="normaltextrun"/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> (2014:821)</w:t>
         </w:r>
-        <w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>kap. 9 har en patient rätt att välja utförare av offentligt finansierad öppen vård. Det innebär att patienter från andra sjukhus i VGR (Västra Götalandsregionen) och andra landsting har rätt att söka öppen vård på Norra Älvsborgs Sjukhus (NU) utan att först ha kontaktat sitt hemlandsting. Sjukhuset har inte rätt att säga nej till utomlänspatienter, men de omfattas inte av vårdgarantin [1].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C783D7" w14:textId="276284C0" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
+      <w:pPr>
+        <w:pStyle w:val="Normalefterlista"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om en patient på eget initiativ söker öppenvård för specialistsjukvård och sjukgymnastik ersätter patientens hemlandsting det vårdande landstinget enbart om </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">hemlandstingets remissregler har iakttagits. För ett landsting med remisskrav krävs därmed en remiss från primärvårdsläkare, den kan vara utfärdad av läkare inom vårdlandstinget eller annat landsting. En uppdaterad lista över vilka landsting som har remisskrav finns på </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="h-Sammanstallningavregionernaskravparemissioppenvard" w:history="1">
+        <w:r w:rsidRPr="00C47DB6">
           <w:rPr>
-            <w:rStyle w:val="normaltextrun"/>
-            <w:color w:val="0000FF"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t>SKR:s webbplats [</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>kap. 9 har en patient rätt att välja utförare av offentligt finansierad öppen vård. Det innebär att patienter från andra sjukhus i VGR (Västra Götalandsregionen) och andra landsting har rätt att söka öppen vård på Norra Älvsborgs Sjukhus (NU) utan att först ha kontaktat sitt hemlandsting. Sjukhuset har inte rätt att säga nej till utomlänspatienter, men de omfattas inte av vårdgarantin [1].</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> [2].</w:t>
+        <w:t>2].</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scxw256612732"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C19B6CE" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
@@ -319,80 +312,66 @@
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F2562A7" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRPr="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Sluten vård</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58468DD6" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
+    <w:p w14:paraId="58468DD6" w14:textId="77501D5F" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bestämmelserna om vad som gäller när en person får slutenvård utanför </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:t xml:space="preserve">Bestämmelserna om vad som gäller när en person får slutenvård utanför sitt eget hemlandsting finns i </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>SKR:s riksavtal för utomlänsvård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>[3].</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
@@ -469,51 +448,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Transport tillbaka till hemlandstinget ordnas av NU-sjukvården, men på hemsjukhusets kostnadsansvar. Kontakta alltid ansvarig chef vid frågor. Om en patient på eget initiativ begär överflyttning från ett sjukhus till ett annat svarar patienten själv för resekostnaden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scxw256612732"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Innan en överflyttningstransport mellan sjukhus genomförs ska den läkare som svarar för utskrivningen komma överens med den läkare som svarar för inskrivningen vid mottagande sjukhus om tid för transporten, så att plats kan reserveras.</w:t>
+        <w:t xml:space="preserve">Innan en överflyttningstransport mellan sjukhus genomförs ska </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>den läkare som svarar för utskrivningen komma överens med den läkare som svarar för inskrivningen vid mottagande sjukhus om tid för transporten, så att plats kan reserveras.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCDFE3B" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Planerad vård</w:t>
@@ -679,51 +665,58 @@
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">Personer som är häktade eller är föremål för kriminalvård i anstalt ska erbjudas såväl omedelbar som icke omedelbar vård. Detsamma gäller patienter som omfattas av följande lagar; LVM, LVU, LRV, LPT och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>SoL.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> En sådan patient ska inte sändas hem för vård till sitt hemlandsting. Det är vårdlandstinget som i dessa fall bedömer patientens behov av vård och patientens hemlandsting har att acceptera denna bedömning. Vårdlandstinget ersätts för sina kostnader från patientens hemlandsting som har betalningsansvaret. Ingen betalningsförbindelse krävs.</w:t>
+        <w:t xml:space="preserve"> En sådan patient ska inte sändas hem för vård till sitt hemlandsting. Det är vårdlandstinget som i dessa fall bedömer patientens behov av vård och patientens hemlandsting har att acceptera denna bedömning. Vårdlandstinget ersätts för </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sina kostnader från patientens hemlandsting som har betalningsansvaret. Ingen betalningsförbindelse krävs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607DD749" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1125" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -806,84 +799,84 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0F92CF" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRPr="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC42F8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7FDB2E" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
+    <w:p w14:paraId="2F7FDB2E" w14:textId="0F1EDDF2" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Patientlagen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014:821) kap. 9. Svensk författningssamling.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.riksdagen.se/sv/dokument-lagar/dokument/svensk-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>forfattningssamling</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>/patientlag-</w:t>
@@ -907,201 +900,159 @@
           <w:t>_sfs-2014-821</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57082E3B" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Sammanställning över regionernas krav på remiss i öppen vård. SKR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal/remis</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> sioppenvard.30838.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE261F3" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
+    <w:p w14:paraId="6FE261F3" w14:textId="6872AD63" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Riksavtal för utomlänsvård. SKR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal.943.h</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>tml</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5AD4A348" w14:textId="77777777" w:rsidR="00BC42F8" w:rsidRDefault="00BC42F8" w:rsidP="00BC42F8">
-[...40 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:sectPr w:rsidR="00BC42F8" w:rsidSect="00330F6A">
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="73CEA50B" w14:textId="77777777" w:rsidR="00D56C4C" w:rsidRDefault="00D56C4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31806F47" w14:textId="77777777" w:rsidR="00D56C4C" w:rsidRDefault="00D56C4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="708CC271" w14:textId="77777777" w:rsidR="00D56C4C" w:rsidRDefault="00D56C4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1120,141 +1071,141 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00C47DB6" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
@@ -1346,51 +1297,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1430,73 +1381,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7747778C" w14:textId="77777777" w:rsidR="00D56C4C" w:rsidRDefault="00D56C4C"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="33AF606C" w14:textId="77777777" w:rsidR="00D56C4C" w:rsidRDefault="00D56C4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="73A0E2C5" w14:textId="77777777" w:rsidR="00D56C4C" w:rsidRDefault="00D56C4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1574,51 +1525,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="7FCD22BD" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -1701,51 +1652,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3789,67 +3740,64 @@
   <w:num w:numId="13" w16cid:durableId="1657802124">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1621447758">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="771632992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1513834274">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -4064,50 +4012,51 @@
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C6AFA"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
@@ -4191,50 +4140,51 @@
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC42F8"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C431B8"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
+    <w:rsid w:val="00C47DB6"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
@@ -4313,55 +4263,56 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{6C9C706D-BDEE-49B7-A2DA-6D8201116D8F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6792,55 +6743,67 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BC42F8"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BC42F8"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BC42F8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scxw256612732">
     <w:name w:val="scxw256612732"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BC42F8"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C47DB6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="70927792">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="704986088">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7302,51 +7265,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal/remissioppenvard.30838.html" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal/remissioppenvard.30838.html" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientlag-2014821_sfs-2014-821" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal/remissioppenvard.30838.html" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientlag-2014821_sfs-2014-821" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal.943.html" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientlag-2014821_sfs-2014-821" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal.943.html" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal.943.html" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extra.skr.se/skr/tjanster/rapporterochskrifter/publikationer/riksavtalforutomlansvard2025.89451.html" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extra.skr.se/skr/tjanster/rapporterochskrifter/publikationer/riksavtalforutomlansvard2025.89451.html" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsaochsjukvard/ekonomiochavgiftersjukvard/riksavtalforutomlansvard.7875.html" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal/remissioppenvard.30838.html" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal/remissioppenvard.30838.html" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientlag-2014821_sfs-2014-821/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/patientlag-2014821_sfs-2014-821/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skr.se/halsasjukvard/patientinflytande/utomlansvardriksavtal.943.html" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientlag-2014821_sfs-2014-821" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -7634,70 +7597,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>955</Words>
-  <Characters>5062</Characters>
+  <Words>806</Words>
+  <Characters>5308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>136</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Vård av utomlänspatienter -betalningsförbindelser</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6005</CharactersWithSpaces>
+  <CharactersWithSpaces>6071</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vård av utomlänspatienter -betalningsförbindelser</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Jenny Sjöholm</dc:creator>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Jenny Sjöholm</lastModifiedBy>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>