--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -63,1851 +63,1914 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="181"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
       <w:tr w:rsidR="004268CC" w:rsidRPr="00DD7D53" w14:paraId="72E428BD" w14:textId="77777777" w:rsidTr="000E2096">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="576BDC2F" w14:textId="4C7F04B0" w:rsidR="004268CC" w:rsidRDefault="001942B6" w:rsidP="00B72FDC">
+          <w:p w14:paraId="2C22E4D3" w14:textId="77777777" w:rsidR="000431C9" w:rsidRDefault="001942B6" w:rsidP="00B72FDC">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Multiresistenta bakterier (MRB), </w:t>
             </w:r>
-            <w:r w:rsidR="000C0AB3">
+            <w:r w:rsidR="00B65591">
+              <w:t xml:space="preserve">övriga smittor, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="576BDC2F" w14:textId="32095C33" w:rsidR="004268CC" w:rsidRDefault="000C0AB3" w:rsidP="00B72FDC">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+            </w:pPr>
+            <w:r>
               <w:t>avdelnings</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="001942B6">
               <w:t>rutiner Neonatal</w:t>
+            </w:r>
+            <w:r w:rsidR="004F1354">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E4AB3E4" w14:textId="696350D5" w:rsidR="001942B6" w:rsidRPr="001942B6" w:rsidRDefault="001942B6" w:rsidP="001942B6">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="77BD45D6" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00B72FDC" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7D428BB7" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00B72FDC" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc501440348"/>
       <w:r>
         <w:t xml:space="preserve">Syfte </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332D1CE0" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="7CF6DDBE" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64B99A36" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="25A5C261" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Att förhindra spridning samt minska risken för att MRB och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Serratia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ska etableras i vårdmiljön på Neonatalavdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5DE57B" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="631EBC8E" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10396DB0" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="2D349211" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0631AFCA" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+    <w:p w14:paraId="54D46107" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="729B34FD" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>MRB = MRSA, VRE, ESBL och ESBL-</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+      </w:pPr>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Carba</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve">MRB = </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>Multiresistenta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>bildande</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>bakterier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tarmbakterier</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Serratia Marcescens </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>bla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>hanteras</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> MRSA, VRE, ESBL och ESBL-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>Carba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>vårdhygienmässigt</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>bildande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>som</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>tarmbakterier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>en</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve">. Serratia Marcescens </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>hanteras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>multiresistent</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>vårdhygienmässigt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>bakterie</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>som</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>på</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>neonatalavdelningar</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>multiresistent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>inkluderas</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>bakterie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>därför</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>på</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t>neonatalavdelningar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>screeningodlingar</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>inkluderas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>därför</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>screeningodlingar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7695CB2D" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...5 lines deleted...]
-    <w:p w14:paraId="6BA082CB" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="474CB9E2" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6583E333" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C692EC" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="008619D2" w:rsidRDefault="00406164" w:rsidP="00406164"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="3EC40F4F" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="0FAFFC0A" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="008619D2" w:rsidRDefault="006A0826" w:rsidP="006A0826"/>
+    <w:p w14:paraId="6D64BD4F" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="40C148A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid allt arbete eller vistelse på neonatalavdelningen följs basala hygienrutiner! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBF69F2" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="665058A1" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Vgs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> även rutin Multiresistenta bakterier (MRB), handläggning Neonatal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028C27BD" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...5 lines deleted...]
-    <w:p w14:paraId="55DD2F90" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="33651206" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47713B7C" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MRB bärarskap hos föräldrar/barn och hygienrutiner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2176801B" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="160D5AC6" w14:textId="77777777" w:rsidR="000431C9" w:rsidRPr="00DD7D53" w:rsidRDefault="000431C9" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E03CC93" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Personalen informerar föräldrar muntligt och med hjälp av </w:t>
+        <w:t xml:space="preserve">Personalen informerar föräldrar muntligt om hygienföreskrifter. Basala hygienrutiner följs alltid. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Neo</w:t>
+        <w:t>Vgs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> föräldrastöd om hygienföreskrifter.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5A1D5FA7" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve"> nedan vid särskilda förhållande.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CC1D03" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33EB6D53" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="7B81CE5C" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ESBL-VRE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CDD2F4" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="000F20F4" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="3DD68A32" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="000F20F4" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>ESBL, VRE bärande föräldrar med diarré/kräkning får inte vistas i föräldrakök, måltider äts då på föräldrarummet. Föräldrar utan riskfaktorer (diarré/kräkningar) får använda föräldraköket på samma sätt som alla andra föräldrar. Informera föräldrarna om vikten av god handhygien när man vistas i föräldraköket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1822D7A0" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="6A8073DB" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BB6C7B5" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="5CE994A3" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MRSA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E180F2A" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="07F829A1" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Föräldrar utan riskfaktorer (hudinfektioner, sår eller eksem), får använda föräldraköket på samma sätt som alla andra föräldrar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0AC919" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...5 lines deleted...]
-    <w:p w14:paraId="44D1B440" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="5661B4FE" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D695441" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Serratia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3BFCD1F1" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="4CD2359A" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid förekomst av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Serratia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> basala hygienrutiner. </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="70457786" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve"> följs basala hygienrutiner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="375F35AE" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A9B1ACB" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vinterkräksjuka/diarrébesvär </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3407349C" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="0B5FBBA3" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Föräldrapar där barnets tillstånd inte tillåter att de lämnar avdelning 34, får inte vistas i föräldraköket. Städning vid vinterkräksjuka/diarrébesvär sker med för ändamålet särskilt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>rengörningsmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> (tex </w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="4D0E6EFD" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve"> som bearbetas noggrant på ytor som ska rengöras. Personal som vårdar barn där diagnostiserad vinterkräksjuka förekommer får inte samtidigt vistas i mjölkköket. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AE002D" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1849C5BF" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Personal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC4BB19" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="6133EC8D" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">All personal ska alltid ha hel hud. Sår, eksem, hudinfektioner med mera innebär risk för smittspridning. Har man ett mindre sår, kan man arbeta under förutsättningen att man klarar av att sprita sina händer enligt våra basala hygienrutiner. Tex </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3F4A8A18" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve">All personal ska alltid ha hel hud. Sår, eksem, hudinfektioner med mera innebär risk för smittspridning. Har man ett mindre sår, kan man arbeta under förutsättningen att man klarar av att sprita sina händer enligt våra basala hygienrutiner.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2006D7F5" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29A096A8" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="419799B6" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6BDE3963">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Barn på IVA-sal/familjevårdsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C08001" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="6FF0AE6F" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Personal som ansvarar för dessa barn kan utföra kringsysslor under förutsättning att basala hygienrutiner tillämpas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FB5917" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="7F60D7EC" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C95A013" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="414885D3" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Material och utrustning på vårdplats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332AAEC7" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="1642CAB1" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Begränsa mängden material på salen. Tänk på att materialet som tas in endast behöver räcka under ditt arbetspass.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077FD2C7" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="1B66B661" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DC5BE89" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="4E6F650E" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tvätt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362B67FC" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="22849E4F" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Inga specialrutiner. Begränsa mängden textilier på salen. Tänk på att textilierna som tas in endast behöver räcka under ditt arbetspass.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A40FCB3" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="54B9F678" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A2B23CF" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="7D313527" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Avfall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1409B2AA" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="63D11805" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inga specialrutiner, hanteras som konventionellt avfall.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5317DDE7" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="67936596" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tänk på att lägga blött avfall i extra påse i sopsäcken för att förebygga läckage vid soptransport.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A8BEF5" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="1CAD094E" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">När du tömmer en full sopsäck, ta av dig handskarna och sprita dina händer innan du knyter ihop säcken. Säcken sätts sedan i ”smutsiga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sköljen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B2A741" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="354AB8B3" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71C731D1" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="0E9C69D2" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6BDE3963">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Punktdesinfektion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CF0A87" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="21945902" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">MRB - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ytdesinfektionsmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> med rengörande effekt 75+ eller </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7ED38A39" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve"> 75+.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532772A6" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="146A9ADB" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="2B662ABD" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Daglig städning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C38E90" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="098265BC" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dammtorkning av vårdnära ytor på vårdplats med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ytdesinfektionsmedel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 75+ eller liknande.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6140FD55" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve"> 75+. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24199A62" w14:textId="77777777" w:rsidR="00C65BCB" w:rsidRPr="00DD7D53" w:rsidRDefault="00C65BCB" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A85A54D" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>OBS! Handskförpackningar torkas av på utsidan och runt öppningen där de tas ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1543899D" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...5 lines deleted...]
-    <w:p w14:paraId="5B02F671" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="24236A2B" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DACBC5F" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0B324B61">
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Slutstädning av vårdplats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB545EA" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="66C39706" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Engångsutrustning i skåp som hanterats med basala hygienrutiner kan användas till nästa patient. Engångsutrustning i föräldrarum kastas. Renhetsgrad kan inte garanteras.</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="22C1A8A0" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t>Engångsutrustning kastas alltid. Renhetsgrad kan inte garanteras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885AD99" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B61C06B" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Handskförpackningar torkas av på utsidan och runt öppningen där de tas ut med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 75+ eller liknande. Några av de yttersta handskarna slängs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6ED1FF" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="301F89D6" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="087B159B" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="44F79CBA" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Patientnära utrustning (t.ex. kuvös, öppenbord, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) kring barnet som inte längre används körs ut i </w:t>
+        <w:t xml:space="preserve">All patientnära utrustning körs ut i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sköljen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> och rengörs omgående (inom 2h). Rengöring sker med allrengöringsmedel och vatten, följt av </w:t>
+        <w:t xml:space="preserve"> och rengörs omgående. Rengöring sker med allrengöringsmedel och vatten, följt av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 75+ eller liknande.   </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74F8996C" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve"> 75+.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A445812" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0022B455" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="5AF395D6" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bänkar, fönsterbänkar, handfat, kranar och andra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tagytor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> rengörs med torkduk och </w:t>
+        <w:t xml:space="preserve"> rengörs med allrengöringsmedel och vatten, följt av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 75+ eller liknande</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E6CCA2A" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+        <w:t xml:space="preserve"> 75+.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC810C7" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E948A52" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="0F387A90" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tvättsäck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> lämnas till föräldrarna så all smutstvätt samlas ihop och försluts på rummet och hanteras sedan som konventionell tvätt. Oanvänd tvätt inne hos familjen läggs i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tvättsäcken</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> när patienten skrivs ut. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638B4494" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="04C298BE" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70D2C4F8" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="386A6DDE" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Toalettpappershållare torkas av noggrant vid taggarna som river av papperet. Dra ut 2 varv papper och kassera. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DB4AD0" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="6605A401" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57D1FCFB" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="0171A9B6" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Torkyhållare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> torkas av noggrant vid taggarna som river av papperet. Dra ut 1 dm papper och kassera. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE306D8" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="00885B73" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="798A6841" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="0A290454" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rengöring av möbler och andra ytor i rummet görs med allrengöringsmedel och vatten efterföljt av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 75+.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCE7302" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...5 lines deleted...]
-    <w:p w14:paraId="041EF510" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="6297B64F" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7139D134" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Undantag VRE!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AC186B" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0B324B61">
+    <w:p w14:paraId="521BBD30" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">All städning, rengöring och desinfektion utförs av vårdpersonal enligt vårdhygiens lokala anvisningar om VRE. </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="40C148A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="78B37BB5" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Vid förekomst av VRE kan särskilda städrutiner vara aktuella. Kontakt tas med vårdhygien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D35B9AD" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0B324B61">
+    </w:p>
+    <w:p w14:paraId="6120D027" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0B324B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Överflyttning till annat sjukhus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189DB9FB" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="42DE4BBF" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Informera mottagande enhet om MRB bärarskap och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Serratia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F482F5" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...5 lines deleted...]
-    <w:p w14:paraId="4050FAB9" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="650CC796" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3651A03B" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DAF5FA6" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="747CCFFF" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BF55858" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="73445E4C" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E4AF752" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="20E282C5" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CFEC5FA" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="2CBF8E78" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14FDE2B6" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="4BC94F56" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AEF2041" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="04F5637F" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72B54A08" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="54F6BD07" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FE60ED1" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="18BE90BC" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27D32FC9" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="61C331F2" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BDCECE9" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="185FECDB" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15799E02" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="330E3C2A" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75AF73D6" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="4426F059" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66FBD306" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="24DF5F0D" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65DB77CD" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="284E2B99" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F8FDF85" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="59EB570F" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D7EC84F" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="3477C96B" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43D7541E" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="7276E815" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36C2DF70" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="56B26224" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D028BAD" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="146BEA4E" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15B54A56" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="0B08630B" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66F17AAA" w14:textId="77777777" w:rsidR="00406164" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="5BCC5305" w14:textId="77777777" w:rsidR="006A0826" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58FBB927" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="4899BF3B" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Riskfaktorer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFAEE80" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="4D4A2129" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B324B61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Nedanstående tabell beskriver de vanligaste riskfaktorerna som ska beaktas i samband med smittriskbedömningen. Vårdhygien kan hjälpa till vid frågor eller oklarheter vid riskbedömning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749C7C77" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="2FE6FCDC" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="325FC483" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="4B7F4B07" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F02A2FE" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="6D6E33D7" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD7D53">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19BC3D96" wp14:editId="65935C36">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A67F3AD" wp14:editId="10FBFFE7">
             <wp:extent cx="5400675" cy="4515485"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="1" name="Bildobjekt 1" descr="C:\Users\thean37\Desktop\Skärmklipp 1.PNG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="674688816" name="Picture 1" descr="C:\Users\thean37\Desktop\Skärmklipp 1.PNG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400675" cy="4515485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4333B61A" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...17 lines deleted...]
-    <w:p w14:paraId="2E8F2240" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="37C7B950" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041D15CC" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AD9DD84" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="431409D0" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4421C35F" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
-[...5 lines deleted...]
-    <w:p w14:paraId="5E50F059" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="72C949F3" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F26E3DE" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62216231" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="02008768" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C0E62A" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="69574665" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="444AB678" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="54347193" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0146F1F0" w14:textId="77777777" w:rsidR="00406164" w:rsidRPr="00DD7D53" w:rsidRDefault="00406164" w:rsidP="00406164">
+    <w:p w14:paraId="7AF5FFEC" w14:textId="77777777" w:rsidR="006A0826" w:rsidRPr="00DD7D53" w:rsidRDefault="006A0826" w:rsidP="006A0826">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+    <w:p w14:paraId="35FBBE9E" w14:textId="77777777" w:rsidR="004268CC" w:rsidRDefault="004268CC" w:rsidP="00DE67DF">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:bCs w:val="0"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004268CC" w:rsidSect="00DD7D53">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D56AF16" w14:textId="77777777" w:rsidR="00737718" w:rsidRDefault="00737718">
+    <w:p w14:paraId="2E7A6857" w14:textId="77777777" w:rsidR="00396EED" w:rsidRDefault="00396EED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DD91FEB" w14:textId="77777777" w:rsidR="00737718" w:rsidRDefault="00737718">
+    <w:p w14:paraId="3B63BC67" w14:textId="77777777" w:rsidR="00396EED" w:rsidRDefault="00396EED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="64BEEEBA" w14:textId="77777777" w:rsidR="00737718" w:rsidRDefault="00737718">
+    <w:p w14:paraId="2EE90FAB" w14:textId="77777777" w:rsidR="00396EED" w:rsidRDefault="00396EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2346,61 +2409,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="285C23F4" w14:textId="77777777" w:rsidR="00737718" w:rsidRDefault="00737718"/>
+    <w:p w14:paraId="4F1615C2" w14:textId="77777777" w:rsidR="00396EED" w:rsidRDefault="00396EED"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20CFED78" w14:textId="77777777" w:rsidR="00737718" w:rsidRDefault="00737718">
+    <w:p w14:paraId="415BC34F" w14:textId="77777777" w:rsidR="00396EED" w:rsidRDefault="00396EED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1B242F51" w14:textId="77777777" w:rsidR="00737718" w:rsidRDefault="00737718">
+    <w:p w14:paraId="27F7E4EE" w14:textId="77777777" w:rsidR="00396EED" w:rsidRDefault="00396EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BFBFB29" w14:textId="77777777" w:rsidR="004268CC" w:rsidRPr="00DA65C4" w:rsidRDefault="004268CC" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="150B2619" wp14:editId="67C15C47">
               <wp:simplePos x="0" y="0"/>
@@ -5121,98 +5184,99 @@
   <w:num w:numId="14" w16cid:durableId="1060520027">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1526870067">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1387754609">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="36055602">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="727729629">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="640699245">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="000431C9"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000969B7"/>
     <w:rsid w:val="000A3DFE"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C0AB3"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F20F4"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
@@ -5268,129 +5332,132 @@
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="00396EED"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406164"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="004268CC"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004F1354"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="006A0826"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00737718"/>
@@ -5478,111 +5545,116 @@
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF3E36"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B65591"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B72FDC"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C02499"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C36469"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C41668"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C65BCB"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB710D"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE1043"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D6282C"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB7A2C"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD7D53"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE67DF"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
@@ -8466,71 +8538,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>746</Words>
-  <Characters>3954</Characters>
+  <Words>711</Words>
+  <Characters>3769</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4691</CharactersWithSpaces>
+  <CharactersWithSpaces>4472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Multiresistenta bakterier (MRB), avdelningsrutiner Neonatal</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Elisabet Mattsson</lastModifiedBy>
-  <revision>15</revision>
+  <revision>21</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>