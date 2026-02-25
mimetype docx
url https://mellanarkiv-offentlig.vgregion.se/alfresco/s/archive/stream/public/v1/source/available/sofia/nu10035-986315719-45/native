--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00D412DF"/>
     <w:p w14:paraId="43EA6D2E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="009B4B51"/>
     <w:p w14:paraId="1184CD9A" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="089A2603" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="009B4B51"/>
     <w:p w14:paraId="6873579E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="009B4B51" w:rsidSect="0021757B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
@@ -71,5125 +71,4144 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="181"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B4B51" w:rsidRPr="0021757B" w14:paraId="73A34A45" w14:textId="77777777" w:rsidTr="00D021C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B7932EB" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+          <w:p w14:paraId="7B7932EB" w14:textId="4E46733F" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
             </w:pPr>
             <w:r w:rsidRPr="0021757B">
-              <w:t xml:space="preserve">Arbetsrutiner och dagliga kontroller, </w:t>
+              <w:t>Arbetsrutiner och dagliga kontroller</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 34</w:t>
+            <w:r w:rsidR="00D92BA2">
+              <w:t xml:space="preserve"> Neonatal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A651E4B" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74480C5E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="0DA9E466" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc501440350"/>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>yfte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49ABDAB8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc501440351"/>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att underlätta rutiner för dagliga kontroller och arbetsrutiner vid vårdplats.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="1B460623" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="60F2B17D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68663AB7" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="598FF0C9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Innehåll </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E75BB1" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="021529D6" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Dagliga kontroller</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB56DA5" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="00F2AFEB" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SSK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3C0C57" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="79536E30" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>BSK/USK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B21E53" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="10B71189" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Grundutrustning på vårdplats/beskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7342433F" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="5A285D01" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IVA-</w:t>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501AB3B5" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="5984DDF5" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Föräldrarum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6D0F48" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="5943DDBD" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Daglig kontroll på förlossningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EFFF8C" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="1B9E7E6B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Daglig kontroll av akutplats på </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Daglig kontroll av akutplats på Avd 34</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6491C9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">IVA- / Akutplats </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F39875C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Avd</w:t>
-[...47 lines deleted...]
-        </w:rPr>
         <w:t>Daglig kontroll på föräldrarum/kök/personalkök</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D1953C" w14:textId="0754C462" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="0D0ACF3C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DAGLIGA KONTROLLER </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1756F0B2" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="72BCD92E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D5CA498" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="51E4B63E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">KOORDINATOR  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66234371" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="4E303E2A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71DF395D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="2BCDC2B3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Har, eller fördelar ut, larmtelefonen till förlossningen, och ansvarar för att någon går på snitt, sugklocka. Bemannar också ev. respiratorbeläggning. Ansvarar för patientplats vid nya inläggningar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA89388" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="0FB32705" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="2D308DDE" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+      <w:r>
+        <w:t>Morgonmöte med chef, teamledare, kurator, sjuksköterskor, undersköterskor och läkare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ECA40F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...24 lines deleted...]
-    <w:p w14:paraId="3ABF3FBC" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+      <w:r>
+        <w:t>Koordinator ansvara för placering av personal, bemanning med avseende sjukskrivningar, friskskrivningar, ev ledighet mm (Teamledare ansvarar för detta dagtid mån-fre). Är brandansvarig och skall alltid ha en aktuell beläggningslista med sig. Barnets placering på sal skall överensstämma med placeringen på placeringslistan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5ECAF6" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontroll av förlossning, akutplatser på </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="55FCF114" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Kontroll av förlossning, akutplatser på avd samt instrument.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129D0E58" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">På förlossningen kontrolleras, tre </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">På förlossningen kontrolleras, tre st barnbord, intubationslådan, läkemedel i högskåpet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3C0AAE" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IVA plats kontrolleras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50727E57" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Intubationsvagn och röda byrån. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5365B43C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicinrum, antal nycklar, tempertur i kylskåp, intubationsläkemedel, akutryggsäckar, intubationsväska. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC03976" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6951A4" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F6DB81A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SSK FM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3C87C6" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="003197F7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ID-kontroll av barn, signera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099F9AE7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera status på barnen, hur ser de ut? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B063DED" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lägg upp en plan med BSK/USK om dagens arbete och planera frukost och lunch rast.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4982832E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nollställning av dropp, görs varje dag kl 08.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEF6151" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera vätskebalans mot CHA, före rond.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30751F97" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rond enligt rondmall. Om BSK/USK inte kan vara med under ronden, rapportera vad som bestämts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1849C26B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Efter rond, fortlöpande arbete och dokumentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B43F30" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera alla infarter, läge och inspektera insticksställe, signera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE8F6BD" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rapportera med hjälp av ditt rapportblad och dagens mål i CHA till personal som tar över på em.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4EBCD9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Efter rapporten på em se över avdelningen, om allt är klart fråga om kollega behöver hjälp. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00AFCB58" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera Neo Föräldrastöd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7318A1D8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera att du har utfört och signerat allt i CHA för ditt pass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1305C220" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF4FECB" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77DFA249" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5961C3FA" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SSK EM </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A83899" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E8FF2D7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ID-kontroll av barn, signera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0363F0DC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera status på barnen, hur ser de ut? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1BD7BA" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lägg upp en plan med BSK/USK om dagens arbete och planera rast.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432FD010" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Kontrollera vätskebalans mot CHA. Slutför rondarbete som ej hunnits med på fm. Dokumentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4DD952" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Se till att det alltid finns förberett en ny plats till kommande barn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7196DAA7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera alla infarter, läge och inspektera insticksställe, signera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434F3DE4" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Koordinatorfunktion, se ovanstående.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52062C2B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk94602424"/>
+      <w:r>
+        <w:t>Kontrollera Neo Föräldrastöd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D94D61" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera att du har utfört och signerat allt i CHA för ditt pass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187A6153" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rapportera med hjälp av ditt rapportblad och dagens mål i CHA till personal som tar över på nattpass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F473E3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="220E90ED" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="23DA9630" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13C06ADC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D02EF8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SSK NATT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A6D102" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62AD2FA9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Se arbetsrutiner dag/kväll.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290A62DA" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Månadskontroll, innehåll datum av nedanstående, den 15 de varje månad, av utrustning/signera på protokoll som ligger i fack på expedition 15-16.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7F13B9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Akutryggsäck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C246178" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gröna väskan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABC1A73" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Röda byrån, med katetersättning, selastic och LP utrustning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4F9028" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Högskåp inne på förlossningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705A3B53" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vagn i barnrummet på förlossningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A2D577" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IVA, snittsal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E408E1" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Intubationsvagn, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743560A0" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Intubationsläkemedel </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC8BF81" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRP apparat </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36678890" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koordinators funktion, se ovanstående. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEEC7D7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera alla infarter, läge och inspektera insticksställe, signera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F75608B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera vätskebalans mot CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45057B61" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera Neo Föräldrastöd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5B0BA1" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Se till att det alltid finns förberett en ny plats till kommande barn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA2610" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Starta om alla datorer kl 06:00 (CHA kräver detta)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF2EFFB" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera att du har utfört och signerat allt i CHA för ditt pass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EED448E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rapportera med hjälp av ditt rapportblad och dagens mål i CHA till personal som tar över på dagen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6BC34A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442FE791" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD37EE9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B8BDA9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4250D08A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="315D174C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ALLA PASS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B539E4B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31EC7B5D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fyll i parametrar i CHA på alla pass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584569A3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79F27DA9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Plocka iordning i alla utrymmen och fylla på material vid behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CBA85D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E06EE40" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AEEC765" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="156445BC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D4012F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A3E3147" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF55C64" w14:textId="04520828" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BSK/USK FM </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E63BE0" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C93C828" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fyll i parametrar i CHA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7280D2" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontrollera utrustning på salen, att det är rätt utrustning och rätt inställning. Signera i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC4CD69" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NeoPuff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C08F5D0" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mask och blåsa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECAD6AC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sug </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569A6178" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sprittorka fm/em/natt, 1 ggr/dygn eller vid behov. Signera som ovan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9A2264" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fyll på i närförråd och material för ett dygn vid patientplats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63264273" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fyll på vid tom patientplats, se vårdplatsbeskrivning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD013D0" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Töm sopor på salar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4294EAD4" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Städ av sköljar på respektive dag fm/em/natt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66019FCE" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rengöring av sängar, kuvöser och annan utrustning, hopsättning och kontroll av apparater.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675C850A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk94602723"/>
+      <w:r>
+        <w:t xml:space="preserve">Damma, plocka i ordning i andra utrymmen som t ex expeditionerna, förråd mm. Kontrollera personalrum, föräldrakök, disk mm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6368BD5A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städa mjölköket på helger, röda dagar eller när köket är obemannat. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="4435150A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontrollera Neo Föräldrastöd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4374F753" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SNQ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79410B0F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F522B78" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E5A7F86" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10DB04DC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>BSK/USK EM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5622D8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C8397C7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fyll i parametrar i CHA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6288EE" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontrollera utrustning på salen, att det är rätt utrustning och rätt inställning. Rapporteras vidare till nästa skift om man inte hinner med</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122BF1EC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NeoPuff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AECADF2" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mask och blåsa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D9F422" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sug </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5877804F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sprittorka fm/em/natt. Signera på checklista som sitter vid handfatet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B824D3C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fyll på i närförråd och material för ett dygn vid patientplats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D9DE46" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fyll på vid tom patientplats, se vårdplatsbeskrivning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5130F76C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Töm sopor på salar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E90DBD3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Städ av sköljar på respektive dag fm/em/natt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764E1593" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rengöring av sängar, kuvöser och annan utrustning, hopsättning och kontroll av apparater.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9EA622" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontrollera mjölkköket och pumprummet, beredning av mjölk och disk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D583866" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk94602904"/>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Damma, plocka i ordning i andra utrymmen som t ex expeditionerna, förråd mm. Plocka in förråd, kontrollera personalrum, föräldrakök, disk mm. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="1C7876ED" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Städa mjölköket på helger, röda dagar eller när köket är obemannat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54771BB7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontrollera Neo Föräldrastöd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786F2F77" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C7CEF53" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2063 lines deleted...]
-    <w:p w14:paraId="5D1C50C5" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    </w:p>
+    <w:p w14:paraId="3FF6302C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>BSK/USK NATT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22537A1F" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="62A2ECD6" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7780C7F5" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="1F64BA51" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="2283F3E6" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fyll i parametrar i CHA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764C7077" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kontrollera utrustning på salen, att det är rätt utrustning och rätt inställning. Rapporteras vidare till nästa skift om man inte hinner med</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3075A1" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="6D838A87" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NeoPuff</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4D1D685F" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    </w:p>
+    <w:p w14:paraId="6A663C46" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mask och blåsa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C39D7E7" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="6F234489" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sug </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521CBF7D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="37092652" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Sprittorka fm/</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="33EB00F1" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Sprittorka fm/em/natt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750FD6A7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fyll på i </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="598FF1EB" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Fyll på i närförråd och material för ett dygn vid patientplats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAAADB7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fyll på vid tom patientplats, se vårdplatsbeskrivning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0240B272" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="5DD738CB" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Töm sopor på salar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070A6C60" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="24AAB291" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Städ av </w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="35EC51C1" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Städ av sköljar på respektive dag i mån av tid fm/em/natt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439130F4" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rengöring av sängar, kuvöser och annan utrustning, hopsättning och kontroll av apparater.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46093065" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="340FD709" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kontrollera mjölkköket och pumprummet, beredning av mjölk och disk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699274B2" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="5EB9384E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Damma, plocka i ordning i andra utrymmen som t ex expeditionerna, förråd mm. Plocka in förråd, kontrollera personalrum, föräldrakök, disk mm. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3293C0FC" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="004D455A" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="02B1DF7B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Städa mjölköket på helger, röda dagar eller när köket är obemannat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695F41BC" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="7CD72EAC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Plocka in förråd </w:t>
-[...49 lines deleted...]
-    <w:p w14:paraId="220554F4" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Kontrollera Neo Föräldrastöd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66267724" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4198CBB7" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="6CB59E2E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DCBF25D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="0E823F74" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="341DAD2E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="35C8F89E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71899DEB" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="79F69711" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="477C22E7" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="040E66EF" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0053CC5E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="378F86C3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">GRUNDUTRUSTNING PÅ VÅRDPLATS/ BESKRIVNING </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D3DA76" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="1831B990" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Görs av </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+        <w:t>Görs av ssk/bsk/usk efter behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A8912B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ssk</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD5FFE1" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...60 lines deleted...]
-    <w:p w14:paraId="0C52F0B0" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC62BBC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>På sal (alla salar och platser har lika utrustning)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E83759" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="2C88B2B3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BA04000" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="133C49FB" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sluten kuvös</w:t>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:t xml:space="preserve"> (med tillhörande utrustning för befuktning)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC424B5" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="0AEEEA91" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C0EC07" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="0AA981FD" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Öppenvårdskuvös/säng</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2B8BD4" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="23EC7B10" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DA02234" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="4239D879" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Stetoskop</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534CE4BB" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="4032749F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47EFAA7B" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="6AB0C95B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mask och blåsa,</w:t>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:t xml:space="preserve"> mask i mellanstorlek. Blåsan ska vara kopplad till flödesmätare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506C14A3" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="1B29A0D8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D6096E4" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="270C50D1" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Sug</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+      </w:pPr>
+      <w:r w:rsidRPr="2EF32368">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Sugkatetrar</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="767C5B2F" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>NeoPuff. Inställningar: Flöde 10 liter PIP 25 PEEP 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E852D4E" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BC30D51" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="7627D8D5" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Sug</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> – 20 kpa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B658DD" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B7C0F4B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Övervakningsskåp/X:</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Sugkatetrar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>, grön, blå och svart, 5 st i varje storlek</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61639792" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44BAA876" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>3</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="1304" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2EF32368">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="24D3CA47" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Övervakningsskåp/X:3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47DD8A56" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1910EC6C" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">Elektroder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>(tas ej ur förpackningen – torkar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394AA348" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F66D5E6" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Övervakningslista</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C03D7B0" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Saturationsprob</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> med kardborreband</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2728C31B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A76693B" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="61D1A1AC" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Elektroder </w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t>Temp</w:t>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0021757B">
         <w:t>rectal</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och axill)</w:t>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">och </w:t>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:t>vaselin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E79EEB2" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="42342C89" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16C6E9D9" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="669D5092" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6805F2BC" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="3C28D1D9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Detta är en grundutrustning och får kompletteras efter barnets behov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473E0C62" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="05073F63" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="326DEFA2" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="02176C5F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E8EE022" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="57A51CDA" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DAGLIG KONTROLL PÅ FÖRLOSSNINGEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3960BB" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="7450B4B5" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Görs av koordinator fm, eller grönringad </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+        <w:t>Görs av koordinator fm, eller grönringad ssk em.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5731689B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D86EF08" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C8CCEE3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve">Kontrollera att </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>övervärme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> är påslagen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E9B129" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="403E2B71" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve">Funktionskontroll av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mask och blåsa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> kopplad på mixer på barnbordet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1554B6" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="495F889B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve">Funktionskontroll av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NeoPuff</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> kopplad till mixer på barnbordet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71088EE1" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1304" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705E2F24" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Flöde 10 l, PIP 25/PEEP 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68437D60" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="002DAB1D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve">Funktionskontroll av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>sug, -20 kpa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730A25D7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="675A8CAF" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Funktionskontroll av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2EF32368">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Philips X3, prob och nätanslutning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D40D3D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D0C93B5" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>Kontrollera att vagnens utrustning är komplett (dat. Kontroll görs av nattpersonal 1 g/mån).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268B6996" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D5E695F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FD3F19" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve">Efter kontrollering </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>signera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> på protokoll som ligger i fack på expeditionen 15-16.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436A76E7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66604712" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16935E80" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E9D09A0" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="598710A5" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>PÅFYLLNING OCH KONTROLLER EFTER OMHÄNDERTAGANDE AV BARN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D967BC2" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ssk</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+      </w:pPr>
+      <w:r w:rsidRPr="2EF32368">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> em.</w:t>
-[...312 lines deleted...]
-    <w:p w14:paraId="0C38913D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Den SSK som agerat på barnsal ansvarar för att allt blir iordningställt, antingen själv eller delegerar till lämplig SSK/BSK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011697F3" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021757B">
+    </w:p>
+    <w:p w14:paraId="5ACFE9EA" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Den SSK som agerat på </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="71288515" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="754DAF64" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>Fyll på vagnen och högskåp med förbrukat material och läkemedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404E7E86" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="3A86721D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E58A370" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>Kontrollera att det är bytt Mask och blåsa, NeoPuff slangar, masker och saturationsprober.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4982C179" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1304" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38452B3B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>Sprita av hyllan på öppenvårdskuvösen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50983BF7" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...84 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344819B9" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="7B416225" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DAGLIG KONTROLL AV IVA / AKUTPLATSER PÅ AVD 34</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0FAB1E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="165F2978" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Görs av </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+        <w:t>Görs av ssk/bsk/usk, alla pass.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC6962B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7BC496" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+        </w:rPr>
+        <w:t>IVA / AKUT platser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6331ADF2" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03EAF5B5" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve">På avdelningen skall det finnas minst en plats som skall vara utrustad som IVA / akutplats.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E0DD98" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A1FCF1" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6D2480BA" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        </w:rPr>
+        <w:t>Vid akutplatsen skall finnas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39717288" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5043A219" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+        </w:rPr>
+        <w:t>Mask och blåsa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> kopplad till mixer inställd på 21 % </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAE78FD" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39646EEE" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-        </w:rPr>
+        </w:rPr>
+        <w:t>Masker</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> i tre storlekar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D008550" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78073AA1" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2BE1BC4D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        </w:rPr>
+        <w:t>Sug</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> – 20 kpa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48613A42" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5504D4E9" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0E01925E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Sugkatetrar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>, grön, blå och svart, 5 st av varje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3568CDCE" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0021757B">
-[...12 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    </w:p>
+    <w:p w14:paraId="10AC258A" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">CPAP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>– ej kopplad till O2 eller luft (sliter på membranen), olika storlekar på CPAP mössa, måttband.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3728E079" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3638446B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Vid akutplatsen skall finnas:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="05D90AFB" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Stetoskop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> 2 st varav 1 st i mellanstorlek</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A59B22" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7286E77E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="173D2E29" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0021757B">
+      <w:r w:rsidRPr="2EF32368">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Mask och blåsa</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="0D0B36EF" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t xml:space="preserve">X3 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2120A753" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CBFD91D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Masker</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="02473290" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t xml:space="preserve">Elektroder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021757B">
+        <w:t>(tas ej ur förpackningen – torkar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F9360D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="006B7996" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="019B8F21" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="0021757B">
+      <w:r w:rsidRPr="2EF32368">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Sug</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3624169C" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Saturationsprob</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> med kardborreband</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CEA8E0" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-      </w:pPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Sugkatetrar</w:t>
-[...194 lines deleted...]
-    <w:p w14:paraId="51E0EE82" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E316294" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Temp</w:t>
       </w:r>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (rectal och </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+        <w:t xml:space="preserve"> (rectal och axill) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279FBED4" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1304" w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>axill</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0021757B">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3668968B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="17E1C911" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65642FEE" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>DAGLIG KONTROLL PÅ FÖRÄLDRARUM/ KÖK/ PERSONALKÖK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEB55A9" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="4F8FAAB5" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E420EFC" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="5594B526" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
-        <w:t xml:space="preserve">Kontrollera att det finns rätt utrustning på föräldrarummen. Mask och blåsa som följer barnet, flödesmätare 15 liter, sug -20 </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6745A42C" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Kontrollera att det finns rätt utrustning på föräldrarummen. Mask och blåsa som följer barnet, flödesmätare 15 liter, sug -20 kPa och katetrar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F65303" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
-        <w:t xml:space="preserve">Se till att det är tömt och städat i föräldraköket de dagar då </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="75B828E3" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+        <w:t>Se till att det är tömt och städat i föräldraköket de dagar då avd värd ej är i tjänst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DB7C9F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Töm diskmaskin på rent och fyll på med smutsig disk, se till att det är snyggt och iordning efter Dig! Märk Din mat i kylskåp och skafferi och släng gammalt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350584CD" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="5748B421" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FC47B86" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="1B33440F" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FC38F5C" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="18C6C6C6" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C5F816F" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="1CC44CCF" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66F53DF6" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="31C3617D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="695700DF" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="2F7FCC68" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>VID MINDRE BELASTNING PÅ AVDELNINGEN OCH LUGNA STUNDER, TÄNK PÅ ATT STÄDA,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C96A8A" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="54D17D02" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021757B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>FYLLA PÅ MATERIAL DÄR DET FATTAS, FÖRBERED PLATS FÖR NY PATIENT.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F090FD1" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="03B59DA8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55945241">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>UPPDATERA DIG OCH ÖVA!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696DE708" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021757B">
-[...8 lines deleted...]
-    <w:p w14:paraId="29B09D0B" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    </w:p>
+    <w:p w14:paraId="3845162B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="778579D9" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D70378D" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56A06547" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="65100472" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="3B792EF8" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32877CA8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="330BB164" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="12C5FA72" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="0021757B" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="5025B0D8" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="00536A5A" w:rsidRDefault="008B37BB" w:rsidP="008B37BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50FE289B" w14:textId="77777777" w:rsidR="008B37BB" w:rsidRPr="009B4B51" w:rsidRDefault="008B37BB" w:rsidP="008B37BB"/>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="62A1263D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="00536A5A" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
+    <w:p w14:paraId="74480C5E" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidRDefault="009B4B51" w:rsidP="009B4B51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="009B4B51" w:rsidRPr="009B4B51" w:rsidSect="0021757B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009B4B51" w:rsidRPr="0021757B" w:rsidSect="0021757B">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B33FE9F" w14:textId="77777777" w:rsidR="00E42B94" w:rsidRDefault="00E42B94">
+    <w:p w14:paraId="0CBC093E" w14:textId="77777777" w:rsidR="008C0F50" w:rsidRDefault="008C0F50">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EA49CCD" w14:textId="77777777" w:rsidR="00E42B94" w:rsidRDefault="00E42B94">
+    <w:p w14:paraId="41FD0688" w14:textId="77777777" w:rsidR="008C0F50" w:rsidRDefault="008C0F50">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5446CDD7" w14:textId="77777777" w:rsidR="00E42B94" w:rsidRDefault="00E42B94">
+    <w:p w14:paraId="79E04021" w14:textId="77777777" w:rsidR="008C0F50" w:rsidRDefault="008C0F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -5197,89 +4216,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EA774F5" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="293EDA16" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1232538282"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3F6F9621" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="00EC0A68" w:rsidRDefault="009B4B51" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -5308,51 +4327,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33FBDE83" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23B64E66" wp14:editId="23EA5BAC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Bildobjekt 5">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -5386,89 +4405,89 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -5497,51 +4516,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -5575,73 +4594,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76AF2898" w14:textId="77777777" w:rsidR="00E42B94" w:rsidRDefault="00E42B94"/>
+    <w:p w14:paraId="0FBE5A63" w14:textId="77777777" w:rsidR="008C0F50" w:rsidRDefault="008C0F50"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A84844C" w14:textId="77777777" w:rsidR="00E42B94" w:rsidRDefault="00E42B94">
+    <w:p w14:paraId="18E1C71E" w14:textId="77777777" w:rsidR="008C0F50" w:rsidRDefault="008C0F50">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2C2420DC" w14:textId="77777777" w:rsidR="00E42B94" w:rsidRDefault="00E42B94">
+    <w:p w14:paraId="31720C7A" w14:textId="77777777" w:rsidR="008C0F50" w:rsidRDefault="008C0F50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C51570F" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRPr="00DA65C4" w:rsidRDefault="009B4B51" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B4F679A" wp14:editId="20465ABC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textruta 1"/>
@@ -5719,51 +4738,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C90B92D" w14:textId="77777777" w:rsidR="009B4B51" w:rsidRDefault="009B4B51" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4613A554" wp14:editId="7ABA68D8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -5929,51 +4948,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -6051,51 +5070,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -6261,51 +5280,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10166,54 +9185,53 @@
   <w:num w:numId="28" w16cid:durableId="1248732073">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1018700075">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="397672624">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="438330587">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2319403">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="18625025">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="397169194">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -10279,50 +9297,51 @@
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="0021757B"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A20A8"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
@@ -10332,50 +9351,51 @@
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="00466D8B"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
@@ -10440,52 +9460,55 @@
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
+    <w:rsid w:val="008A7203"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B37BB"/>
+    <w:rsid w:val="008C0F50"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4B51"/>
     <w:rsid w:val="009C0D12"/>
@@ -10563,87 +9586,90 @@
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D412DF"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D92BA2"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E42B94"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F35D0D"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F52FAE"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -10651,51 +9677,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13065,51 +12091,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13485,71 +12511,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1403</Words>
-  <Characters>7441</Characters>
+  <Words>1433</Words>
+  <Characters>7597</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8827</CharactersWithSpaces>
+  <CharactersWithSpaces>9012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Arbetsrutiner och dagliga kontroller, avd 34</dc:title>
+  <dc:title>Arbetsrutiner och dagliga kontroller Neonatal</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Elisabet Mattsson</lastModifiedBy>
-  <revision>4</revision>
+  <revision>9</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>