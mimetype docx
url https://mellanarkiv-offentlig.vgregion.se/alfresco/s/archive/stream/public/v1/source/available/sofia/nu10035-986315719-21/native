--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,62 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00592FF7"/>
     <w:p w14:paraId="7180AB1F" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="00D36247" w:rsidRDefault="00D36247" w:rsidP="00D36247"/>
     <w:p w14:paraId="3D81FB0D" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="00D36247" w:rsidRDefault="00D36247" w:rsidP="00D36247"/>
     <w:p w14:paraId="2713A167" w14:textId="77777777" w:rsidR="00D36247" w:rsidRDefault="00D36247" w:rsidP="00D36247"/>
     <w:p w14:paraId="1BF89D9A" w14:textId="77777777" w:rsidR="00D36247" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00D36247" w:rsidSect="002E4DAD">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
@@ -169,59 +168,61 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>34562</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
@@ -259,59 +260,61 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>34562</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -321,51 +324,59 @@
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="165820DD" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="002E4DAD">
-              <w:t xml:space="preserve">Larmrutiner avd 34 </w:t>
+              <w:t xml:space="preserve">Larmrutiner </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E4DAD">
+              <w:t>avd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E4DAD">
+              <w:t xml:space="preserve"> 34 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4363CEFA" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="670822C3" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:right="0" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4DAD">
@@ -374,568 +385,1025 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">I samarbete med berörda kliniker (Akutkliniken, Anestesi/IVA, Medicinkliniken, HLR-enheten, Växeln) har det utformats larmrutiner avseende </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hjärtlarm Barn</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Dåligt barn BB/förlossning/avd 34</w:t>
+        <w:t>Dåligt barn BB/förlossning/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dåligt barn Akuten/mott/avd 23. </w:t>
+        <w:t>Dåligt barn Akuten/mott/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hjärtlarm Barn har delats in i </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Hjärtlarm spädbarn &lt; 1 år</w:t>
+        <w:t xml:space="preserve">Hjärtlarm spädbarn </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>&lt; 1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hjärtlarm barn</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2A79CB" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:right="0" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> &gt; 1 år. </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Larmrutinerna har förenklats i och med att larmaren endast anger typ av larm och lokalisation och växeln har då en rutin för vilka som ska larmas. </w:t>
+        <w:t xml:space="preserve">Larmrutinerna har förenklats i och med att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>larmaren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> endast anger typ av larm och lokalisation och växeln har då en rutin för vilka som ska larmas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8F2A3F" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-5" w:right="0" w:hanging="10"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5554BA5B" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="258" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4DAD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Vgs </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vgs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">”Larmrutiner Barnkliniken” </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">för utförlig info om alla larmrutiner inkl </w:t>
+        <w:t xml:space="preserve">för utförlig info om alla larmrutiner </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>inkl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Hjärtlarm spädbarn &lt; 1 år</w:t>
+        <w:t xml:space="preserve">Hjärtlarm spädbarn </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>&lt; 1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hjärtlarm barn &gt; 1 år</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7E1E7C" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00000000" w:rsidP="00D36247">
+    <w:p w14:paraId="2E7E1E7C" w14:textId="1CAEE69B" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00A748C0" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="258" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00D36247" w:rsidRPr="002E4DAD">
+        <w:r w:rsidRPr="00A748C0">
           <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Trebuchet MS"/>
-            <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/34560/Larmrutin%20Barnkliniken%20(N%c3%a4l).pdf?a=false&amp;guest=true</w:t>
+          <w:t>Larmrutin Barnkliniken (Näl).docx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="37644454" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="258" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C9E16B8" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="16" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="16" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="16" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="16" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="634" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="100" w:right="136"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>För avd 34 gäller i första hand larmen</w:t>
+        <w:t xml:space="preserve">För </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34 gäller i första hand larmen</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dåligt Barn BB/förlossning/ avd 34</w:t>
-[...39 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Dåligt Barn BB/förlossning/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Man ringer växeln på larmnummer 2222 och uppger sjukhus och dåligt barn BB/förlossning/avd 34</w:t>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>34</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Automatiskt larmas då Neojour och Neo SSK via larmtelefoner. På detta sätt kommer man förbi väntetid till växeln och problem med att det ev är upptaget på Neojourens telefon. Vid larm från förlossningen larmar förlossningspersonal också Neo sköterskan genom att trycka på larmknappen inne på barnsalen på förlossningen vid dåligt barn. </w:t>
+        <w:t>Dessa</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> larm gäller vid alla akut dåliga barn på BB/förlossning/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>inkl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> barn med behov av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ventilatoriskt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och/eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cirkulatoriskt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stöd, inklusive hjärtkompressioner </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DA6044" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
+      <w:pPr>
+        <w:spacing w:after="548" w:line="253" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Man ringer växeln på larmnummer 2222 och uppger sjukhus och dåligt barn BB/förlossning/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Automatiskt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> larmas då </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Neojour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Neo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SSK via larmtelefoner. På detta sätt kommer man förbi väntetid till växeln och problem med att det </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är upptaget på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Neojourens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telefon. Vid larm från förlossningen larmar förlossningspersonal också </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Neo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sköterskan genom att trycka på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>larmknappen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inne på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>barnsalen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på förlossningen vid dåligt barn. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FABFF3A" w14:textId="4E350241" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dagtid bärs telefonen ”Neo jour” av doktor på Avd 34 och på jourtid av Primärjouren Barnkliniken. Om primärjouren är oerfaren </w:t>
+        <w:t>Dagtid bärs telefonen ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Neo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jour” av doktor på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34 och på jourtid av Primärjouren Barnkliniken. Om primärjouren är oerfaren </w:t>
       </w:r>
       <w:r w:rsidR="00780A7B">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(= randande läkare) </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">bärs denna larmtelefon av </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Bakjour barn som då finns kvar på huset. Neobakjouren nås vid beredskap på mobiltelefon (egen) via växeln. </w:t>
+        <w:t xml:space="preserve">bärs denna larmtelefon av Bakjour barn som då finns kvar på huset. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Neobakjouren</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nås vid beredskap på mobiltelefon (egen) via växeln. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="546B048C" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="289A5CB5" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="159" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="75" w:right="0" w:hanging="10"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>I händelse av ett hjärtstopp på ett äldre barn som vistas på BB/förlossning/avd 34, ex syskon så larmar man via larmnummer 2222</w:t>
+        <w:t>I händelse av ett hjärtstopp på ett äldre barn som vistas på BB/förlossning/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34, ex syskon så larmar man via larmnummer 2222</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">och anger typ av larm och lokalisation samt att det gäller grå zon. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E34A2B" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="159" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="75" w:right="0" w:hanging="10"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Hjärtlarm spädbarn &lt; 1 år eller Hjärtlarm barn &gt; 1 år</w:t>
+        <w:t xml:space="preserve">Hjärtlarm spädbarn </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>&lt; 1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> år eller Hjärtlarm barn &gt; 1 år</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:eastAsia="Trebuchet MS"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  GRÅ ZON</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EA13939" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="159" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="75" w:right="0" w:hanging="10"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4DAD">
-[...4 lines deleted...]
-        <w:t>Vgs ”Larmrutiner Barnkliniken"</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vgs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4DAD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Trebuchet MS"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ”Larmrutiner Barnkliniken"</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4DAD">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A1D253C" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="002E4DAD" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="548" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7B2A4D5A" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="00536A5A" w:rsidRDefault="00D36247" w:rsidP="00D36247">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E7491F2" w14:textId="40718260" w:rsidR="00D36247" w:rsidRPr="00D36247" w:rsidRDefault="00D36247" w:rsidP="00D36247"/>
     <w:sectPr w:rsidR="00D36247" w:rsidRPr="00D36247" w:rsidSect="002E4DAD">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09A3EC26" w14:textId="77777777" w:rsidR="00BE78E0" w:rsidRDefault="00BE78E0">
+    <w:p w14:paraId="3CE2CD41" w14:textId="77777777" w:rsidR="000D4B6F" w:rsidRDefault="000D4B6F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56A91958" w14:textId="77777777" w:rsidR="00BE78E0" w:rsidRDefault="00BE78E0">
+    <w:p w14:paraId="00B2D219" w14:textId="77777777" w:rsidR="000D4B6F" w:rsidRDefault="000D4B6F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C9DA0EF" w14:textId="77777777" w:rsidR="00BE78E0" w:rsidRDefault="00BE78E0">
+    <w:p w14:paraId="220819A6" w14:textId="77777777" w:rsidR="000D4B6F" w:rsidRDefault="000D4B6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -950,89 +1418,89 @@
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="548EF1AA" w14:textId="77777777" w:rsidR="00D36247" w:rsidRDefault="00D36247" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0AD9F2F5" w14:textId="77777777" w:rsidR="00D36247" w:rsidRDefault="00D36247" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="835181980"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4E413137" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="00EC0A68" w:rsidRDefault="00D36247" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1061,51 +1529,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27EF2D08" w14:textId="77777777" w:rsidR="00D36247" w:rsidRDefault="00D36247" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="626B784B" wp14:editId="4FF2D2C0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Bildobjekt 7">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1139,89 +1607,89 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1250,51 +1718,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1328,73 +1796,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E7BF7F7" w14:textId="77777777" w:rsidR="00BE78E0" w:rsidRDefault="00BE78E0"/>
+    <w:p w14:paraId="20CC7E43" w14:textId="77777777" w:rsidR="000D4B6F" w:rsidRDefault="000D4B6F"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71E31D98" w14:textId="77777777" w:rsidR="00BE78E0" w:rsidRDefault="00BE78E0">
+    <w:p w14:paraId="109E3D3E" w14:textId="77777777" w:rsidR="000D4B6F" w:rsidRDefault="000D4B6F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7CDAA505" w14:textId="77777777" w:rsidR="00BE78E0" w:rsidRDefault="00BE78E0">
+    <w:p w14:paraId="1B7D34B6" w14:textId="77777777" w:rsidR="000D4B6F" w:rsidRDefault="000D4B6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75EAF349" w14:textId="77777777" w:rsidR="00D36247" w:rsidRPr="00DA65C4" w:rsidRDefault="00D36247" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03AB091E" wp14:editId="538987DC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textruta 2"/>
@@ -1472,51 +1940,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35205803" w14:textId="77777777" w:rsidR="00D36247" w:rsidRDefault="00D36247" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E2DD318" wp14:editId="1F082732">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1682,51 +2150,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1804,51 +2272,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2014,51 +2482,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4102,142 +4570,144 @@
   <w:num w:numId="13" w16cid:durableId="1059404444">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="130444970">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1924143854">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="700204945">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="845167795">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="368917125">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="282423572">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D4B6F"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E6D31"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00187BB5"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
@@ -4327,50 +4797,51 @@
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="0067613C"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
@@ -4428,50 +4899,51 @@
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A748C0"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
@@ -4591,51 +5063,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5102,51 +5574,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -7001,55 +7472,67 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A748C0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7077,51 +7560,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/34560/Larmrutin%20Barnkliniken%20(N%c3%a4l).pdf?a=false&amp;guest=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/r/sites/sy-nu-sty-barn-och-ungdomars-halsa-nu/_layouts/15/Doc.aspx?sourcedoc=%7BB267132B-8824-470C-BFF1-E9992EAB28C6%7D&amp;file=Larmrutin%20Barnkliniken%20(N%C3%A4l).docx&amp;action=default&amp;mobileredirect=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
@@ -7425,71 +7908,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>343</Words>
-  <Characters>1818</Characters>
+  <Words>342</Words>
+  <Characters>1816</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2157</CharactersWithSpaces>
+  <CharactersWithSpaces>2154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Larmrutiner avd 34</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Elisabet Mattsson</lastModifiedBy>
-  <revision>5</revision>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>