--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -198,69 +198,79 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ssk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Dagbakjour ska inte involveras i övrigt vid normala provsvar. Vid avvikande provsvar sätts patienten upp till primärjoursläkare för vidare handläggning. Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>bilirubin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 200-299 där ny provtagning ska bokas efter 3-4 veckor så bokas även denna provtagning in till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ssk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494DB1DD" w14:textId="77777777" w:rsidR="00AC02BB" w:rsidRDefault="00AC02BB" w:rsidP="00AC02BB">
+    <w:p w14:paraId="32CCC2B7" w14:textId="77777777" w:rsidR="005D0EDD" w:rsidRDefault="00AC02BB" w:rsidP="005D0EDD">
       <w:r>
         <w:t xml:space="preserve">Vid andra frågeställningar än prolongerad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ikterus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, som exempelvis utebliven viktuppgång, träffar patienten alltid läkare.</w:t>
       </w:r>
+      <w:r w:rsidR="005D0EDD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0EDD">
+        <w:t xml:space="preserve">Flödesschemat och </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0EDD">
+        <w:lastRenderedPageBreak/>
+        <w:t>denna riktlinje kan användas för barn upp till 8 veckors ålder. Äldre barn än så sätts upp till läkare på dagjouren.</w:t>
+      </w:r>
     </w:p>
+    <w:p w14:paraId="494DB1DD" w14:textId="7456C75C" w:rsidR="00AC02BB" w:rsidRDefault="00AC02BB" w:rsidP="00AC02BB"/>
     <w:p w14:paraId="44AD371D" w14:textId="77777777" w:rsidR="00AC02BB" w:rsidRDefault="00AC02BB" w:rsidP="00AC02BB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Referenser och relaterade dokument</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4428267B" w14:textId="77777777" w:rsidR="00AC02BB" w:rsidRPr="00B74798" w:rsidRDefault="00AC02BB" w:rsidP="00AC02BB"/>
     <w:p w14:paraId="53591972" w14:textId="77777777" w:rsidR="00AC02BB" w:rsidRDefault="00AC02BB" w:rsidP="00AC02BB">
       <w:r w:rsidRPr="00EB341C">
         <w:t xml:space="preserve">Svenska Föreningen för Pediatrisk Gastroenterologi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB341C">
         <w:t>Hepatologi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB341C">
         <w:t xml:space="preserve"> och Nutrition</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB341C">
         <w:t>Prolongerad gulsot hos nyfödda</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -412,65 +422,65 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00AC02BB" w:rsidRDefault="00536A5A" w:rsidP="00AC02BB"/>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00AC02BB" w:rsidSect="006A3698">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="326D9D6E" w14:textId="77777777" w:rsidR="00682C41" w:rsidRDefault="00682C41">
+    <w:p w14:paraId="77E6C3A4" w14:textId="77777777" w:rsidR="00305F28" w:rsidRDefault="00305F28">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77C6AC01" w14:textId="77777777" w:rsidR="00682C41" w:rsidRDefault="00682C41">
+    <w:p w14:paraId="08C103E4" w14:textId="77777777" w:rsidR="00305F28" w:rsidRDefault="00305F28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6BF1442A" w14:textId="77777777" w:rsidR="00682C41" w:rsidRDefault="00682C41">
+    <w:p w14:paraId="0AAA9076" w14:textId="77777777" w:rsidR="00305F28" w:rsidRDefault="00305F28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -720,61 +730,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="072452BA" w14:textId="77777777" w:rsidR="00682C41" w:rsidRDefault="00682C41"/>
+    <w:p w14:paraId="39F406B9" w14:textId="77777777" w:rsidR="00305F28" w:rsidRDefault="00305F28"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18E024B5" w14:textId="77777777" w:rsidR="00682C41" w:rsidRDefault="00682C41">
+    <w:p w14:paraId="1EF2DA12" w14:textId="77777777" w:rsidR="00305F28" w:rsidRDefault="00305F28">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="40C0107C" w14:textId="77777777" w:rsidR="00682C41" w:rsidRDefault="00682C41">
+    <w:p w14:paraId="7AD5302B" w14:textId="77777777" w:rsidR="00305F28" w:rsidRDefault="00305F28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -3163,96 +3173,97 @@
   <w:num w:numId="14" w16cid:durableId="1696543103">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1729110076">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1079250249">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1230114987">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1088768347">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1900245537">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
+    <w:rsid w:val="00030EBD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
@@ -3280,55 +3291,57 @@
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E33D5"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00305F28"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00314327"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
@@ -3367,50 +3380,51 @@
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="005906CF"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D0EDD"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00630B32"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00682C41"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A3698"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
@@ -6478,71 +6492,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>326</Words>
-  <Characters>1729</Characters>
+  <Words>347</Words>
+  <Characters>1844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2051</CharactersWithSpaces>
+  <CharactersWithSpaces>2187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Prolongerad ikterus hos spädbarn</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Lena Tyllman</lastModifiedBy>
-  <revision>8</revision>
+  <revision>9</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>