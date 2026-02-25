--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -8,602 +8,593 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="061914D4" w14:textId="1A4D93E9" w:rsidR="00184167" w:rsidRDefault="00CA68A9" w:rsidP="009A32ED">
+    <w:p w14:paraId="061914D4" w14:textId="6EFA8B5F" w:rsidR="00184167" w:rsidRDefault="00CA68A9" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Reservrutin vid driftstopp CHA/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Melior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> samt CHA</w:t>
       </w:r>
+      <w:r w:rsidR="004562A9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69BCFD87" w14:textId="27DFB3D6" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00C17655">
-[...7 lines deleted...]
-    <w:p w14:paraId="61D6FBCD" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="0A269128" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc72840807"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Om CHA och/eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Melior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> är ur drift ska reservrutin användas. Reservrutinen innebär att all/viss dokumentation sker på papper. Färdiga mappar med papper för dokumentation ska förvaras i kopieringsrummet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F86C07E" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="049B6B39" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid driftstopp i CHA: </w:t>
       </w:r>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Läkemedel ska ordineras och signeras i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Melior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, infusioner ska ordineras och hanteras på infusionslista. Övervakningslista (finns en lista för IVA-vård och en för lättare vård) och temp-lista ska användas för dokumentation, checklistor i pappersform ersätter checklistor i CHA. All pappersdokumentation ska märkas med patient-ID då de räknas som journalhandling. Signering av kontroller vid vårdplatser sker på särskild lista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F934D28" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="596D2C51" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid driftstopp i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Melior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och CHA: </w:t>
       </w:r>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Utöver reservrutin vid driftstopp i CHA tillkommer läkemedelslista, lista för tillfälliga ordinationer, infusionslista och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>bilirubin</w:t>
+        <w:t>bilirubinkurva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">-kurva för ordination, signering och dokumentation. SBAR-mallar kommer finnas tillgängliga som tillfällig, kortsiktig journalföring. All pappersdokumentation ska märkas med patient-ID då de räknas som journalhandlingar. Vid långvariga driftstopp i både </w:t>
+        <w:t xml:space="preserve"> för ordination, signering och dokumentation. SBAR-mallar kommer finnas tillgängliga som tillfällig, kortsiktig journalföring. All pappersdokumentation ska märkas med patient-ID då de räknas som journalhandlingar. Vid långvariga driftstopp i både </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Melior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och CHA, se existerande beredskapsplan på intranätet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1103D7E4" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="4C4A0B9F" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B7E0FEE" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="4FACB7B1" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Kontroller om barnet vårdas på IVA-plats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E360FF4" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="300FCE7A" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Avläsningar och registrering av aktuella apparater samt kontroller och registrering av barnets vitala parametrar ska initialt utföras minst en gång/timme eller enligt läkarordination samt vid förändringar av vårdbehov och vid tillbud.</w:t>
+        <w:t>Avläsningar och registrering av aktuella apparater samt kontroller och registrering av barnets vitala parametrar ska initialt utföras minst en gång/timme eller enligt läkarordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0ECC19" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="0ED6BFBF" w14:textId="77777777" w:rsidR="008E36F9" w:rsidRDefault="008E36F9" w:rsidP="0006006E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6970FB9B" w14:textId="35260691" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Kontroll av barnets ID, vätskebalans, centrala och perifera infarter, pågående infusioner och läkemedelsordinationer ska utföras och signeras minst en gång per arbetspass av patientansvarig personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CC976A" w14:textId="1FDB531A" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="007E11D5">
+    <w:p w14:paraId="2E71489E" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontroll av utrustning vid barnets plats ska utföras och signeras minst en gång per arbetspass av patientansvarig personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46089276" w14:textId="77777777" w:rsidR="007E11D5" w:rsidRPr="007E11D5" w:rsidRDefault="007E11D5" w:rsidP="007E11D5">
+    <w:p w14:paraId="4AFBB109" w14:textId="77777777" w:rsidR="0006006E" w:rsidRPr="007E11D5" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DD9758D" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="34C385BB" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Kontroller om barnet vårdas på lättvårdsplats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7F9D56" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="4BEE1A25" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="784D6D62">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Avläsningar och registrering av aktuella apparater samt kontroller och registrering av barnets vitala parametrar ska utföras minst en gång var tredje timme eller enligt läkarordination samt vid förändringar av vårdbehov och vid tillbud.</w:t>
+        <w:t>Avläsningar och registrering av aktuella apparater samt kontroller och registrering av barnets vitala parametrar ska utföras minst en gång var tredje timme eller enligt läkarordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC3A111" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="086DD4A9" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontroll av barnets ID, vätskebalans, eventuella infarter, eventuella pågående infusioner och eventuella läkemedelsordinationer ska utföras och signeras minst en gång per arbetspass av patientansvarig personal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6806E530" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="78841B5A" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="784D6D62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontroll av utrustning vid barnets plats ska utföras och signeras minst en gång per arbetspass av patientansvarig personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B933E5F" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="7F1A423A" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ACCBDD9" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="2D6BB910" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Referenser och relaterade dokument</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9BE0B5" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655"/>
-    <w:p w14:paraId="56086668" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="18A75662" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E"/>
+    <w:p w14:paraId="66A9B096" w14:textId="2A0E12D5" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="531CC3B4">
+      <w:r w:rsidRPr="1F03CA0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arbetsrutiner och dagliga kontroller, </w:t>
+        <w:t xml:space="preserve">Arbetsrutiner och dagliga kontroller Neonatal  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-        <w:r w:rsidRPr="531CC3B4">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00AF2874" w:rsidRPr="00AF2874">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">Arbetsrutiner och dagliga kontroller, </w:t>
+          <w:t>Arbetsrutiner och dagliga kontroller Neonatal</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="531CC3B4">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="16E8532B" w14:textId="6DA5D45E" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F03CA0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kontroller och bedömningar av barn Neonatal</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF41DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F03CA0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00CF41DE" w:rsidRPr="00CF41DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>avd</w:t>
-[...9 lines deleted...]
-          <w:t xml:space="preserve"> 34</w:t>
+          <w:t>Kontroller och bedömning av barn Neonatal</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B4D77EE" w14:textId="77777777" w:rsidR="00C17655" w:rsidRDefault="00C17655" w:rsidP="00C17655">
-[...28 lines deleted...]
-    <w:p w14:paraId="13242207" w14:textId="77777777" w:rsidR="00C17655" w:rsidRPr="00B37193" w:rsidRDefault="00C17655" w:rsidP="00C17655">
+    <w:p w14:paraId="69CB68F1" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E"/>
+    <w:p w14:paraId="3B85DAF7" w14:textId="77777777" w:rsidR="0006006E" w:rsidRPr="00B37193" w:rsidRDefault="0006006E" w:rsidP="0006006E">
       <w:pPr>
         <w:pStyle w:val="Omslagstext"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="192E0169" w14:textId="77777777" w:rsidR="0006006E" w:rsidRDefault="0006006E" w:rsidP="0006006E">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="12570B26" w14:textId="500819EA" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
-      <w:pPr>
+    <w:p w14:paraId="69BCFD87" w14:textId="27DFB3D6" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00C17655">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A32ED" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75AE73A8" w14:textId="77777777" w:rsidR="00FE36E9" w:rsidRDefault="00FE36E9">
+    <w:p w14:paraId="27FC2E84" w14:textId="77777777" w:rsidR="00EE27B3" w:rsidRDefault="00EE27B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C4E63EA" w14:textId="77777777" w:rsidR="00FE36E9" w:rsidRDefault="00FE36E9">
+    <w:p w14:paraId="30C570BC" w14:textId="77777777" w:rsidR="00EE27B3" w:rsidRDefault="00EE27B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0A311ED5" w14:textId="77777777" w:rsidR="00FE36E9" w:rsidRDefault="00FE36E9">
+    <w:p w14:paraId="29E0A472" w14:textId="77777777" w:rsidR="00EE27B3" w:rsidRDefault="00EE27B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -936,61 +927,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55CA36FC" w14:textId="77777777" w:rsidR="00FE36E9" w:rsidRDefault="00FE36E9"/>
+    <w:p w14:paraId="3EEC6306" w14:textId="77777777" w:rsidR="00EE27B3" w:rsidRDefault="00EE27B3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7320CC16" w14:textId="77777777" w:rsidR="00FE36E9" w:rsidRDefault="00FE36E9">
+    <w:p w14:paraId="3FE47307" w14:textId="77777777" w:rsidR="00EE27B3" w:rsidRDefault="00EE27B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="289BCF65" w14:textId="77777777" w:rsidR="00FE36E9" w:rsidRDefault="00FE36E9">
+    <w:p w14:paraId="1F915A47" w14:textId="77777777" w:rsidR="00EE27B3" w:rsidRDefault="00EE27B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -3298,100 +3289,102 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="560679449">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="00033E6A"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="0006006E"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
@@ -3465,96 +3458,98 @@
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="004562A9"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
+    <w:rsid w:val="006165EF"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
@@ -3593,113 +3588,116 @@
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008961DF"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
+    <w:rsid w:val="008E36F9"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A719CF"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AF2874"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
@@ -3722,102 +3720,105 @@
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA68A9"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CD6C2B"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF41DE"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE27B3"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA3F86"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE36E9"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -4363,51 +4364,50 @@
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -6437,51 +6437,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-986315719-146/surrogate/Kontroller%20och%20bed%c3%b6mning%20av%20barnet%20vid%20inl%c3%a4ggning%20p%c3%a5%20Neonatal.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-986315719-45/surrogate/Arbetsrutiner%20och%20dagliga%20kontroller%2c%20avd%2034.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-986315719-146/surrogate/Kontroller%20och%20bed%c3%b6mning%20av%20barn%20Neonatal.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-986315719-45/surrogate/Arbetsrutiner%20och%20dagliga%20kontroller%20Neonatal.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -6766,73 +6766,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>494</Words>
-  <Characters>2624</Characters>
+  <Words>465</Words>
+  <Characters>2469</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3112</CharactersWithSpaces>
+  <CharactersWithSpaces>2929</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Reservrutin vid driftstopp CHA, Melior</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>