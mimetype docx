--- v0 (2026-01-11)
+++ v1 (2026-02-25)
@@ -7,897 +7,948 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2A56AEE8" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="2A56AEE8" w14:textId="748E5BFA" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="555" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Delegation av Artärnål och P-CVK Neonatal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A80C12A" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5A80C12A" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="555" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187F3BA8" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="0C976FEF" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="00BA37EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A4C591" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="00BA37EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A575321" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="00BA37EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A641DBF" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Sammanfattning/syfte </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642055E0" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="1DD612A3" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478B54E8" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="3895C06C" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
-        <w:t>Att fler sjuksköterskor och doktorer på Neonatal avd 34 ska få utbildning i att sätta artärnål och PCVK. Målet är att denna kompetens ska finnas på dygnets alla timmar.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47451CA6" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+        <w:t xml:space="preserve">Att fler sjuksköterskor och </w:t>
+      </w:r>
+      <w:r>
+        <w:t>läkare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t xml:space="preserve"> på Neonatal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t xml:space="preserve"> 34 ska få utbildning i att sätta artärnål och PCVK. Målet är att denna kompetens ska finnas på dygnets alla timmar.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6403B477" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4168FA60" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="7D2F3323" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735A0831" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="16C9B3DD" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Åtgärder   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF93F67" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5305D95C" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="555" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78023924" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="2270817B" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Vid upplärning i att sätta perifer artärnål och PCVK ska följande kriterier uppfyllas:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08571B68" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5124041B" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2295" w:right="0" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
-        <w:t>Proceduren gås igenom tillsammans med van sjuksköterska med delegation för respektive procedur alternativt med neonatolog.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="10C32C0B" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+        <w:t xml:space="preserve">Proceduren gås igenom tillsammans med van sjuksköterska med delegation för respektive procedur alternativt med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t>neonatolog</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t>.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBE5107" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2295" w:right="0" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Innan inlärning av praktiska proceduren ska kunskap från följande medicinska styrdokument och stödjande dokument inhämtas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7D4B82" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="393775DA" w14:textId="7E09B172" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3015" w:right="0" w:firstLine="285"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
-        <w:t>Centrala infarter (navelkatetrar och p-CVK) samt artärnål </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23C685D5" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+        <w:t xml:space="preserve">Centrala infarter (navelkatetrar och p-CVK) samt </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3772">
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t>artärnål </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB0ECDC" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3015" w:right="0" w:firstLine="285"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Centrala infarter och perifer artärnål Neonatal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1208FA6C" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="617B8465" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1575" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7BC3FE" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5A92F3AD" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2295" w:right="0" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-    <w:p w14:paraId="101AE169" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+      <w:r>
+        <w:t>Delegationsdokumentet ifylles med uppgift om namn, instruktör, datum, procedur samt underskrift av samtliga inklusive medicinskt ledningsansvarig läkare. Delegationen behöver inte förnyas, men ska följas upp årligen.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529B1DA5" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1935" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72462F9D" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="23CD2F11" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099D9C44" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="119356C7" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E80847D" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5C74BB3A" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23679A8F" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="053F7CFC" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A13032" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="6FAA8C03" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC2DC9C" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="7CCA3F54" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
+        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60961C78" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="75EC7D9C" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CF1297" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="0C9BD2DE" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18091362" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="50F5589A" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E7599C" w14:textId="77777777" w:rsidR="00284384" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="6F54F07F" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B003C0" w14:textId="4602306D" w:rsidR="00284384" w:rsidRDefault="00284384" w:rsidP="00BA37EC">
+    <w:p w14:paraId="289B2F33" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="222E1D87" wp14:editId="7716F000">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="207D717B" wp14:editId="33E661F3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>394335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>459740</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2400300" cy="522605"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="8" name="Bildobjekt 8"/>
+            <wp:docPr id="8" name="Bildobjekt 8" descr="En bild som visar text, Teckensnitt, Grafik, logotyp&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPr id="8" name="Bildobjekt 8" descr="En bild som visar text, Teckensnitt, Grafik, logotyp&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2400300" cy="522605"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2148F2EE" w14:textId="038E9506" w:rsidR="00284384" w:rsidRDefault="00284384" w:rsidP="00BA37EC">
+    <w:p w14:paraId="646E8321" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D701453" w14:textId="0F2C3025" w:rsidR="00284384" w:rsidRPr="00284384" w:rsidRDefault="00284384" w:rsidP="00284384">
+    <w:p w14:paraId="7EA96D64" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00284384" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5325"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Barn och Ungdomskliniken</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AFBE53" w14:textId="566AA382" w:rsidR="00284384" w:rsidRDefault="00284384" w:rsidP="00284384">
+    <w:p w14:paraId="44D67E74" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5325"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Avd 34</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41EF2A63" w14:textId="77714E0F" w:rsidR="00284384" w:rsidRPr="00284384" w:rsidRDefault="00284384" w:rsidP="00284384">
+        <w:t>Avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 34</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BDFBFC" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00284384" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5325"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t>Norra ÄlvsborgsLänssjukhu</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="2F395910" w14:textId="32161785" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00284384" w:rsidP="00284384">
+        <w:t xml:space="preserve">Norra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ÄlvsborgsLänssjukhus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5A78D633" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5067" w:right="795" w:firstLine="149"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> 461 85 Trollhättan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461A9912" w14:textId="16AC2B4A" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00284384" w:rsidP="00F73001">
+    <w:p w14:paraId="68BE52D8" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1155"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA37EC" w:rsidRPr="00BA37EC">
+      <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA37EC" w:rsidRPr="00BA37EC">
+      <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA37EC" w:rsidRPr="00BA37EC">
+      <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA37EC" w:rsidRPr="00BA37EC">
+      <w:r w:rsidRPr="00BA37EC">
         <w:t>                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056F34B7" w14:textId="06BCA379" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00E83449" w:rsidP="00F73001">
+    <w:p w14:paraId="687D0D05" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1785"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA37EC" w:rsidRPr="00BA37EC">
+      <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="00BA37EC" w:rsidRPr="00BA37EC">
+      <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D22EE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA37EC" w:rsidRPr="00BA37EC">
+      <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1645F68C" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="20696FE1" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Delegeringsbeslut  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151016D4" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="07F5D645" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25487ECF" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="7D29CC23" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-    <w:p w14:paraId="6935A317" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+      <w:r>
+        <w:t>Reell kompetens föreligger efter utbildning av tillvägagångssätt, handhavande och kunskap om risker och komplikationer. Ta del av Patientsäkerhetslagen (2010:659) paragraf 1-4 innan delegering skrivs under. Delegeringsbeslutet kommer att följas upp årligen.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478947F6" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BE85AB" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="789A7BE9" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Härmed delegeras till  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1AC292" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="599087CA" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A71F85" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="18B62AD3" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04713246" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="1F959D59" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A24BC6" w14:textId="302C2A2F" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="49C217C1" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1140" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79416CA6" wp14:editId="257C649A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03EE5756" wp14:editId="69992BA6">
             <wp:extent cx="5669915" cy="18415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Bildobjekt 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -905,193 +956,181 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="18415"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E41A214" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="36161856" w14:textId="4B108823" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1455"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">Namn </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-    <w:p w14:paraId="76F3A71D" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+      <w:r w:rsidR="00C66BD6">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t>ersonnr  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B07130" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5EF92B" w14:textId="0733E898" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="73F2FF06" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Att efter ordination sätta en perifer artärkateter, på avdelningen kallad ”artärnål”  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6289EDB7" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="4C2E790C" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60717280" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="2DE6A28B" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B427D5A" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="217A9834" w14:textId="5338CF15" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="00E7388C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
-        <w:t>  </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="1155" w:right="0"/>
+        <w:t>    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772DCF77" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1140" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
-        <w:t>  </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DF20FD8" wp14:editId="214BD1BA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="342C5BFE" wp14:editId="24D1ED33">
             <wp:extent cx="5669915" cy="18415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -1099,1289 +1138,1273 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="18415"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E575CFA" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="337CFA7F" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1485"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">Datum  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Namnunderskrift  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5896BDDB" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5CA2B420" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FE6F00" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="368641F2" w14:textId="2A4FBE2B" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="00E7388C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
-        <w:t>  </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="7492F624" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579CAFE3" w14:textId="2CB930E6" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="240"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>                                                                                                                     </w:t>
+        <w:t>                                                                                                            </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>      </w:t>
+        <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F9C993" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="3114828A" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1485"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">Datum </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Namnunderskrift och namnförtydligande av instruktör   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB6E80A" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="7AE0B142" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1155"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(endast efter upplärningstillfälle)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF0A718" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="18FD3BF9" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="274706EE" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="45F270D6" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE1AFAD" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="00DF901F" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1D6A2B" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="1BA8A897" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567EEA3B" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="30586C98" w14:textId="4D30B674" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA37EC">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="13430EB8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CD3FED">
+        <w:t>Datum</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA37EC">
-[...6 lines deleted...]
-    <w:p w14:paraId="5DECC7F4" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Medicinskt ledningsansvarig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="13430EB8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> läkare underskrift </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00F20">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="13430EB8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00F20">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F00F20">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                      och namnförtydligande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4AC9FD" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="30" w:right="10020"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F33CB0A" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="30" w:right="10020"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BA37EC">
+      </w:pPr>
+      <w:r>
         <w:t>   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBFB268" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
-[...14 lines deleted...]
-    <w:p w14:paraId="582C26A8" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5100EB70" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...21 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="222E1D87" wp14:editId="60F8CEE5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="248593C6" wp14:editId="28488936">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>441960</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2400300" cy="522605"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="9" name="Bildobjekt 9"/>
+            <wp:docPr id="9" name="Bildobjekt 9" descr="En bild som visar text, Teckensnitt, Grafik, logotyp&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPr id="9" name="Bildobjekt 9" descr="En bild som visar text, Teckensnitt, Grafik, logotyp&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2400300" cy="522605"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3144F69D" w14:textId="20CF1D40" w:rsidR="00E83449" w:rsidRDefault="00E83449" w:rsidP="00BA37EC">
+    <w:p w14:paraId="2B55195B" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DADE878" w14:textId="77777777" w:rsidR="00E83449" w:rsidRDefault="00E83449" w:rsidP="00BA37EC">
+    <w:p w14:paraId="7ABA8096" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3908D4DA" w14:textId="5E750488" w:rsidR="00E83449" w:rsidRDefault="00E83449" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5FE3F419" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30D3E3EF" w14:textId="16291318" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00E83449">
+    <w:p w14:paraId="47185BCB" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BDC06B0" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="0C864621" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1155"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F976FC" w14:textId="284E8998" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="163D0920" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1155"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00E83449">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vd</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 34  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475694B6" w14:textId="15624568" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="3E93DFC0" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1155"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Norra Älvsborgs </w:t>
       </w:r>
-      <w:r w:rsidR="00E83449">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>änssjukhus  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F93EAEC" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="49FB9B65" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1155"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>461 85 Trollhättan</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781035DF" w14:textId="77777777" w:rsidR="00E83449" w:rsidRDefault="00E83449" w:rsidP="00BA37EC">
+    <w:p w14:paraId="548558F1" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48A853A6" w14:textId="760D5203" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="1AB1FAEE" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Delegeringsbeslut  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9DE111" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="38F44D16" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD03A3E" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="0F3E098E" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-    <w:p w14:paraId="02573A1D" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+      <w:r>
+        <w:t>Reell kompetens föreligger efter utbildning av tillvägagångssätt, handhavande och kunskap om risker och komplikationer. Ta del av Patientsäkerhetslagen (2010:659) paragraf 1-4 innan delegering skrivs under. Delegeringsbeslutet kommer att följas upp årligen.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0147C7" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1155" w:right="795"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E2B8A29" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675D18FD" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="6760442C" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Härmed delegeras till  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7994936D" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="732440CB" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E8B48F" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="50D6B2C4" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2163A473" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="5794EF54" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A882BB" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="07AE5976" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09AC0732" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="46AAC594" w14:textId="3E115690" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1455"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">Namn </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-    <w:p w14:paraId="279CB2AD" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+      <w:r w:rsidR="009A5109">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t>ersonnr  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206AA412" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417F6273" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="36251032" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="795"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
-        <w:t>Att efter ordination sätta en Perifer Central Venkateter (P-CVK).  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4EF0BA2E" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+        <w:t xml:space="preserve">Att efter ordination sätta en Perifer Central </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t>Venkateter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t xml:space="preserve"> (P-CVK).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EB16D8" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04235FD7" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="43D83DA7" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C206883" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="59C1F9B2" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62564646" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="01950D31" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D2DFB8" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="4E27B704" w14:textId="2E406EFC" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1485"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">Datum  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A5109">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Namnunderskrift  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EDD6C17" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="64A4E05B" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F886474" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="243FE870" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E829587" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="42C4E14F" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>                                                                                                                               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AF1849" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="16047EA0" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="-15"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bdr w:val="single" w:sz="6" w:space="0" w:color="CCCCCC" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524383DB" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="457A7B51" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03265283" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="06D9BF4D" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1485"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">Datum </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>Namnunderskrift och namnförtydligande av instruktör  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703818EB" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="6A8C9D86" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1155"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(endast efter upplärningstillfälle)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3320EB75" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="2F84127F" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F5AA45" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="78C64C6E" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B91C679" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="6A6EFDF0" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6277ECA4" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="3F10C245" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBE43DE" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+    <w:p w14:paraId="00F9A1FE" w14:textId="4EEA90A3" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1485"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t xml:space="preserve">Datum </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA37EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BA37EC">
-[...3 lines deleted...]
-    <w:p w14:paraId="773E71E3" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
+      <w:r>
+        <w:t>Medicinskt ledningsansvarig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA37EC">
+        <w:t xml:space="preserve"> läkare underskrift och</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD79CA">
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD79CA">
+        <w:tab/>
+        <w:t xml:space="preserve">                      namnförtydligande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D519580" w14:textId="5EBFA077" w:rsidR="002B66CA" w:rsidRPr="0034161F" w:rsidRDefault="002B66CA" w:rsidP="0034161F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1155" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA37EC">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A4144A" w14:textId="77777777" w:rsidR="00BA37EC" w:rsidRPr="00BA37EC" w:rsidRDefault="00BA37EC" w:rsidP="00BA37EC">
-[...2 lines deleted...]
-        <w:ind w:left="1155" w:right="0"/>
+    <w:p w14:paraId="5DE11F5F" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="002B66CA"/>
+    <w:p w14:paraId="0D7C08A3" w14:textId="77777777" w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidRDefault="002B66CA" w:rsidP="00BA37EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA37EC">
-[...19 lines deleted...]
-    <w:sectPr w:rsidR="00B132C3" w:rsidRPr="00BA37EC" w:rsidSect="00B96AFF">
+    </w:p>
+    <w:sectPr w:rsidR="002B66CA" w:rsidRPr="00BA37EC" w:rsidSect="00B96AFF">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71AD7FDE" w14:textId="77777777" w:rsidR="00BF7A58" w:rsidRDefault="00BF7A58">
+    <w:p w14:paraId="5F9DDD5D" w14:textId="77777777" w:rsidR="00C21B34" w:rsidRDefault="00C21B34">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F04EAE9" w14:textId="77777777" w:rsidR="00BF7A58" w:rsidRDefault="00BF7A58">
+    <w:p w14:paraId="72FBF153" w14:textId="77777777" w:rsidR="00C21B34" w:rsidRDefault="00C21B34">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7A81AC0E" w14:textId="77777777" w:rsidR="00BF7A58" w:rsidRDefault="00BF7A58">
+    <w:p w14:paraId="4FF4F1FB" w14:textId="77777777" w:rsidR="00C21B34" w:rsidRDefault="00C21B34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2392,51 +2415,51 @@
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
@@ -2444,89 +2467,89 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2605,51 +2628,51 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2683,83 +2706,83 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42B740FD" w14:textId="77777777" w:rsidR="00BF7A58" w:rsidRDefault="00BF7A58"/>
+    <w:p w14:paraId="4355AA2A" w14:textId="77777777" w:rsidR="00C21B34" w:rsidRDefault="00C21B34"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73CFD5D9" w14:textId="77777777" w:rsidR="00BF7A58" w:rsidRDefault="00BF7A58">
+    <w:p w14:paraId="3B221D70" w14:textId="77777777" w:rsidR="00C21B34" w:rsidRDefault="00C21B34">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0357D4F4" w14:textId="77777777" w:rsidR="00BF7A58" w:rsidRDefault="00BF7A58">
+    <w:p w14:paraId="17993475" w14:textId="77777777" w:rsidR="00C21B34" w:rsidRDefault="00C21B34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B4E36BB" w14:textId="77777777" w:rsidR="0057277B" w:rsidRDefault="0057277B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2837,51 +2860,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3044,51 +3067,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5578,181 +5601,181 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75201F47"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2FD6B528"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1575"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1575" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="2295"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2295" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="3015"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3015" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="3735"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="4455"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4455" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="5175"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5175" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="5895"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5895" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="6615"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6615" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="7335"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7335" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
@@ -6233,56 +6256,56 @@
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1189488508">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="72701820">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1894658212">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1777410424">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1084642332">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="136804438">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -6328,135 +6351,141 @@
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001476A7"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00194E8C"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00284384"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B66CA"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
+    <w:rsid w:val="0034161F"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00360712"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="003721A7"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D496F"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="004818EB"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
@@ -6514,104 +6543,107 @@
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="00863DFF"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="0089714E"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00974A52"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A5109"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A0299B"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A307F8"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
@@ -6622,185 +6654,195 @@
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA37EC"/>
+    <w:rsid w:val="00BB437B"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE603D"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF7A58"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C21B34"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
+    <w:rsid w:val="00C54F2F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C66BD6"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD3FED"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CD79CA"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E13C3F"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55C4E"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E7388C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E83449"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F00F20"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F73001"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE3772"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9291,51 +9333,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BA37EC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BA37EC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
     <w:name w:val="tabchar"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BA37EC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="wacprogress">
     <w:name w:val="wacprogress"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BA37EC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10853,73 +10895,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2133</Characters>
+  <Pages>4</Pages>
+  <Words>455</Words>
+  <Characters>2414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2530</CharactersWithSpaces>
+  <CharactersWithSpaces>2864</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Delegation av Artärnål och P-CVK Neonatal</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>