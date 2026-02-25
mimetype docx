--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5EF0F511" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="00934B31">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Uppföljning av neonatala barn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Calibri"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t> </w:t>
@@ -276,238 +275,438 @@
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EAAD0F" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Inklusionskriterier:</w:t>
+        <w:t>Inklusionskriterier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFE09BD" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C88A13" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Underburenhet &lt;28+0 v gestationsålder</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Underburenhet &lt;28+0 v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>gestationsålder</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2965E2C1" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Barn födda lätta för tiden med viktavvikelse &lt; - 3 SD vid födelsen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B8D6A9" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Morfologisk hjärnskada (IVH grad 3 - 4, diffus eller cystisk PVL, posthemorrhagisk hydrocefalus eller annan hydrocefalus utan MMC, stroke eller annan ischemisk skada, parenkymblödning)</w:t>
+        <w:t xml:space="preserve">Morfologisk hjärnskada (IVH grad 3 - 4, diffus eller cystisk PVL, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>posthemorrhagisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>hydrocefalus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller annan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>hydrocefalus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utan MMC, stroke eller annan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>ischemisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skada, parenkymblödning)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="020FF55A" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>HIE grad 2 - 3 och /eller hypotermibehandling</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39443D03" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Annan svår neonatal encefalopati (exempelvis kernicterus, svår symtomatisk hypoglykemi t.ex behov av Proglycembehandling), EEG-verifierade kramper av annan orsak.</w:t>
+        <w:t xml:space="preserve">Annan svår neonatal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>encefalopati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (exempelvis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>kernicterus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, svår symtomatisk hypoglykemi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>t.ex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> behov av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Proglycembehandling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>), EEG-verifierade kramper av annan orsak.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09E5623B" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>CNS-infektion (encefalit, meningit, kongenital virusinfektion)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FF61626" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>Svår sjuklighet med respiratorisk/cirkulatorisk svikt och/eller multiorganpåverkan neonatalt (exempelvis svår sepsis, nekrotiserande enterokolit, allvarlig lungsjukdom med långvarig respiratorvård, ECMO eller NO-behandling) eller intrauterint (exempelvis tvillingtransfusionssyndrom, grav immunisering med intrauterint transfusionsbehov).</w:t>
+        <w:t>Svår sjuklighet med respiratorisk/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>cirkulatorisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> svikt och/eller multiorganpåverkan neonatalt (exempelvis svår sepsis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>nekrotiserande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>enterokolit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, allvarlig lungsjukdom med långvarig respiratorvård, ECMO eller NO-behandling) eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>intrauterint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (exempelvis tvillingtransfusionssyndrom, grav immunisering med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>intrauterint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transfusionsbehov).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBC89CB" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
@@ -553,51 +752,65 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t>Barn födda mindre än vecka 28</w:t>
       </w:r>
       <w:r w:rsidR="007A3030">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t xml:space="preserve">, barn med BPD-diagnos eller påtaglig lungsjukdom under neonatalperioden (ex diafragmabråck, </w:t>
       </w:r>
       <w:r w:rsidR="00F267C5">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>CCAM, lunghypoplasi, svår MAS, ECMO-behandling, pneumothorax med drän</w:t>
+        <w:t xml:space="preserve">CCAM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F267C5">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>lunghypoplasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F267C5">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>, svår MAS, ECMO-behandling, pneumothorax med drän</w:t>
       </w:r>
       <w:r w:rsidR="00F65E74">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t xml:space="preserve">). Dessa barn sätts upp för planerad spirometri vid 5-6 års ålder på BUM NÄL. </w:t>
       </w:r>
       <w:r w:rsidR="00C31156">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t>Planering</w:t>
       </w:r>
       <w:r w:rsidR="00ED106A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t xml:space="preserve"> i epikris vid </w:t>
       </w:r>
       <w:r w:rsidR="00C31156">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t>utskrivning från avdelning/hemsjukvård</w:t>
       </w:r>
@@ -894,219 +1107,218 @@
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="613AE7B3" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Inklusionskriterier:</w:t>
+        <w:t>Inklusionskriterier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD7A967" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8A9310" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
+    <w:p w14:paraId="5E387A98" w14:textId="428D2439" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="00BE0194">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Prematuritet vecka 28+0 till 31+6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E387A98" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
+    <w:p w14:paraId="37C3F262" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="002C5883">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>SGA mellan – 2 och – 3 SD</w:t>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t>Enligt individuell bedömning med behov av uppföljning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73367948" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD7BDA4" w14:textId="2A288552" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
+    <w:p w14:paraId="0BD7BDA4" w14:textId="1447EEEF" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">Uppföljning sker av </w:t>
       </w:r>
       <w:r w:rsidR="00BF6BC3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>läkare på barnmottagning</w:t>
       </w:r>
       <w:r w:rsidR="00913FFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> vid </w:t>
       </w:r>
       <w:r w:rsidR="002A511A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">tre tillfällen mellan </w:t>
       </w:r>
       <w:r w:rsidR="00913FFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002A511A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och 24 månaders ålder</w:t>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:r w:rsidR="00B801B9">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>18-20</w:t>
+      </w:r>
+      <w:r w:rsidR="002A511A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> månaders ålder</w:t>
       </w:r>
       <w:r w:rsidR="00913FFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E92E111" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
@@ -1238,50 +1450,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="759F9DBE" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Barnmottagningen Bäckefors = Bäckefors, Åmål, Mellerud, Färgelanda, Dals-Ed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="077385FA" w14:textId="77777777" w:rsidR="009D5E28" w:rsidRDefault="009D5E28" w:rsidP="009D5E28">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
@@ -1469,118 +1682,118 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AA233F" w14:textId="5865B07D" w:rsidR="009C6C0C" w:rsidRPr="00471126" w:rsidRDefault="009C6C0C" w:rsidP="00471126"/>
     <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="00471126" w:rsidSect="00B96AFF">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5750D405" w14:textId="77777777" w:rsidR="00FE743C" w:rsidRDefault="00FE743C">
+    <w:p w14:paraId="0376AB08" w14:textId="77777777" w:rsidR="00E43EB1" w:rsidRDefault="00E43EB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D98873E" w14:textId="77777777" w:rsidR="00FE743C" w:rsidRDefault="00FE743C">
+    <w:p w14:paraId="6B3295B1" w14:textId="77777777" w:rsidR="00E43EB1" w:rsidRDefault="00E43EB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D1032C7" w14:textId="77777777" w:rsidR="00FE743C" w:rsidRDefault="00FE743C">
+    <w:p w14:paraId="7FC80345" w14:textId="77777777" w:rsidR="00E43EB1" w:rsidRDefault="00E43EB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1595,89 +1808,89 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1756,51 +1969,51 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1834,83 +2047,83 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="677E05F9" w14:textId="77777777" w:rsidR="00FE743C" w:rsidRDefault="00FE743C"/>
+    <w:p w14:paraId="49C1C9F7" w14:textId="77777777" w:rsidR="00E43EB1" w:rsidRDefault="00E43EB1"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="762D58E6" w14:textId="77777777" w:rsidR="00FE743C" w:rsidRDefault="00FE743C">
+    <w:p w14:paraId="5593E175" w14:textId="77777777" w:rsidR="00E43EB1" w:rsidRDefault="00E43EB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6FF81600" w14:textId="77777777" w:rsidR="00FE743C" w:rsidRDefault="00FE743C">
+    <w:p w14:paraId="3899FA18" w14:textId="77777777" w:rsidR="00E43EB1" w:rsidRDefault="00E43EB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B4E36BB" w14:textId="77777777" w:rsidR="0057277B" w:rsidRDefault="0057277B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1988,51 +2201,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2195,51 +2408,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5195,67 +5408,67 @@
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2058966954">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1536651632">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1896045321">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="10645582">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="566964745">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="403261421">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -5279,75 +5492,78 @@
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7645"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E5DB2"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="001441D5"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001F7A02"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="00262DCE"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A511A"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C5883"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D7382"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
@@ -5484,50 +5700,51 @@
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A3030"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00850A4F"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="008639E1"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C24D2"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00913FFA"/>
@@ -5585,115 +5802,119 @@
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B315EC"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B801B9"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B9560D"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB6351"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BE0194"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF6BC3"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C31156"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C55834"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D60224"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E225F8"/>
     <w:rsid w:val="00E259F0"/>
+    <w:rsid w:val="00E43EB1"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E62E4E"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB545D"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED106A"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE301F"/>
@@ -5740,51 +5961,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8265,51 +8486,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="009D5E28"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="009D5E28"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="009D5E28"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9241,73 +9462,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>595</Words>
-  <Characters>3155</Characters>
+  <Words>591</Words>
+  <Characters>3135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3743</CharactersWithSpaces>
+  <CharactersWithSpaces>3719</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Uppföljning av neonatala barn</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>