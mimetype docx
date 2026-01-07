--- v0 (2025-12-13)
+++ v1 (2026-01-07)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="03216223" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32BE8A18" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -176,72 +176,88 @@
         <w:t xml:space="preserve">Sker kontinuerligt under året. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="474F32E3" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3AE66933">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Följs löpande </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445FFD11" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
+    <w:p w14:paraId="445FFD11" w14:textId="773CC2CA" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3AE66933">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Omvärldsbevakning av RS-läget nationellt och regionalt</w:t>
+        <w:t xml:space="preserve">Omvärldsbevakning av </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55ACC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>infektions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3AE66933">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>läget nationellt och regionalt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317C3D68" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="064C9C85" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
@@ -263,77 +279,105 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ihållande ökat flöde till Akutmottagning Barn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt till dagjouren Barn och ungdomsmottagningen (BUM)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34944707" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
+    <w:p w14:paraId="34944707" w14:textId="25749C97" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ihållande överbeläggningar p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">å 17/17 vårdplatser på avdelning 23. </w:t>
+        <w:t>å 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005050DF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="005050DF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vårdplatser på avdelning 23. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3775B940" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ihållande ökat behov av besökstider på </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -376,91 +420,105 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="042127CF" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ihållande mycket högt flöde till Akutmottagning Barn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0700E374" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
+    <w:p w14:paraId="0700E374" w14:textId="13D793B6" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9205F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ihållande </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hög </w:t>
       </w:r>
       <w:r w:rsidRPr="00B9205F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>överbeläggninga</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>r på 21/21 vårdplatser</w:t>
+        <w:t>r på 21/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3773">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vårdplatser</w:t>
       </w:r>
       <w:r w:rsidRPr="00B9205F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> på </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>avdelning 23</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482295E8" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
@@ -966,76 +1024,112 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Nivå 1</w:t>
       </w:r>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B85FDBC" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="0022686C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
+    <w:p w14:paraId="3B85FDBC" w14:textId="2AFF1C36" w:rsidR="004D0A8C" w:rsidRPr="0022686C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Initiera Nivå 1 när </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>behovet av vårdplatser överstiger normalläget på 17/15 vårdplatser på avdelning 23 samt ett ökat sökflöde av RS-patienter på akutmottagningen/ dagjouren Barn</w:t>
+        <w:t>behovet av vårdplatser överstiger normalläget på 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3773">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3773">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vårdplatser på avdelning 23 samt ett ökat sökflöde av RS-patienter på akutmottagningen/ dagjouren Barn</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E63EA58" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A21EBA9" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00842CC8" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2002,63 +2096,55 @@
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Vårdplatser </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF525EC" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00E333ED" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="2F00FF8C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Deeskalering</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> – Eskalering</w:t>
+        <w:t>Deeskalering – Eskalering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BCAE31" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00E333ED" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Intern och Extern kommunikation  </w:t>
       </w:r>
     </w:p>
@@ -2518,71 +2604,57 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4963">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Avdelningen har i samarbete med Medicinsk teknik</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD4963">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>fått extra utrustning för högflödesbehandling och syrgas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...6 lines deleted...]
-        <w:t>luftt</w:t>
+        <w:t>/luftt</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD4963">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>tuber</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">tuber. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B2BFDA9" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00E333ED" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kommunikation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61AF40B7" w14:textId="35F7DEA8" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
@@ -2654,65 +2726,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Barnsamrådsgruppen aktiverad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C8D3C50" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00E333ED" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00323808">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Uppdatera våra externa hemsidor på verksamhetsnivå (verksamhetsassistent) samt uppdatera KIV (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">) så att information på 1177-etjänst ändras. </w:t>
+        <w:t xml:space="preserve">Uppdatera våra externa hemsidor på verksamhetsnivå (verksamhetsassistent) samt uppdatera KIV (KIVsamordnare) så att information på 1177-etjänst ändras. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214F793E" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00E333ED" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Dialog med Regionhälsan, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
@@ -2804,63 +2862,55 @@
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Vårdplatser </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5357E517" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00E333ED" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="2F00FF8C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Deeskalering</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> – Eskalering</w:t>
+        <w:t>Deeskalering – Eskalering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DFC9445" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00363570" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Kommunikation internt/externt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD11102" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="00E333ED" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
@@ -2877,51 +2927,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="572E049E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Intern och Extern kommunikation enligt ovan, förtydliga ansvarsfördelning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7B54C3" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="004D0A8C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="616147FF" w14:textId="60B7D1E2" w:rsidR="00CB612E" w:rsidRDefault="00CB612E">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FBA312" w14:textId="77777777" w:rsidR="00592BDB" w:rsidRDefault="005B4DFE"/>
+    <w:p w14:paraId="06FBA312" w14:textId="77777777" w:rsidR="003C7EC2" w:rsidRDefault="003C7EC2"/>
     <w:p w14:paraId="4CF3EC88" w14:textId="0DEB409B" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00982440">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Eskaleringstrappa för ökat antal vårdplatser vid </w:t>
       </w:r>
       <w:r w:rsidR="004D0A8C">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>tillfälligt ökad belastning i barnsjukvården</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C5F8AB" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:pPr>
         <w:rPr>
@@ -2943,88 +2993,100 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bakgrund: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F080C42" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:r w:rsidRPr="00982440">
         <w:t>Planering för eventuellt behov av ökat antal slutenvårdsplatser inom barnsjukvården NÄL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CB3BAF" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00982440">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Förutsättningar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BD7E24" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
+    <w:p w14:paraId="59BD7E24" w14:textId="2A897CDC" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:r w:rsidRPr="00982440">
-        <w:t>Normalläge   17/15 vårdplatser</w:t>
+        <w:t>Normalläge   1</w:t>
+      </w:r>
+      <w:r w:rsidR="00890D9B">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00982440">
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00890D9B">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00982440">
+        <w:t xml:space="preserve"> vårdplatser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559D158D" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:r w:rsidRPr="00982440">
         <w:t>Steg 1             17/17 vårdplatser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0650A056" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:r w:rsidRPr="00982440">
         <w:t>Steg 2              21/21 vårdplatser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E23BC1C" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00D25FBD" w:rsidRDefault="00982440" w:rsidP="00982440">
       <w:r w:rsidRPr="00D25FBD">
         <w:t>Steg 3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">              25/25 vårdplatser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF47935" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00982440"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9167" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1307"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="1306"/>
+        <w:gridCol w:w="1291"/>
+        <w:gridCol w:w="1291"/>
+        <w:gridCol w:w="1270"/>
         <w:gridCol w:w="1483"/>
-        <w:gridCol w:w="1307"/>
-        <w:gridCol w:w="1249"/>
+        <w:gridCol w:w="1305"/>
+        <w:gridCol w:w="1221"/>
       </w:tblGrid>
       <w:tr w:rsidR="00982440" w:rsidRPr="00335ED5" w14:paraId="4BC54EC0" w14:textId="77777777" w:rsidTr="00510CC9">
         <w:trPr>
           <w:trHeight w:val="595"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CDAA379" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ABE1BCB" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
@@ -3294,98 +3356,113 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44BD5046" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Normalläge helg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBD6027" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="551E8006" w14:textId="5027A2DC" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00542A80" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3 ssk</w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:t>2 ssk+1 mellantur</w:t>
+            </w:r>
             <w:r>
-              <w:t>3 usk</w:t>
+              <w:br/>
+              <w:t>2 usk +1 mellantur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E224771" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="3C344C87" w14:textId="77777777" w:rsidR="00542A80" w:rsidRDefault="00542A80" w:rsidP="00542A80">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3 ssk</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="541B64AF" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+              <w:t>2 ssk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D68A079" w14:textId="77777777" w:rsidR="00542A80" w:rsidRDefault="00542A80" w:rsidP="00542A80">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2 usk</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="541B64AF" w14:textId="71E11C18" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00542A80" w:rsidP="00542A80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>inkl. mellantur</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F274FA" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="355517B9" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="004F111B" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3 ssk</w:t>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="00982440">
+              <w:t>ssk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F274FA" w14:textId="7F31DB76" w:rsidR="004F111B" w:rsidRPr="00380E01" w:rsidRDefault="004F111B" w:rsidP="00510CC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2 usk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="257E67C6" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D5FDF4F" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -3413,64 +3490,86 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B13B812" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Steg 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E898771" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="50ADECF1" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00221E26" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:r>
+              <w:t>3 skk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E898771" w14:textId="613D7180" w:rsidR="00221E26" w:rsidRPr="00380E01" w:rsidRDefault="00221E26" w:rsidP="00510CC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3 usk</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1DF276" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="2C951AC3" w14:textId="77777777" w:rsidR="00995AE9" w:rsidRDefault="00221E26" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:r>
+              <w:t>3 ssk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D1DF276" w14:textId="4EE096FC" w:rsidR="00221E26" w:rsidRPr="00380E01" w:rsidRDefault="00221E26" w:rsidP="00510CC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3 usk</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70EB6ECF" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>3ssk+1 usk</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1306E227" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
@@ -3482,115 +3581,138 @@
               </w:rPr>
               <w:t>helg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A1EBBD3" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Även helg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58185655" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="395BAFD8" w14:textId="2BCC4D8F" w:rsidR="00995AE9" w:rsidRDefault="00CA6063" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00380E01">
-              <w:t>7 usk pass</w:t>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00995AE9">
+              <w:t xml:space="preserve"> ssk</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC02B3">
+              <w:t xml:space="preserve"> pass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58185655" w14:textId="5B4C4DBC" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00FC02B3" w:rsidP="00510CC9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00982440" w:rsidRPr="00380E01">
+              <w:t>usk pass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38B4DC10" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00982440" w14:paraId="768A22CF" w14:textId="77777777" w:rsidTr="00510CC9">
         <w:trPr>
           <w:trHeight w:val="595"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6117F2A0" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Steg 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC3D710" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="6EC3D710" w14:textId="06FAAF41" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00FC02B3" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00380E01">
+            <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>4 ssk</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00982440" w:rsidRPr="00380E01">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ssk</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A1E7313" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00380E01">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>5 usk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D31A042" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3653,64 +3775,73 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2364907B" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Även helg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="640787D0" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="640787D0" w14:textId="37FFFBD7" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00380E01">
-              <w:t>14 ssk pass</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0FF21B32" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA6063">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00380E01">
+              <w:t xml:space="preserve"> ssk pass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF21B32" w14:textId="0DDB7C59" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00CA6063" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>42 usk pass</w:t>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00982440">
+              <w:t xml:space="preserve"> usk pass</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5609FE77" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58740900" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3849,64 +3980,73 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A3E93D1" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00380E01" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Även helg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB99397" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+          <w:p w14:paraId="2DB99397" w14:textId="42642606" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00766CDF">
-              <w:t>35 ssk pass</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="435FD974" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00766CDF" w:rsidRDefault="00982440" w:rsidP="00510CC9">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA6063">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00766CDF">
+              <w:t xml:space="preserve"> ssk pass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="435FD974" w14:textId="6FAC3ABA" w:rsidR="00982440" w:rsidRPr="00766CDF" w:rsidRDefault="00CA6063" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>49 usk pass</w:t>
+              <w:t>34</w:t>
+            </w:r>
+            <w:r w:rsidR="00982440">
+              <w:t xml:space="preserve"> usk pass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F260990" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00510CC9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00982440" w14:paraId="1764A0F9" w14:textId="77777777" w:rsidTr="00510CC9">
         <w:trPr>
           <w:trHeight w:val="595"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
@@ -4170,115 +4310,94 @@
           <w:p w14:paraId="31BCC0FB" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>Förstärkt bemanning på avd.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31443CA5" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="21D74927" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B1E3462" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>Ställ in planerade operationer som kräver inneliggande vård</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30CC7DED" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="3007BD46" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>Behandlingar skjuts upp</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33F4E78B" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
-              <w:t xml:space="preserve">Pre och post </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> assistans av barn överförs till Operation</w:t>
+              <w:t>Pre och post op assistans av barn överförs till Operation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5563936A" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>Dialog viss preoperativ vård erbjuds</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="681B3421" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="76ABC208" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="363FAA43" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>Introduktion av förstärkningspersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4373A1D5" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>Kommunikation till de opererande enheterna</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46144BE2" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="13AFFF56" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="61E33EBD" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="65EAB0D9" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="778F6D04" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="545619C7" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="0627D3B8" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="40F1E6F3" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="1B35DF75" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="7CCA438C" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="768E4CF7" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
-              <w:t xml:space="preserve">Inventering </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> personal inom </w:t>
+              <w:t xml:space="preserve">Inventering barnkompetent personal inom </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C2B8A5A" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
-              <w:t xml:space="preserve">förvaltningen. Introduktion till </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>förvaltningen. Introduktion till barnkompetent</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3D678AD1" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t xml:space="preserve">personal. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D0A8C" w14:paraId="4730EF8A" w14:textId="77777777" w:rsidTr="007D4F7D">
         <w:trPr>
           <w:trHeight w:val="1258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
           <w:p w14:paraId="266342C4" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4352,278 +4471,246 @@
             <w:tcW w:w="773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
           </w:tcPr>
           <w:p w14:paraId="3B626563" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48D86227" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>25/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="303A4E2E" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
-              <w:t xml:space="preserve">Flytt av onkologmottagning till mottagningskorridor/neurologsektion för att frigöra fler </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> till inneliggande patienter</w:t>
+              <w:t>Flytt av onkologmottagning till mottagningskorridor/neurologsektion för att frigöra fler vårdrum till inneliggande patienter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47D616A6" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="7B2FB345" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t xml:space="preserve">Läkare se nivå 2 samt indragna utbildningar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FFD5D84" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65F9901B" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="321A3F17" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="33F322AF" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="11865870" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="69FB7163" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
           <w:p w14:paraId="6E39E5B6" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
-              <w:t xml:space="preserve">Beslut SL/SSL </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> IMA inför nivå 4</w:t>
+              <w:t>Beslut SL/SSL ang kohortavd IMA inför nivå 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D0A8C" w14:paraId="325F0C52" w14:textId="77777777" w:rsidTr="007D4F7D">
         <w:trPr>
           <w:trHeight w:val="2360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
           <w:p w14:paraId="176DB8EC" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="675BEA55" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
               <w:t>25/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C39AC59" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D">
             <w:r>
-              <w:t xml:space="preserve">Öppna </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> på IMA </w:t>
+              <w:t xml:space="preserve">Öppna kohortavd på IMA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B95BAA1" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A25ACB3" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="007D4F7D"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="741FF667" w14:textId="77777777" w:rsidR="004D0A8C" w:rsidRPr="004D0A8C" w:rsidRDefault="004D0A8C" w:rsidP="00CB612E"/>
     <w:sectPr w:rsidR="004D0A8C" w:rsidRPr="004D0A8C">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DEFAD82" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
+    <w:p w14:paraId="5EE89090" w14:textId="77777777" w:rsidR="001719EA" w:rsidRDefault="001719EA" w:rsidP="00982440">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09275719" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
+    <w:p w14:paraId="3EA2D85C" w14:textId="77777777" w:rsidR="001719EA" w:rsidRDefault="001719EA" w:rsidP="00982440">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="56F5F68F" w14:textId="77777777" w:rsidR="0004209B" w:rsidRDefault="0004209B">
+    <w:p w14:paraId="76BCD158" w14:textId="77777777" w:rsidR="001719EA" w:rsidRDefault="001719EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68742A59" w14:textId="77777777" w:rsidR="002F7C04" w:rsidRDefault="002F7C04">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9180" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1809"/>
       <w:gridCol w:w="2151"/>
       <w:gridCol w:w="1442"/>
       <w:gridCol w:w="1824"/>
       <w:gridCol w:w="1954"/>
     </w:tblGrid>
     <w:tr w:rsidR="00982440" w:rsidRPr="00982440" w14:paraId="79C0690D" w14:textId="77777777" w:rsidTr="00510CC9">
       <w:trPr>
         <w:trHeight w:val="841"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1809" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4906,103 +4993,103 @@
           </w:tcBorders>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="1C295C23" w14:textId="77777777" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="44B4D43D" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D084585" w14:textId="77777777" w:rsidR="002F7C04" w:rsidRDefault="002F7C04">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D01D482" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
+    <w:p w14:paraId="4FEF1014" w14:textId="77777777" w:rsidR="001719EA" w:rsidRDefault="001719EA" w:rsidP="00982440">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39D8BEDE" w14:textId="77777777" w:rsidR="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
+    <w:p w14:paraId="7BB1A0CC" w14:textId="77777777" w:rsidR="001719EA" w:rsidRDefault="001719EA" w:rsidP="00982440">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79292C5F" w14:textId="77777777" w:rsidR="0004209B" w:rsidRDefault="0004209B">
+    <w:p w14:paraId="10D6B3EB" w14:textId="77777777" w:rsidR="001719EA" w:rsidRDefault="001719EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="651E7B6A" w14:textId="77777777" w:rsidR="002F7C04" w:rsidRDefault="002F7C04">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E403B7B" w14:textId="20145E95" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440" w:rsidP="00982440">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5415"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B0FCABF" wp14:editId="776BA735">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>461645</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="topMargin">
             <wp:posOffset>242570</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2377440" cy="487680"/>
           <wp:effectExtent l="0" t="0" r="3810" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Bildobjekt 1" descr="VGNuSju_Sv"/>
@@ -5066,61 +5153,61 @@
     <w:r w:rsidRPr="00982440">
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="00982440">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00982440">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00982440">
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4FD66C0E" w14:textId="77FA987B" w:rsidR="00982440" w:rsidRPr="00982440" w:rsidRDefault="00982440">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r w:rsidRPr="00982440">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="766BCB6F" w14:textId="77777777" w:rsidR="002F7C04" w:rsidRDefault="002F7C04">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04F3156C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="912003FA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6821,128 +6908,144 @@
   <w:num w:numId="9" w16cid:durableId="2055275655">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1476797177">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1703817909">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="122507611">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1591043503">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="984316605">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1887641285">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00982440"/>
     <w:rsid w:val="0004209B"/>
     <w:rsid w:val="00084037"/>
     <w:rsid w:val="000F469D"/>
+    <w:rsid w:val="001719EA"/>
+    <w:rsid w:val="001F7D7B"/>
+    <w:rsid w:val="00221E26"/>
+    <w:rsid w:val="00255CC6"/>
+    <w:rsid w:val="002C399F"/>
     <w:rsid w:val="002F7C04"/>
     <w:rsid w:val="00335ED5"/>
+    <w:rsid w:val="003C7EC2"/>
     <w:rsid w:val="004D0A8C"/>
+    <w:rsid w:val="004F111B"/>
+    <w:rsid w:val="005050DF"/>
+    <w:rsid w:val="00542973"/>
+    <w:rsid w:val="00542A80"/>
     <w:rsid w:val="005746BA"/>
     <w:rsid w:val="00583819"/>
     <w:rsid w:val="005B4DFE"/>
+    <w:rsid w:val="00890D9B"/>
     <w:rsid w:val="00901663"/>
     <w:rsid w:val="00982440"/>
+    <w:rsid w:val="00995AE9"/>
     <w:rsid w:val="00A607FF"/>
+    <w:rsid w:val="00AF3773"/>
     <w:rsid w:val="00B3787F"/>
     <w:rsid w:val="00BF224A"/>
+    <w:rsid w:val="00C97380"/>
+    <w:rsid w:val="00CA6063"/>
     <w:rsid w:val="00CB612E"/>
     <w:rsid w:val="00CB7F8D"/>
+    <w:rsid w:val="00E55ACC"/>
     <w:rsid w:val="00E66FC0"/>
+    <w:rsid w:val="00FC02B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5491FE0E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{317628C5-EC65-413E-897E-FDA5302AE4D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7424,57 +7527,57 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00982440"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7703,69 +7806,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1321</Words>
-  <Characters>7004</Characters>
+  <Words>1335</Words>
+  <Characters>7077</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>58</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8309</CharactersWithSpaces>
+  <CharactersWithSpaces>8396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Eskaleringsplan vid tillfälligt ökad belastning i barnsjukvården</dc:title>
   <dc:subject/>
   <dc:creator>Lena Tyllman</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Lena Tyllman</lastModifiedBy>
-  <revision>4</revision>
+  <revision>15</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>