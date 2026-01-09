--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -106,115 +106,101 @@
                 <w:kern w:val="32"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Hand – Metakarpalbensfraktur -Arbetsterapi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00097854" w:rsidR="00097854" w:rsidP="00097854" w:rsidRDefault="00097854" w14:paraId="75BE1A75" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc501440349" w:id="1"/>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidRPr="00097854" w:rsidR="00097854" w:rsidP="57163216" w:rsidRDefault="00097854" w14:paraId="0930DD01" w14:textId="75B889E0">
+    <w:p w:rsidRPr="00097854" w:rsidR="00097854" w:rsidP="57163216" w:rsidRDefault="00097854" w14:paraId="0930DD01" w14:textId="56F4C3BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="57163216" w:rsidR="36911C39">
+      <w:r w:rsidRPr="59AEEF9F" w:rsidR="36911C39">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Revidering i denna rutin</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00097854" w:rsidR="00097854" w:rsidP="57163216" w:rsidRDefault="00097854" w14:paraId="7DFCB4FB" w14:textId="0F8E8814">
+        <w:t xml:space="preserve">Revidering </w:t>
+      </w:r>
+      <w:r w:rsidRPr="59AEEF9F" w:rsidR="58AC7B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sedan föregående version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00097854" w:rsidR="00097854" w:rsidP="57163216" w:rsidRDefault="00097854" w14:paraId="7DFCB4FB" w14:textId="3C37D03B">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="57163216" w:rsidR="4D8FDC75">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> och innehåll.</w:t>
+      <w:r w:rsidRPr="59AEEF9F" w:rsidR="58AC7B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inga förändringar, förutom giltighetsdatum, då styrdokumentets innehåll är aktuellt och gällande.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00097854" w:rsidR="00097854" w:rsidP="57163216" w:rsidRDefault="00097854" w14:paraId="07CA808E" w14:textId="768B9DEC">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00097854" w:rsidR="00097854" w:rsidP="57163216" w:rsidRDefault="00097854" w14:paraId="1909E07C" w14:textId="2F6C833B">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
@@ -8965,64 +8951,67 @@
     <w:rsid w:val="0ACA1238"/>
     <w:rsid w:val="110477E9"/>
     <w:rsid w:val="22DA71F5"/>
     <w:rsid w:val="282EF648"/>
     <w:rsid w:val="2957D51E"/>
     <w:rsid w:val="2C6F24CD"/>
     <w:rsid w:val="2E08F4DF"/>
     <w:rsid w:val="2E9E37CC"/>
     <w:rsid w:val="35F8EFD7"/>
     <w:rsid w:val="36911C39"/>
     <w:rsid w:val="36BF665F"/>
     <w:rsid w:val="3CAD8730"/>
     <w:rsid w:val="3DE4DF51"/>
     <w:rsid w:val="3E94DA45"/>
     <w:rsid w:val="476E9E26"/>
     <w:rsid w:val="490A6E87"/>
     <w:rsid w:val="496EF769"/>
     <w:rsid w:val="4C969243"/>
     <w:rsid w:val="4D8FDC75"/>
     <w:rsid w:val="4DF02138"/>
     <w:rsid w:val="4E8B37E0"/>
     <w:rsid w:val="5127C1FA"/>
     <w:rsid w:val="534505FE"/>
     <w:rsid w:val="57163216"/>
     <w:rsid w:val="573EA9A0"/>
+    <w:rsid w:val="58AC7B51"/>
+    <w:rsid w:val="59AEEF9F"/>
     <w:rsid w:val="5B2CC38C"/>
     <w:rsid w:val="5D4F5808"/>
     <w:rsid w:val="5E1EA316"/>
     <w:rsid w:val="5FDF846E"/>
     <w:rsid w:val="640BD668"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="647D740C"/>
     <w:rsid w:val="65F49708"/>
     <w:rsid w:val="66F0562B"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6C946715"/>
     <w:rsid w:val="6ECB9977"/>
     <w:rsid w:val="6EF205C4"/>
     <w:rsid w:val="75FDBC38"/>
+    <w:rsid w:val="7612D666"/>
     <w:rsid w:val="7C4A804B"/>
     <w:rsid w:val="7F45C837"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
@@ -11521,74 +11510,73 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bokus.com/cgi-bin/product_search.cgi?authors=J%F3n%20Karlsson" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.1177.se/behandling--hjalpmedel/operationer/fore-och-efter-operation/operationssar/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bokus.com/cgi-bin/product_search.cgi?authors=Magnus%20Karlsson" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bada.hb.se/bitstream/2320/4222/1/2008_94.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hakir.se/wp-content/uploads/2011/11/Manual-for-rorelse-styrka-Version-1-2016-.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lakartidningen.se/OldWebArticlePdf/1/11693/LKT0913s936_941.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/smartskattning-av-akut-och-postoperativ-smarta/smartskattningsinstrument/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rc0b6b8d56760481e" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2478ef64-5d6d-4606-8eb8-6a094ad96a20}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="4224AFA3">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4224AFA3" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -11912,31 +11900,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hand – Metakarpalbensfraktur – Arbetsterapi</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Erika Oppenstam</lastModifiedBy>
-  <revision>3</revision>
+  <revision>4</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>