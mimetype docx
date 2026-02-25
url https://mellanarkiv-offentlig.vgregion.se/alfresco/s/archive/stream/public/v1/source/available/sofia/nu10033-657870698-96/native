--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -54,5479 +54,4991 @@
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CB65D5" w:rsidRPr="00CB65D5" w14:paraId="1E748B1B" w14:textId="77777777" w:rsidTr="005B5250">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5759789A" w14:textId="77777777" w:rsidR="00CB65D5" w:rsidRPr="00CB65D5" w:rsidRDefault="00CB65D5" w:rsidP="008C26FB">
+          <w:p w14:paraId="5759789A" w14:textId="77777777" w:rsidR="00CB65D5" w:rsidRPr="006A5BF1" w:rsidRDefault="00CB65D5" w:rsidP="008C26FB">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB65D5">
+            <w:r w:rsidRPr="006A5BF1">
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
               <w:t xml:space="preserve">ORGANDONATION (DBD) - omhändertagande av möjlig donator </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="3BF338C5" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="001E5B63" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="4A97EAFF" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="006A5BF1" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E5B63">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5BF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E5B63">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="006A5BF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD5A9B1" w14:textId="00C0A16B" w:rsidR="00B509AD" w:rsidRDefault="0010241C" w:rsidP="00B509AD">
+    <w:p w14:paraId="411F22E3" w14:textId="5DB0D182" w:rsidR="00C82831" w:rsidRPr="006A5BF1" w:rsidRDefault="00C26EDA" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2C4BA39D" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5BF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Revide</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5BF1" w:rsidRPr="006A5BF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rad. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82831" w:rsidRPr="006A5BF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hänvisning till Donationsguiden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628A27AB" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00BD33A8" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00F83A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD33A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bilagor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD09B65" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00F83A06" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="6920B6B7" w14:textId="5B46E390" w:rsidR="00C82831" w:rsidRPr="00BD33A8" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="34C99CB0" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD33A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Behandlingsriktlinjer</w:t>
+      </w:r>
+      <w:r w:rsidR="00376B3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270E8464" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00BD33A8" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD33A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t xml:space="preserve">Bakgrund </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358CCC60" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-      <w:pPr>
+    <w:p w14:paraId="72F9B81B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00441537">
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Patienter som kan bli aktuella som DBD - donatorer måste vårdas i respirator och konstateras avlidna i total hjärninfarkt. Antalet patienter är få (NU-sjukvården 4-8/år) och det är därför viktigt personalen har kunskap om hur donationsprocessen går till</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00441537">
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3253A830" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="7118E475" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2942"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I Donationsguiden </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="0084103F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          </w:rPr>
+          <w:t>Logga in på webbplatsen | Donationsguiden</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finns fördjupad information. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6301580F" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...22 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Följande finns även utskrivet i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:iCs/>
         </w:rPr>
-        <w:t>en mapp</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="5FC854B9" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="0064670C">
+        <w:t xml:space="preserve">en mapp som finns i IVA:s förråd : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459C2585" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00441537">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Provtagningsanvisningar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2367218A" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="0064670C">
+    <w:p w14:paraId="125832A4" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00441537">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Remisser för virusserologi och vävnadstypning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467E66ED" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="0064670C">
+    <w:p w14:paraId="5C9B7074" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00441537">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Protokoll för bestämmande av människans död med hjälp av direkta kriterier.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3F69FC" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="0064670C">
+    <w:p w14:paraId="5235F8CB" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00441537">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Journalhandling för donationsingrepp på avlidna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD1EB38" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="0064670C">
+    <w:p w14:paraId="7B9657BD" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="2939BB28" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="0064670C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Anvisning för beställning av taxi (för att skicka iväg prover till Göteborg)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B0DF40" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="26CDB218" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="0064670C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Lokal rutin organdonation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0971822E" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="000E244D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Flödesschema donationsprocessen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C35FDEA" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="629BCFB6" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Donatorskaraktärisering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5AC083" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="0E7C7161" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Information till obduktionsavdelningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A985EDE" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="57165E2B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Instruktion för Dödsbevis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427C5F76" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="000E244D" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="10277FD9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2138"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Instruktion för SIR-registrering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3867129A" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-[...19 lines deleted...]
-    <w:p w14:paraId="4D18166A" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00032F7D" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="4D6A2B87" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00032F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3020C2F7" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="7D14C9D5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00441537">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Skapa säkra rutiner för medicinskt omhändertagande av möjlig donator på IVA och Operation.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00441537">
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1823232F" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="218FF0E2" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00441537">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17096EA9" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="2A18D55C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00441537">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Alla läkare, sjuksköterskor och undersköterskor på IVA och Operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEFE3A4" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="15BDFA4C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00132940">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Kontakt med donationsansvariga på IVA, NÄL:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFCDCB2" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="34380137" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nina Ulin, regional DAS, internt 51358 ,  073-364 15 48 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BAB9BDE" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="63935905" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Susanne Svensson, DAS, internt 51358 , 070-261 53 15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51874939" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="26CAFDF1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E10E4AD" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Johanna Carlén, DAS, internt 51358 , 072-5621598</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547CDA52" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Jenny Gustafsson, DAL, internt 51453,  072-702 91 15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191B64E8" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00441537" w:rsidRDefault="00B509AD" w:rsidP="00032F7D">
+    <w:p w14:paraId="54D05879" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kontakt med transplantationskoordinator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23325D22" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kontakta alltid transplantationskoordinator i ett tidigt skede, innan klinisk neurologisk undersökning, angående medicinsk lämplighet. Denna kontakt innebär en förfrågan om eventuell lämplighet (anonymt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2B9773" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...41 lines deleted...]
-    <w:p w14:paraId="1C6AA1E4" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Denna kontakt är viktigt ur flera aspekter, dels får koordinatorn ett tidigt förhandsbesked om en möjlig donator och kan göra ev. förberedelser, men ffa så kan man vid ett negativt besked (patienten ej lämplig/möjlig för donation) sannolikt påbörja ett avslutande av intensivvård istället.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495DF629" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>DOSS och Donationslinjen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B96580" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I samband med att en donationsprocess startas kontaktar transplantationskoordinatorn den DOSS (Donationsspecialiserad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sjuksköterska) som är i tjänst och som kommer till det sjukhus där processen pågår. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4777BAD6" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Som resurs nationellt finns också läkare i beredskap dygnet runt per telefon : 010-4414444</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57478DB1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0344">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Transplantationsenheten skall ALLTID avgöra medicinsk lämplighet!!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7372EF9D" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-      <w:pPr>
+    <w:p w14:paraId="6F1392FE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0344">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Transplantationskoordinator : 031-3435776  (alt </w:t>
-[...19 lines deleted...]
-      <w:pPr>
+        <w:t>Transplantationskoordinator : 031-3435776  (alt vxl SU 031-3421000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFB165A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="534DA2B8" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Frågor du kan behöva besvara för en medicinsk bedömning:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2795731B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Anamnes – diagnos, tidigare kirurgi, cancer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64683BF7" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+    <w:p w14:paraId="2B6DA8AE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Ålder, kön, vikt, längd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD16BBE" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+    <w:p w14:paraId="28ECD4D5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="361F18EA" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vitalparametrar – blodtryck, ev inotropi, timdiures, arytmier </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20ADBD02" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="620B8805" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prover – blodgrupp, rutinprover </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4438B019" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Socialt – rökning, alkohol, droger</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6E1ECD" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+    <w:p w14:paraId="4DC875AA" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Nyligen gjorda tatueringar/piercing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA08965" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="009370ED">
+    <w:p w14:paraId="1E56D8A5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Behov av rättsmedicinsk obduktion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC3C953" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-      <w:pPr>
+    <w:p w14:paraId="04C1FC46" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20F7C41A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid förnyad kontakt med transplantationskoordinator, glöm inte att fråga vad ”annat medicinskt ändamål” innebär just nu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2AD589" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>I denna fas kan också kompletterande undersökningar och utredningar ordineras av transplantationsteamet, ex.vis UKG, Coronarangio, CT buk, ytterligare prover.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724EDC88" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Organbevarande behandling och medicinska insatser efter döden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566F3F99" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...16 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Efter att brytpunktsbeslut är taget och dokumenterat i journalen (Mall i Melior </w:t>
       </w:r>
-      <w:r w:rsidRPr="0014126A">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>”IVA brytpunksbeslut”</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">) inleds den </w:t>
       </w:r>
-      <w:r w:rsidRPr="00842EFC">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>organbevarande behandlingen</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, som får fortgå i 72 timmar. Vid misstanke om att total hjärninfarkt utvecklats skall Klinisk neurologisk undersökning (KNUS) utföras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E7A388" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Efter att döden fastställts med hjälp av direkta kriterier inleds </w:t>
       </w:r>
-      <w:r w:rsidRPr="00861920">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>medicinska insatser efter döden</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>, som får fortgå i 24 timmar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6619B8BB" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-      <w:pPr>
+    <w:p w14:paraId="45794ECE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Utredning av donationsvilja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D109BA" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När en person avlider på ett sådant sätt att organdonation är möjligt är det hälso- och sjukvårdens </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>skyldighet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> att utreda den avlidnes inställning till donation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436F1D0E" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Det är den sista viljeyttringen som gäller oavsett hur den har uttryckts- skriftligt (donationskort), muntligt eller Donationsregistret.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BA7EED" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...45 lines deleted...]
-    <w:p w14:paraId="605E22D6" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="007B62C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>I samband med donationsprocessen görs en sökning i donationsregistret:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A3FF99" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="707" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Efter det att det fastställts att personen avlidit, vilket skall vara dokumenterat i journalen, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B7050">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t>eller</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166B5924" w14:textId="3A617DE6" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="007B62C7">
+    <w:p w14:paraId="3F915E95" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="707" w:hanging="425"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E43BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Efter det att ställningstagande (Brytpunktsbeslut) gjorts om att inte inleda eller fortsätta livsuppehållande behandling, vilket skall vara dokumenterat i patientjournalen. Ställningstagande ska vara gjort av en legitimerad läkare i samråd med en annan legitimerad läkare.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473EC46F" w14:textId="5639AA79" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-      <w:pPr>
+    <w:p w14:paraId="46E65757" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När det inte finns någon känd donationsvilja utgår lag 1995:831 från att den avlidne var positiv till donation – förmodat samtycke. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB17CF3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fastställande av död med hjälp av direkta kriterier ( KNUS ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1418B892" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Rutinen här är att diagnostiken görs av specialistkompetent läkare som är väl förtrogen med klinisk neurologisk diagnostik med avseende på läkemedelseffekter och intensivvårdsåtgärder. Önskvärt är att man kan vara två läkare på sal, samt utan telefoner/sökare. Det innebär att diagnostiken ej bör göras jourtid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136D7FD9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...28 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F05A7">
-[...63 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Om 4-kärlsangio är nödvändigt och inte radiologisk kompetens finns att tillgå på sjukhuset, skall patienten transporteras till SU utan dröjsmål.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACE7442" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="71F2CE60" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00562F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Den avlidne skall ej transporteras tillbaka till NÄL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4EEC4F" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Dokumentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE43F3A" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="27CC4E92" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00496D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Se till att dessa dokument är ifyllda </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715A3B68" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00496D44" w:rsidRDefault="00B509AD" w:rsidP="00562F6B">
+    <w:p w14:paraId="63EEEF88" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00496D44">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Protokoll för bestämmande av människans död med hjälp av direkta kriterier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA5EC7C" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00496D44" w:rsidRDefault="00B509AD" w:rsidP="00562F6B">
+    <w:p w14:paraId="606832F5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00496D44">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Journalhandling för donationsingrepp på avlidna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516E1382" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00496D44" w:rsidRDefault="00B509AD" w:rsidP="00562F6B">
+    <w:p w14:paraId="1877D931" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00496D44">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Dödsbevis</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="06EF407D" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00562F6B">
+        <w:t>Dödsbevis i Melior</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D3EDC3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="707" w:hanging="283"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00496D44">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Donatorskaraktärisering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2389C238" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="003C272D" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="05553E31" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="003C272D" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76ECAAC5" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-      <w:pPr>
+    <w:p w14:paraId="323F83F1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00496D44">
-        <w:rPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Efter </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Efter samråd med transplantationskoordinatorn skall dessa förmedlas till dem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B5797C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Samtliga dödsfall på alla intensivvårdsavdelningar rapporteras till SIR via ett webformulär, detta fylls i av ansvarig läkare i samband med konstaterat dödsfall samtidigt som övriga ovanstående dokument fylls i. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415FC5E5" w14:textId="05CA5CEA" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Det är viktigt med noggrann journalföring. Dokumentera fortlöpande under processen, använd mall ”IVA brytpunktsbeslut” i Melior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1237BAFC" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Provtagning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0D1263" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mallar finns i Melior och CHA, följ anvisningar i Donationsguiden. Färdiga provtagningskit finns i IVA:s förråd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6895C4FE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0" w:firstLine="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Inför donationsoperation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B321EF" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Se till att Operationsavdelningen i ett tidigt skede informeras om planerad operation, samt gör en op-anmälan i Orbit, se Bilaga i slutet av dokumentet. Glöm inte den fortlöpande informationen till Op allteftersom du får mer besked från koordinatorn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7729A99C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Håravkortning skall ske på IVA. Donatorn skall vara rakad från jugulum till symfysen samt ned på flankerna. Descutantvättning utförs som inför en ”vanlig” operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145CB312" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2 EK skall finnas peroperativt, överenskom med ansvarig operationspersonal om vem som lämpligast beställer.  Bör finnas på plats vid beräknad knivstart.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434E7482" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Uttagsoperation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D87732" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ansvarig anestesiolog är ofta den som varit ansvarig för donatorn på IVA. Under operationen behövs närvaro av anestesiolog i princip kontinuerligt, varför bakjouren på AnOpIVA sannolikt behöver vara närvarande på sjukhuset jourtid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12617615" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Operationen utförs av operationsteam från transplantationsenheten. Transplantationskoordinatorn från regionen kommer med teamet (ibland flera, från olika enheter) för att kunna utföra uttagsoperationen. Optimala resurser - och operationsmöjligheter måste då ställas till transplantationsenhetens förfogande. Detta innebär att ev. extrapersonal måste kallas in i god tid för att förhindra förseningar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Det är vår skyldighet som donatorsjukhus att ställa upp med erforderliga resurser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFBD0F5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Avslutning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A8C0BDD" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Om beslut att organdonation inte är aktuellt så skall livsuppehållande behandling avslutas skyndsamt. Om närstående är på väg inom rimlig tid kan man invänta dem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AFF45B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="3D6D00C3" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00562F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>I samband med avbrytandet av respiratorbehandling kan hypoxi utlösa spinala reflexer. Det är viktigt att anhöriga informeras om det om de önskar närvara.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3DFD15" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Avsked</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B22E70C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
-          <w:iCs/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="NSimSun" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="NSimSun" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>När uttagsoperationen är färdig eller om organdonation inte är aktuell tas avsked inne på IVA. Följ rutinen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="NSimSun" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00881898">
+        <w:r w:rsidRPr="0084103F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="NSimSun" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>flik</w:t>
+          <w:t>Avliden - omhändertagande på IVA och IMA</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00295735">
-[...1 lines deleted...]
-          <w:color w:val="4472C4"/>
+    </w:p>
+    <w:p w14:paraId="550677B9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Uppföljning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742BCF2B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Transplantationsenheten skickar ut information om transplantationsresultaten till DAL och DAS inom två – fyra veckor efter organdonationen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB79217" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DAS erhåller efter en tid dokument med scandianummer för donator och mottagare som scannas till donatorns journal för framtida spårbarhet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506C64BB" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Anhöriga erbjuds ett uppföljande samtal inom ca två månader, där de får ta del av transplantationsresultaten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EACC1E9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Rutin för operationsavdelningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7498011A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A2517A" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="066F2D39" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Praktiska råd – anestesi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72269109" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Förberedelser innan donatorn anländer: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C97025A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontakta IVA- personal angående rapportering. Anestesi- och operationspersonal kan få första rapport på IVA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584208BE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Cirka 1- 1.5 h före donationsteamet beräknas anlända hämtas den avlidne in till C-op.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785636E3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Donationsteamet skall aldrig behöva vänta på oss</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E84A8D0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="0084103F" w:rsidRDefault="00C82831" w:rsidP="0084103F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084103F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid lång väntan på personal från SU, lägg värmetäcken på donator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F364F0A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Anestesi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21831B76" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donationsdokument ifyllda och signerade innan operationen påbörjas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC135C4" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Muskelrelaxantia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38386703" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sevorane</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D4AA84" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Heparin 400E/ kg på sal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079E6E49" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mannitol på sal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F9A24F" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inotropt stöd kan krävas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD4AEF3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Albumin 200 mg /ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C48A2F4" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 EK </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">skall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">beställas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A03C17" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A2517A" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332E02D7" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Behandlingsrekommendationer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072FCCB3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Cirkulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCC934B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Systoliskt bltr &gt; 100 mm Hg lägsta MAP 60 mm Hg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763B7AC9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Arteriellt PaO2 &gt;100 mm Hg (13.3 kPa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E2695A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hjärtfrekvens &lt; 100 / min</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F0971C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Timdiures 50- 100 ml/ h</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E1D8DA" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D48E835" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Respiration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6100F7E5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Normoventilation eftersträvas. EtCO2 ca 4,5 – 6,5 kPa (Obs! Vid lungdonation 4,7 – 6,0 kPa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D32F756" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>PEEP som IVA inställning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274794B5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Täta blodgaskontroller</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00209DFA" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Besked från operatörerna när ventilatorn skall stängas av</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E593876" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="009C6843" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FD8135C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Utrustning – anestesi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6B8876" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Övervakning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5F011E" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>EKG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BAA51A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Temp.  &gt; 34 grader</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015CC20C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Saturationsmätning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8CF38A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Timdiures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6067E347" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Artärtrycksmätning (radialis vänster)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C87008D" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>CVP- CVK dx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322CC7F6" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Grova perifera nålar med förlängning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFFFEAE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Värmetäcke – även värme under patient.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DA6301" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Blod/ vätskevärmare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A14F8B3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00F06453">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Syrabas sprutor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7195D4F9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A2517A" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C184E85" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00F06453" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06453">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Praktiska råd – anestesi/op</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B88F3BE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Operationsbord/läge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFBBF66" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Universalbord eller gynbord  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EAA429" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ryggläge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA8BFB0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Armarna ut vid endast bukorgan, armarna längs med sidorna vid uttag av även thoraxorgan (stäm av med koordinator/ansvarig IVA-läk)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CEBA74" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Överflyttning kan ske på IVA-sal eller op-sal. (stäm av med IVA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D39CD4" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Teknisk utrustning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71343CB1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Diatermi Vallylab Force Triad monopolärt system program Grundinställning CutBlend 20 W coag Fulgurate 20 W (Diatermi med LigaSure uttag).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C093DAB" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ev. Diatermi ERBE, monopolärt system, program 1A (diatermi med Argonuttag, från sal 13 eller endo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098FD491" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 st. Diatermier ERBE, monopolärt system, program 1A </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDA737F" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ev.Ultraljudsapparat Harmonic (vid pancreas-uttag)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708DD182" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Neutralplattorna fästes på låren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BAB6A88" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2 st sugar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A229216" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00D126CB" w:rsidRDefault="00C82831" w:rsidP="00D126CB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D126CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1 st sug med 3 L-påsar till Organdonation (finns i apparatförråd, kir. sekt.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F656550" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Grundutrustning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FECB109" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 st. Opset Universal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66509397" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1 st. Op rock std storl, LL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3AE24B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2 st  Op rock std x-stor, XL (förstärkt rock till operatörerna).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A083A4D" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2 st. Op påse assbord 77x145 cm S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B17AC1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2 st. Op lakan Instrumentbord 150x190 S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBF35B2" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2 st. Koppset engångs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717BE9F8" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 st. Rondskål </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CBB61F" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2-3 st. Handfat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571693CF" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3 st. Op lamphandtagsskydd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18315028" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Handskar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DCCDD9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1 st. Knivblad nr 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD1C3F7" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1 st. Skyddsask till nålar/knivblad 10 nålar (Nålask)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D57B52B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1 st. Blade Shield Scalpel Holder (Knivhållare)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CE15AD" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>3 st. Slanghållare kardborre 2,5x30 cm S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45226CA2" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1 st. Op duk nonw. rtgtr 30x40 cm S Bruna 5-pack (till thoraxhaken)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AE5413" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2 st. Op duk nonw. rtgtr 40x65 cm S Svarta 5-pack</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDC32D8" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 st. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vesselloop medium blå 2-pack</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20976F6C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2 st. Op påse diatermi transparent 24,5 cm x 47 cm (sug och diatermipåse, långa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9A4BBD" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2-3 st. Sugset rak dubbelrör 3,5 m S Rissler röntgentät</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765872C4" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2 st. Diatermi handtag integrerat med rökutsug och hylsa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A37B2A1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2 st. Sugslang kona-kona</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CC93D9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2 st. Vätskeuppsamlingspåse (u-påse) Ev. skarvas dessa (påsdelen tvärsöver klipps bort på bägge påsarna).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145098A4" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ev. Sugset avsmalnande sp 15,5 cm S Kärlsug</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FC96E1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ev.  Harmonic Focus curved Shears FCS9 Johnson&amp;Johnson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3524A1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ev. Diatermi knivelektrod 10 cm coatad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CB2E1A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="002903BF" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51B4475A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Galler</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C223279" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Transplantationsteamets egna instrument</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F6F937" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Grundgaller stort</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3654B91A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Instrument</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4DEFF0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ev. Diatermi APC Handtag VIO + applikator kort (när Argon anv.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FAADB2" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ev. Pincett De Bakey 25 cm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E64188" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ev. Harmonic Scalpel Blue Hand Piece + test tip (pancreas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6CDD44" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ev. Hake självhållande Pehrman X-lång</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7151E5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Till perfusionsbordet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5F9004" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fistelgaller</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3024AA6B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ev. Kärlsug</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09AA90DC" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Övrigt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F83EE0F" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 st. Droppställningar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3350A0BF" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1 st. Plåthink med hjul till Cell-Saver</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37339D6C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2 st. Uppdukningsbord stort</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522B1080" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1-2 st. Bord utanför salen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5924D74A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ev. 2 st. Assbord</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75641516" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Läkemedel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B89D9B7" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Heparin 5000 IE/ml och NaCl 9 mg/ml blandar transplantationssjuksköterskorna själva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12720A8A" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NaCl 9 mg/ml 500ml, 18 st. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Helst från Fresenius Kabi (kan öppnas sterilt) enligt SU Gbg </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0B076E" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NaCl 9mg/ml 1000 ml. Flaskor kylskåpskalla. Finns i kylskåpet i akutsalens apparatförråd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E28E2C0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Sidhuvud"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Suturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518FA6C8" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Transplantationssjuksköterskorna har egna suturer med sig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFE27FE" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2-0 Polysorb V-20 75 cm resorberbar violette</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4750ECE0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2-0 Polysorb Ligatur 3x45 cm resorberbar violette</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069C30A9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00552467">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hudstapler Appose wide skin stapler  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31036A5C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Förband</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B141047" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00552467" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00552467">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cosmopore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4721743E" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vid lång väntan på personalen från SU, lägg värmetäcken på donatorn!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697554F3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Steriltvätt och drapering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5548D3BB" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Steriltvätta med 5 mg/ml Klorhexidinsprit </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EF8486" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Donatorn rakas och steriltvättas från jugulum till symfysen samt långt ner på flankerna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BBEF7C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rakningen bör göras på IVA, om inte, rakas donatorn på operationssal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34DF239E" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="04C99F9C" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00562F6B">
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Klä in ett stort område för bästa åtkomst från jugulum till symfysen och långt ner på flankerna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F662762" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Oftast vill transplantationskirurgerna ha högre effekt på Argondiatermin, 80-100 W på vuxna och 50 W på barn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D01C347" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A2517A" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07AD4B32" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Vätskor – handhavande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2A6CD2" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="707"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="0DD415A1" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00644A38" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">När beskedet kommer att organdonation ska ske:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9D7BD8" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ta ut de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>frusna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 500 ml (10 st NaCl-påsar) som ligger i frysskåpet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A4F938" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lägg in 10 liter i 500 ml NaCl-påsar (20 st) från kylskåpet till frysskåpet (står i akutsalens sidoförråd). Påsarna kan öppnas sterilt (Fresenius Kabi), se därför till att ytterpåsen är hel. Sätt på infrysningsknappen i övre vänstra sidan högst upp i kylskåpsdelen. Fyll på i kylskåpet med nya 500 ml NaCl-påsar (10 L.) från vätskeförrådet. Vid platsbrist, använd ortopedens frys i öron/ortopedkorridoren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F99476" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Efter ca 1-2 timmar, vänd och känn på påsarna. Oftast tar det 4-6 timmar att bli bra konsistens på slushen. När det har blivit bra konsistens kan man flytta påsarna till kylen, där den håller sig bra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C77589B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Postoperativt omhändertagande</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498F0062" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Trachealtub bort</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0E93C9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Alla infarter bort</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604833E0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kontrollera att förbandet är rent och snyggt innan den avlidne förs till IVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFAF882" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531C6ECA" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Den avlidne överflyttas till säng och transporteras till IVA:s avskedsrum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72211">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D313E1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A72211" w:rsidRDefault="00C82831" w:rsidP="00A72211">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AE3FB5" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:ind w:left="993" w:right="707"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27CED999" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C4E7D49" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-[...3100 lines deleted...]
-    <w:p w14:paraId="20C52E8E" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="457E8A10" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4797D301" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-[...10 lines deleted...]
-    <w:p w14:paraId="2686A9E7" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00A2517A" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="22836C98" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A2517A" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:ind w:left="993" w:right="707"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1730C2E9" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00A8320D" w:rsidRDefault="00B509AD" w:rsidP="00B509AD"/>
-    <w:p w14:paraId="44B21CC4" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="26E9C276" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00A8320D" w:rsidRDefault="00C82831" w:rsidP="00C82831"/>
+    <w:p w14:paraId="70D5E807" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00647F1B">
+    </w:p>
+    <w:p w14:paraId="59335977" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831"/>
+    <w:p w14:paraId="21FC0D10" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831"/>
+    <w:p w14:paraId="5D8DE8B1" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831"/>
+    <w:p w14:paraId="2824ABE3" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E2F849" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B0210">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7966EF11" wp14:editId="7CEE4753">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Bildobjekt 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="555AF926" wp14:editId="753A4DE4">
+            <wp:extent cx="5630061" cy="8326012"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="961526031" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="961526031" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5534025" cy="7362825"/>
+                      <a:ext cx="5630061" cy="8326012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000666EB" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="73C2AF89" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="1B5BD3AD" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00647F1B">
+    </w:p>
+    <w:p w14:paraId="2CD44E71" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D22089" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03371FA9" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B0210">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C332792" wp14:editId="318205F3">
-[...2 lines deleted...]
-            <wp:docPr id="8" name="Picture 8"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="298C8BAC" wp14:editId="58CB1558">
+            <wp:extent cx="5669915" cy="8242300"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="6350"/>
+            <wp:docPr id="1621293357" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, dokument&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1621293357" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, dokument&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5422900" cy="7092315"/>
+                      <a:ext cx="5669915" cy="8242300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED52278" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="74C63B7B" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831"/>
+    <w:p w14:paraId="73E4DA83" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00647F1B">
+      <w:r w:rsidRPr="007B0210">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="642B030F" wp14:editId="612130BC">
-            <wp:extent cx="5470525" cy="7506335"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47B788E8" wp14:editId="01FEB201">
+            <wp:extent cx="5639587" cy="8306959"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Bildobjekt 2"/>
+            <wp:docPr id="1141876762" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, Parallell&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1141876762" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, Parallell&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5470525" cy="7506335"/>
+                      <a:ext cx="5639587" cy="8306959"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3806A734" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="2D9FDC09" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72494397" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="68C91644" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00647F1B">
+    </w:p>
+    <w:p w14:paraId="0568161C" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B0210">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="515797C7" wp14:editId="28669452">
-[...2 lines deleted...]
-            <wp:docPr id="11" name="Picture 11"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="531747A6" wp14:editId="486EE35E">
+            <wp:extent cx="5669915" cy="8305165"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="635"/>
+            <wp:docPr id="936372054" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, Parallell&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="936372054" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, Parallell&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5430520" cy="7378700"/>
+                      <a:ext cx="5669915" cy="8305165"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB2DF8D" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="0524D6C4" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C37336A" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="714FBF38" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CBC217B" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="1B67B305" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="185D3976" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
-[...6 lines deleted...]
-    <w:p w14:paraId="4B722C2C" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="621613AA" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="761578AF" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="03FD5919" w14:textId="77777777" w:rsidR="00C82831" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00993CE9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>Operationsanmälan i Orbit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298A85FF" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00993CE9" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="294FBC9F" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00993CE9" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993CE9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Sök fram patienten </w:t>
       </w:r>
       <w:r w:rsidRPr="00647F1B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0254DE44" wp14:editId="0CDF8D54">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="787BFDF2" wp14:editId="61155E72">
             <wp:extent cx="5240020" cy="1009650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="13" name="Picture 13"/>
+            <wp:docPr id="13" name="Picture 13" descr="En bild som visar text, skärmbild, Teckensnitt, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
+                    <pic:cNvPr id="13" name="Picture 13" descr="En bild som visar text, skärmbild, Teckensnitt, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25">
+                    <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5240020" cy="1009650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4243435B" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00993CE9" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="7303DD80" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00993CE9" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>”Ny behandling” och kliniktillhörighet</w:t>
       </w:r>
       <w:r w:rsidRPr="00993CE9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00647F1B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="773D92F3" wp14:editId="103B7765">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FAAE6D2" wp14:editId="0BD51854">
             <wp:extent cx="5271770" cy="1240155"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="15" name="Picture 15"/>
+            <wp:docPr id="15" name="Picture 15" descr="En bild som visar text, Teckensnitt, linje, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
+                    <pic:cNvPr id="15" name="Picture 15" descr="En bild som visar text, Teckensnitt, linje, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5271770" cy="1240155"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="297BCAFC" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00861920" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="76556B1D" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00861920" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Klicka ur filtrera (se bild), sök donation</w:t>
       </w:r>
       <w:r w:rsidRPr="00993CE9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00647F1B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54602373" wp14:editId="073CD0BE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E93E358" wp14:editId="09130AFD">
             <wp:extent cx="6122670" cy="4214495"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="19" name="Picture 19"/>
+            <wp:docPr id="19" name="Picture 19" descr="En bild som visar text, skärmbild, programvara, Datorikon&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
+                    <pic:cNvPr id="19" name="Picture 19" descr="En bild som visar text, skärmbild, programvara, Datorikon&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27">
+                    <a:blip r:embed="rId25">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6122670" cy="4214495"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D26DF9F" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00861920" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="45FB1BDD" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00861920" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Minst ett op-kort, en diagnos och en ingreppskod måste väljas (se bild)</w:t>
       </w:r>
       <w:r w:rsidRPr="00861920">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00647F1B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4320B3F5" wp14:editId="58A49AEA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="006EA292" wp14:editId="3A992F6D">
             <wp:extent cx="6122670" cy="3196590"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="21" name="Picture 21"/>
+            <wp:docPr id="21" name="Picture 21" descr="En bild som visar text, skärmbild, programvara, Webbsida&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
+                    <pic:cNvPr id="21" name="Picture 21" descr="En bild som visar text, skärmbild, programvara, Webbsida&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28">
+                    <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6122670" cy="3196590"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275D8179" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00861920" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="4D68CF84" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00861920" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Alla rutor med asterisk skall fyllas i</w:t>
       </w:r>
       <w:r w:rsidRPr="00861920">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00647F1B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DD7E5D7" wp14:editId="1E9932FD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BD4A77A" wp14:editId="21BD462F">
             <wp:extent cx="6122670" cy="3482975"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="23" name="Picture 23"/>
+            <wp:docPr id="23" name="Picture 23" descr="En bild som visar text, skärmbild, nummer, Parallell&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Bildobjekt 1"/>
+                    <pic:cNvPr id="23" name="Picture 23" descr="En bild som visar text, skärmbild, nummer, Parallell&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29">
+                    <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6122670" cy="3482975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493CC6F6" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00861920" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="48EDD9D0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00861920" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Klicka på spara = gul, gör den klar =grön</w:t>
       </w:r>
       <w:r w:rsidRPr="00861920">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00647F1B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7645CB21" wp14:editId="6E8EAC2B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69AE7D23" wp14:editId="660392DC">
             <wp:extent cx="6122670" cy="3291840"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="25" name="Picture 25"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30">
+                    <a:blip r:embed="rId28">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6122670" cy="3291840"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA9BA90" w14:textId="77777777" w:rsidR="00B509AD" w:rsidRPr="00993CE9" w:rsidRDefault="00B509AD" w:rsidP="00B509AD">
+    <w:p w14:paraId="67C9D8C0" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00993CE9" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00647F1B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="726FDF22" wp14:editId="48D022BF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3225F862" wp14:editId="75B6A81B">
             <wp:extent cx="6122670" cy="3315970"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="27" name="Picture 27"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31">
+                    <a:blip r:embed="rId29">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6122670" cy="3315970"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00B509AD">
+    <w:p w14:paraId="458D35EF" w14:textId="77777777" w:rsidR="00C82831" w:rsidRPr="00536A5A" w:rsidRDefault="00C82831" w:rsidP="00C82831">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00B07767">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00CB65D5">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4646B5C2" w14:textId="77777777" w:rsidR="005F2661" w:rsidRDefault="005F2661">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -5606,50 +5118,64 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -10525,51 +10051,50 @@
   <w:num w:numId="34" w16cid:durableId="286620760">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="280183581">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="46684240">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1294798183">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1559364072">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="2070684541">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -10667,180 +10192,186 @@
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00376B3D"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00407BB4"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00511FC3"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00552467"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00562F6B"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F2661"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00642BF1"/>
     <w:rsid w:val="0064670C"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00694BB1"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A5BF1"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="007051DD"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B62C7"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008078E0"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="0084103F"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C26FB"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="009033CC"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
@@ -10859,157 +10390,164 @@
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A02A14"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A72211"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B07767"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B509AD"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD33A8"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C26EDA"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C82831"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB65D5"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D126CB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E2384C"/>
     <w:rsid w:val="00E43BA9"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F06453"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -13504,82 +13042,95 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="578368155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su3722-57160122-414/native/Kap%206%20Medicinsk%20utredning%20-%20karakterisering%2c%20prover%20DBD%20GBG%20-%202021.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lagen.nu/sosfs/2005:10" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/13833?a=false&amp;guest=true" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.sahlgrenska.se/upload/SU/Omr%c3%a5de%205/Verksamheter/Transplantationscentrum/Organdonation-DONATIONSP%c3%84RM/5.%20Prover-unders%c3%b6kningar--dokument,%20checklista.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-222/surrogate/Avliden%20-%20omh%c3%a4ndertagande%20p%c3%a5%20IVA%20och%20IMA.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://donationsguiden.socialstyrelsen.se/login/index.php" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -13874,72 +13425,72 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>15129</Characters>
+  <Pages>19</Pages>
+  <Words>1946</Words>
+  <Characters>12184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17449</CharactersWithSpaces>
+  <CharactersWithSpaces>14102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Organdonation (DBD) – omhändertagande av möjlig donator</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>18</revision>
+  <revision>29</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>