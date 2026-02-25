--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,1174 +6,814 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="507EEF49" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00F35B05">
-[...16 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="49CD484A" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B8DA353" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="237CB0B1" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070F7973" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="257B2853" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B86C29A" w14:textId="77B2E7FF" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handläggning av vårdskada </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="0D52B2E0" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00666F5D">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="6BE457BF" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="38A4FE83" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00666F5D">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="3207375E" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Uppdaterade länkar till patientinformation.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
     </w:p>
-    <w:p w14:paraId="2CC4B7D7" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00666F5D">
-[...5 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="59E3EA16" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:bookmarkStart w:id="4" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc181866759"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Bakgrund</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:right="-568"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...282 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01325BD2" w14:textId="27FFA850" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...6 lines deleted...]
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+    <w:p w14:paraId="17983F23" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...28 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">Patientsäkerhetslagen reglerar hur alla inom Hälso- och sjukvård ska hjälpa till för att öka säkerhet och stödja de som drabbats av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">. Patientsäkerhetslagen syftar till att göra vården säkrare, vi skall både förebygga risker och ta del av patienternas erfarenheter för att kunna förbättra verksamheten.    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC85FFA" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
+    <w:p w14:paraId="46BADFD5" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Sammanfattning/syfte </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5116E8B2" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...2 lines deleted...]
-        <w:ind w:left="993" w:right="424"/>
+    <w:p w14:paraId="0A29B81D" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Skapa ett strukturerat arbetssätt när patienten har blivit utsatt för en vårdskada och ett dokument som är ett stöd i hanteringen av händelsen. </w:t>
+        <w:t>Skapa ett strukturerat arbetssätt när patienten har blivit utsatt för en vårdskada och ett dokument som är ett stöd i hanteringen av händelsen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E9CFD9" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
+    <w:p w14:paraId="7D88D9D1" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Vilka berörs</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Denna rutin gäller för</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D7BA36" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...2 lines deleted...]
-        <w:ind w:left="993" w:right="424"/>
+    <w:p w14:paraId="06192A5B" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Personal inom AnOpIVA-kliniken.</w:t>
+        <w:t>Läkare, sjuksköterskor och undersköterskor på IVA och IMA NÄL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290F5F31" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
+    <w:p w14:paraId="0E7A8941" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc181866761"/>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="0DF02BD4" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Åtgärder </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC3AFC5" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...2 lines deleted...]
-        <w:ind w:left="993" w:right="424"/>
+    <w:p w14:paraId="51CE13BF" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Att möta patienten och berätta om en vårdskada är känsligt, ansvarsfullt och krävande. Information lämnas av den som ansvarar för patientens vård vid informationstillfället. Detta betyder i normalfallet ansvarig sjuksköterska. Informationen lämnas till patient/eller till närstående, vid behov kan patienten behöva ha med en närstående för att de inte skall uppleva sig i underläge. </w:t>
+        <w:t xml:space="preserve">Att möta patienten och berätta om en vårdskada är känsligt, ansvarsfullt och krävande. Information lämnas av den som ansvarar för patientens vård vid informationstillfället. Detta betyder i normalfallet ansvarig sjuksköterska. Informationen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">lämnas till patient/eller till närstående, vid behov kan patienten behöva ha med en närstående för att de inte skall uppleva sig i underläge. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673B08A8" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00430284">
+    <w:p w14:paraId="2B3E5646" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Definition vårdskada </w:t>
       </w:r>
-      <w:r w:rsidRPr="00430284">
+    </w:p>
+    <w:p w14:paraId="085F1E1E" w14:textId="6DBA7DF8" w:rsidR="00BA7E55" w:rsidRPr="00666F5D" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:rStyle w:val="Rubrik3Char"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:br/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> definieras som lidande kroppsligt, psykisk skada, sjukdom samt dödsfall som hade kunnat undvikas om adekvata åtgärder hade vidtagits vid patientens kontakt med Hälso- och sjukvård. </w:t>
+        <w:t xml:space="preserve">Vårdskada definieras som lidande kroppsligt, psykisk skada, sjukdom samt dödsfall som hade kunnat undvikas om adekvata åtgärder hade vidtagits vid patientens kontakt med Hälso- och sjukvård. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5C820F" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...2 lines deleted...]
-        <w:ind w:left="993" w:right="424"/>
+    <w:p w14:paraId="44132B55" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Handläggning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1095EA33" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="2E722BD4" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Rapportera till ansvarig läkare</w:t>
+        <w:t>Rapportera till ansvarig läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62465E7F" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="6D083696" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t>Se till att den som skadats får snabb och korrekt behandling</w:t>
+        <w:t>Se till att den som skadats får snabb och korrekt behandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A42247" w14:textId="3DDEE09A" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="6F22F8C6" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tänk igen och genomför akut åtgärd för att undvika att händelsen </w:t>
-[...11 lines deleted...]
-        <w:t>upprepas</w:t>
+        <w:t>Tänk igen och genomför akut åtgärd för att undvika att händelsen upprepas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C3C619" w14:textId="66720181" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="2BAEAD81" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Skriv snarast en avvikelserapport så att skadan registreras och noggrann </w:t>
-[...11 lines deleted...]
-        <w:t>utredning kommer i gång</w:t>
+        <w:t>Skriv snarast en avvikelserapport så att skadan registreras och noggrann utredning kommer i gång.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389391C9" w14:textId="517C9C2C" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="67430527" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Som vårdgivare är vi skyldiga att informera patienter/anhörig när det skett </w:t>
-[...11 lines deleted...]
-        <w:t>en vårdskada</w:t>
+        <w:t>Som vårdgivare är vi skyldiga att informera patienter/anhörig när det skett en vårdskada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="104CAAA8" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="11299A76" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lämna informationsblad </w:t>
+        <w:t>Lämna informationsblad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683BB251" w14:textId="6CF8DDA8" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="04176CEC" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Informera vad som hänt, varför det är en vårdskada. Beklaga och be om </w:t>
-[...11 lines deleted...]
-        <w:t>ursäkt</w:t>
+        <w:t>Informera vad som hänt, varför det är en vårdskada. Beklaga och be om ursäkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5534AB9C" w14:textId="1D570543" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="11BA5B3A" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Berätta hur skadan behandlas, rapporteras och utreds av hälso- och </w:t>
-[...11 lines deleted...]
-        <w:t>sjukvård</w:t>
+        <w:t>Berätta hur skadan behandlas, rapporteras och utreds av hälso- och sjukvård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A865DF" w14:textId="77FEB44E" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="354A6A1B" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anpassa informationen efter patienten/anhörig. Förvissa dig alltid om att </w:t>
-[...11 lines deleted...]
-        <w:t>patienten/anhörig tagit till sig informationen</w:t>
+        <w:t>Anpassa informationen efter patienten/anhörig. Förvissa dig alltid om att patienten/anhörig tagit till sig informationen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375912EC" w14:textId="41A7CF54" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-      <w:pPr>
+    <w:p w14:paraId="02D563D5" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00BA7E55" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="993" w:right="424" w:firstLine="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="425"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00666F5D">
+      <w:r w:rsidRPr="00BA7E55">
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dokumentera händelsen, åtgärd och patientsamtalet i Melior, </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">och/eller Orbit  </w:t>
+        <w:t xml:space="preserve">Dokumentera händelsen, åtgärd och patientsamtalet i Melior, CHA och/eller Orbit  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F37CBB0" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...26 lines deleted...]
-        <w:r w:rsidR="00666F5D" w:rsidRPr="00666F5D">
+    <w:p w14:paraId="4F638392" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00666F5D" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55"/>
+    <w:p w14:paraId="37BB63CA" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00666F5D" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00666F5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Patientinformation </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00666F5D" w:rsidRPr="00666F5D">
+        <w:r w:rsidRPr="00666F5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>extravasal</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00666F5D" w:rsidRPr="00666F5D">
+        <w:r w:rsidRPr="00666F5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> injektion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3EE906B7" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...17 lines deleted...]
-        <w:r w:rsidR="00666F5D" w:rsidRPr="00666F5D">
+    <w:p w14:paraId="2AF00E81" w14:textId="77777777" w:rsidR="00BA7E55" w:rsidRPr="00666F5D" w:rsidRDefault="00BA7E55" w:rsidP="00BA7E55">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00666F5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Patientinformation tryckskada</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C45B6AA" w14:textId="77777777" w:rsidR="00666F5D" w:rsidRPr="00666F5D" w:rsidRDefault="00666F5D" w:rsidP="00430284">
-[...17 lines deleted...]
-        <w:r w:rsidR="00666F5D" w:rsidRPr="00666F5D">
+    <w:p w14:paraId="76B9F95B" w14:textId="7D765469" w:rsidR="00536A5A" w:rsidRPr="009B35EA" w:rsidRDefault="00BA7E55" w:rsidP="009B35EA">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00666F5D">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Patientinformation överfylld blåsa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00666F5D">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="009B35EA" w:rsidSect="00666F5D">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1202,51 +842,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="29" name="Bildobjekt 29">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1280,73 +920,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1390,85 +1030,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1513,51 +1153,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -1634,51 +1274,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3436,50 +3076,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A7D0807"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2410D124"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3548,51 +3301,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75E2415F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26805034"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3661,51 +3414,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3774,51 +3527,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3888,134 +3641,140 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1979919516">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1996370484">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1383138784">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1261646103">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="666444591">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1889956205">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="678391488">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="682972826">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="116995548">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1854420885">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2052073697">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="856031">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1284581463">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2115665109">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1918055167">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1708674186">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="9063127">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1152213346">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="187717853">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="149029695">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1163886252">
     <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1108428136">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1685814897">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -4255,50 +4014,51 @@
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B35EA"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
@@ -4314,80 +4074,83 @@
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA7E55"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CC7C49"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF544E"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D94015"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E15A3C"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
@@ -4422,70 +4185,70 @@
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5393,51 +5156,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
@@ -6855,51 +6617,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6927,51 +6689,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/1d5a567e-8715-486d-9c05-e3d69b7e36db?a=false&amp;guest=true" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/364a28bc-3a78-49ff-b234-643435d178e8?a=false&amp;guest=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/6d209a14-facd-41f4-9fda-f143070d2a43?a=false&amp;guest=true" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu7664-1971279143-220/surrogate/Patientinformation%20%c3%96verfylld%20bl%c3%a5sa.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu7664-1971279143-219/surrogate/Patientinformation%20Tryckskada.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu7664-1971279143-218/surrogate/Patientinformation%20extravasal%20injektion.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -7267,71 +7029,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>287</Words>
-  <Characters>2355</Characters>
+  <Words>292</Words>
+  <Characters>2444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2637</CharactersWithSpaces>
+  <CharactersWithSpaces>2731</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Handläggning av vårdskada</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>5</revision>
+  <revision>7</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>