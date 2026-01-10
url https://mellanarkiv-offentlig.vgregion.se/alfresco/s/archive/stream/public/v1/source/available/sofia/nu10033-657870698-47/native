--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0CE59875" w14:textId="77777777" w:rsidR="005908FC" w:rsidRDefault="005908FC" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="005908FC" w:rsidSect="005908FC">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="1774AE9A" w14:textId="77777777" w:rsidR="005908FC" w:rsidRPr="005908FC" w:rsidRDefault="005908FC" w:rsidP="005908FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -574,1357 +574,1445 @@
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="005908FC" w:rsidRPr="005908FC" w14:paraId="599658C6" w14:textId="77777777" w:rsidTr="00A127EB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3967AE4B" w14:textId="77777777" w:rsidR="005908FC" w:rsidRPr="005908FC" w:rsidRDefault="005908FC" w:rsidP="00663CDB">
+          <w:p w14:paraId="3967AE4B" w14:textId="77777777" w:rsidR="005908FC" w:rsidRPr="001B6219" w:rsidRDefault="005908FC" w:rsidP="00663CDB">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005908FC">
+            <w:r w:rsidRPr="001B6219">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
               <w:t xml:space="preserve">PICC-line </w:t>
             </w:r>
-            <w:r w:rsidRPr="005908FC">
+            <w:r w:rsidRPr="001B6219">
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>(Perifert inlagd central venkateter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E9E5378" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00907A65" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="52AC86CD" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00907A65">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
-      <w:r w:rsidRPr="00907A65">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04009A70" w14:textId="62FEC481" w:rsidR="007219FF" w:rsidRPr="00907A65" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="3FBC4D20" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mindre ändringar.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26317C54" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="35E7989F" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4B3B30" w14:textId="2886C2B5" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="10D6D6FE" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>PICC-line är en central infart och ett alternativ till CVK. Den väljs företrädelsevis vid förväntat långt - medellångt behov av central infart då den rätt skött kan ligga i kärlet i upp till ett år.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>PICC-line är en central infart och ett alternativ till CVK. Den väljs företrädelsevis vid förväntat medellångt (&gt; 1 månad) -långt behov av central infart då den rätt skött kan ligga i kärlet i upp till ett år.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="672A68BE" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="1D028FD7" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610125BA" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="001B5175" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0654DC1D" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Att besvara de vanligaste frågorna som kommer upp vad gäller skötsel, hantering och handläggning av komplikationer som kan uppkomma vid användning av PICC-line.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04112F35" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="008CF013" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224CC78B" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="39E2AA79" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Läkare och sjuksköterskor som kommer i kontakt med och förväntas hantera skötsel av redan inlagd PICC-line.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768FD751" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="47B2A5D2" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Inläggning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074424A2" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="001B5175" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="2B9041A2" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003359CD">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> kontrollröntgas vid behov, för kontroll av spetsläge.</w:t>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Katetern läggs in av läkare eller specialutbildade sjuksköterskor som med hjälp av ultraljud placerar katetern i något av överarmens kärl. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Katetern förs in så att spetsen placeras centralt, idealt i nedre tredjedelen av vena cava superior. Katetern kontrollröntgas vid behov, för kontroll av spetsläge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52540E39" w14:textId="1A11B461" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="0076557F" w:rsidP="00A56843">
+    <w:p w14:paraId="58329D3F" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="0"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Katetern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="007219FF" w:rsidRPr="0076557F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Katetern som används i NU-sjukvården är av polyuretan och har en ventil distalt (Power PICC Solo) som är stängd då den inte används. Ventilen öppnas vid aspiration eller vid administration av vätska men är annars stängd för utflöde av blod eller inflöde av luft.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05597B86" w14:textId="3AD9BF62" w:rsidR="007219FF" w:rsidRPr="003359CD" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="28C758F9" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="0"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500B04">
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Användning</w:t>
       </w:r>
-      <w:r w:rsidR="0076557F">
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0076557F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>En PICC kan användas till administrering av alla typer av läkemedel, inklusive cytostatika, blodprodukter, TPN samt för blodprovstagning. Fungerar även vid högtrycksinjektioner med motorspruta på upp till 5 ml/s vid 300 psi (ex på röntgen).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E4805F" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00AA6CF5">
+    <w:p w14:paraId="02AD0F32" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Synpunkter att ta i beaktande när man väljer CVK eller PICC-line</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1D9B4B" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="442C9042" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0076557F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Inläggning är relativt enkel för patienten (mindre ingrepp). Katetern läggs in av specialutbildad sjuksköterska eller narkosläkare. Det är minimal risk för allvarliga inläggningskomplikationer; pneumothorax förekommer inte. Inget behov av heparinisering. Kräver, liksom CVK, omläggning varje vecka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DB83D5" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="100" w:afterAutospacing="1"/>
+    <w:p w14:paraId="7CA71C6D" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">PICC-line kan vara att föredra vid medel- till långvarigt behov av intravenös behandling (upp till ca 1 år), till exempel adjuvanta och palliativa situationer eller vid tillstånd som inte tillåter central access via vena subclavia eller vena jugularis </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PICC-line kan vara att föredra vid medel- till långvarigt behov av intravenös behandling (1 månad upp till ca 1 år), till exempel adjuvanta och palliativa situationer eller vid tillstånd som inte tillåter central access via vena subclavia eller vena jugularis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275D5853" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w14:paraId="31FA7A62" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0076557F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>PICC-line skall inte läggas in vid sår, infektion, eksem eller trombos i armen, om patienten vill simma eller styrketräna under behandlingsperioden, om patienten har känd njursjukdom som riskerar att komma att behöva dialysfistel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431228BE" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00AA6CF5" w:rsidRDefault="007219FF" w:rsidP="00AA6CF5">
+    <w:p w14:paraId="7135D3F2" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc297294241"/>
-      <w:r w:rsidRPr="00AA6CF5">
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Inför inläggning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB1CA88" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="3910DCA8" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Vid behov av kärlaccess som man själv inte löser på avd/ mottagning, skickas alltid  ”Remiss Kärlaccess” (finns under korr/intyg i Melior). Om det från remittenten är bedömt och beslutat att patienten har behov av PICC-line, kan detta gärna skrivas på remissen. Är man osäker på vilken typ av kärlaccess som patienten är i behov av beskriver man bara behovets art. SOL på op kommer att ta ställning till och besluta om vilken typ av infart som läggs beroende på patientens förutsättningar och behov. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid behov av kärlaccess som man själv inte löser på avd/ mottagning, skickas alltid  ”Remiss Kärlaccess” (finns under korr/intyg i Melior). Om det från remittenten är bedömt att patienten har behov av PICC-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">line, kan detta gärna skrivas på remissen. Är man osäker på vilken typ av kärlaccess som patienten är i behov av beskriver man bara behovets art. SOL på op kommer att ta ställning till och besluta om vilken typ av infart som läggs beroende på patientens förutsättningar och behov. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B37E27" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="56EDE8AE" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0076557F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Remissen faxas till op NÄL/ UVA Uddevalla enligt instruktionerna på remissen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="5DFB613A" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00B761B7">
+    <w:p w14:paraId="00043847" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Rutiner efter inläggning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FCDDDB8" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="3CEF9FD6" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0076557F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Ingreppet dokumenteras i Melior och registreras av ansvarig inläggare i operations PICC-line register. Om röntgenkontroll av kateterläge planeras, skall detta göras och läget godkännas innan katetern får användas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C515E4C" w14:textId="6596829E" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4FD39661" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076557F">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Informationsbroschyr för patient/vårdgivare lämnas till patienten. Där står mer att läsa om skötsel och omläggning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189B5298" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00500B04" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="033CF370" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="851"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00500B04">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Handhavande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662B77C4" w14:textId="314B9E85" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="5453CE40" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="001B6219">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076557F">
-        <w:rPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:kern w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Hanteringen av PICC-line sker med samma teknik och aseptik som hantering av vanlig CVK. En </w:t>
       </w:r>
-      <w:r w:rsidRPr="0076557F">
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>vilande PICC-line spolas, läggs om</w:t>
       </w:r>
-      <w:r w:rsidRPr="0076557F">
-        <w:rPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0076557F">
-        <w:t>och inspekteras 1 gång/vecka.</w:t>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och inspekteras 1 gång/vecka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B67A8F" w14:textId="64E59699" w:rsidR="007219FF" w:rsidRPr="007802AC" w:rsidRDefault="007219FF" w:rsidP="007802AC">
+    <w:p w14:paraId="62EDC2A1" w14:textId="77777777" w:rsidR="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>På katetern ska backventil med positivt avslut (för närvarande “Caresite”) alltid sitta, och ingenting (kork eller dylikt) på denna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696E7675" w14:textId="77777777" w:rsidR="00CA5471" w:rsidRDefault="00CA5471" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11BA19AD" w14:textId="565080EA" w:rsidR="002E4B45" w:rsidRPr="001B6219" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Avlägsnande</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Låt patienten ligga med armen i 90° ut från kroppen då PICC avlägsnas, gärna med värme på 15 minuter innan. Risken för luftemboli vid avlägsnande av PICC anses mycket låg. Det kan ändå vara klokt att, för säkerhets skull, sätta ett transparent förband över kompressen över insticket efter avlägsnandet och be patienten ta bort detta dagen efter. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001B6219">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:t>Om katetern avlägsnas pga kateterskada eller pga inläggningskomplikation ska PICC-lineteamet kontaktas (tel 010-4351516).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B77B1BA" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Komplikationer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EA0909" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="851"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:t>Meddela PICC-line teamet när en kateter avlägsnas.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Blödning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E18D723" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00B761B7">
-[...5 lines deleted...]
-        <w:t>Komplikationer</w:t>
+    <w:p w14:paraId="1269574B" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Det är vanligt att det sipprar lite blod runt insticket den första eller de första dagarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680F54CE" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00500B04" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="6E46947C" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="851"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Blödning</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Mekanisk flebit i överarmen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F354D63" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="0076557F" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-      <w:pPr>
+    <w:p w14:paraId="24BB5AC0" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Det är vanligt att det sipprar lite blod runt insticket den första eller de första dagarna.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ömhet, smärta, rodnad eller värmeökning i PICC-sidans överarm. Kan förebyggas genom att lägga värme på överarmen (vetekudde eller liknande de första dagarna). Smärtlindring med Paracetamol eller NSAID, smörj med Hirudoidsalva. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE68DAE" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00500B04" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...5 lines deleted...]
-        <w:t>Mekanisk flebit i överarmen</w:t>
+    <w:p w14:paraId="42953B69" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mekanisk flebit förekommer ytterst sällan efter ultraljudsledd inläggning i överarmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D62752" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="000E6DC7" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...18 lines deleted...]
-    <w:p w14:paraId="00700E3A" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="000E6DC7" w:rsidRDefault="007219FF" w:rsidP="00143A95">
+    <w:p w14:paraId="721505CE" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r w:rsidRPr="000E6DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Tromboser</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E6DC7">
-[...1 lines deleted...]
-          <w:rStyle w:val="Rubrik3Char"/>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000E6DC7">
-        <w:t>Symtom på trombos på samma sida som PICC-infarten sitter kan vara ödem i arm, skuldra, nacke eller ansikte. Eventuellt vidgade vener i armveck, överarm, skuldra och hals, beroende på trombosens utsträckning. Rodnad och smärta över kärlsträngarna kan förekomma. Plötslig blödning från insticksstället.</w:t>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Symtom på trombos på samma sida som PICC-infarten sitter kan vara ödem i arm, skuldra, nacke eller ansikte. Eventuellt vidgade vener i armveck, överarm, skuldra och hals, beroende på trombosens utsträckning. Rodnad och smärta över kärlsträngarna kan förekomma, även plötslig blödning från insticksstället.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DE754D" w14:textId="204E01F6" w:rsidR="007219FF" w:rsidRPr="000E6DC7" w:rsidRDefault="007219FF" w:rsidP="00143A95">
+    <w:p w14:paraId="2B8CA7CC" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Åtgärd: Om katetern ej behövs bör man ta bort den, men först efter 2-5 dagars antikoagulantiabehandling för att minska risken för lungemboli. (Fragmin/Heparin, samma dosering som vid DVT).</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Åtgärd: Om katetern ej behövs bör man ta bort den, men </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">först efter 2-5 dagars antikoagulantiabehandling, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>för att minska risken för lungemboli. (Fragmin/Heparin, samma dosering som vid DVT).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2246E796" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="000E6DC7" w:rsidRDefault="007219FF" w:rsidP="00143A95">
+    <w:p w14:paraId="4E0E0F9B" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Fungerar katetern och man behöver den, bör man låta den vara kvar och använda den med samtidig antikoagulantiabehandling som skall pågå så länge katetern är kvar. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fungerar katetern och man behöver den, bör man låta den vara kvar och använda den med samtidig antikoagulantiabehandling, som skall pågå så länge katetern är kvar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152F37EB" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-[...7 lines deleted...]
-    <w:p w14:paraId="4F80DE5A" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="2D2E6F62" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="851"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00500B04">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Infektioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DDF1470" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00143A95">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="6973D279" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...22 lines deleted...]
-        <w:t>är den viktigaste åtgärden för att förebygga infektion.</w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>God hygien hos personal och patient är den viktigaste åtgärden för att förebygga infektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="121FDC31" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="007E78E5" w:rsidRDefault="007219FF" w:rsidP="00143A95">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1B5E5DED" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...50 lines deleted...]
-        <w:t>g, MRSA)</w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid lokal insticksinfektion kan ofta katetern behållas och infektionen behandlas framgångsrikt peroralt. Odla alltid från stickstället (allmänodling, MRSA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4EEC8F" w14:textId="36527E43" w:rsidR="007219FF" w:rsidRPr="007E78E5" w:rsidRDefault="007219FF" w:rsidP="00143A95">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0E460B24" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">atetern kan användas om den fungerar. </w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Systemisk/generell infektion (sepsis): feber och/eller frossa, allmänpåverkan. Infektionsdiagnosen måste ofta baseras på en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sammanvägning av symtom, kliniska fynd och laboratoriedata. Man strävar, om möjligt, efter att behålla PICC-katetern, men bedömning måste ske från fall till fall. Katetern kan användas om den fungerar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD622F5" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00500B04" w:rsidRDefault="007219FF" w:rsidP="0004378D">
+    <w:p w14:paraId="302626D7" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="851"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00500B04">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Ocklusion orsakad av blod, fibrinbeläggning eller fettemulsion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B07F855" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00DC65C1" w:rsidRDefault="007219FF" w:rsidP="0004378D">
+    <w:p w14:paraId="42ACD9E0" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Actilysebehandling vid ocklusion:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCE9ADC" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00330EBC" w:rsidRDefault="007219FF" w:rsidP="0004378D">
+    <w:p w14:paraId="7C2F430F" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>1 ml (1 mg/ml) Actilyse blandas med 0,5 ml NaCl och injiceras i katetern. Vänta 30 min.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7017DCC9" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00330EBC" w:rsidRDefault="007219FF" w:rsidP="0004378D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="3C2C8ABD" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Försök aspirera. Är detta inte möjligt försöker man spola in i katetern.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7DF664" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00330EBC" w:rsidRDefault="007219FF" w:rsidP="0004378D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="13D34AE8" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...43 lines deleted...]
-        <w:t>x 4.</w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid framgång är det mycket viktigt att man mekaniskt spolar rent katetern med fysiologiskt koksalt med minst 10 ml x 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21623F69" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00DC65C1" w:rsidRDefault="007219FF" w:rsidP="0004378D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="2BED5C62" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...29 lines deleted...]
-        <w:t>minut till max 0,3 ml.</w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Får man inget backflöde upprepa med ytterligare Actilyse 1 mg/ml, 0,1 ml var 5:e minut till max 0,3 ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512753E5" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="0004378D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4BFDD49F" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Actilyse i små ampuller kan beställas via apoteket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CCA4D3C" w14:textId="1F037A3D" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="0004378D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="63D2BA5E" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Observera </w:t>
       </w:r>
-      <w:r w:rsidRPr="0076635D">
-        <w:rPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>att</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>etanol inte kan användas, för det löser upp själva katetern.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2801D6DB" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="007E78E5" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-      <w:pPr>
+    <w:p w14:paraId="2644837D" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Kateterdislokation</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E78E5">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> – Om katetern har rört sig mer än någon enstaka centimeter bör PICC-inläggande sköterska kontaktas. Vid osäkerhet kan en vanlig slätröntgen med frontalbild där armarna är utefter sidorna visa kateterspetsdjupet. </w:t>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Om katetern har rört sig mer än någon enstaka centimeter bör PICC-inläggande sköterska kontaktas (010-4351516. Vid osäkerhet kan en vanlig slätröntgen med frontalbild där armarna är utefter sidorna visa kateterspetsdjupet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC0C886" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="000E2D28">
+    <w:p w14:paraId="2D7515FF" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="002E4B45">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Referenser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D97B66" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="7FD9AB54" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="002B5E6C">
+        <w:r w:rsidRPr="00CA5471">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>Vårdhandb</w:t>
-[...17 lines deleted...]
-          <w:t>en referenser</w:t>
+          <w:t>Vårdhandboken referenser</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F5FACCD" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00A56843">
+    <w:p w14:paraId="5C8EB198" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">SFAI’s rekommendationer </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00CA5471">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>PICC-line, CVK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4EBAAACC" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="007665D3" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-      <w:pPr>
+    <w:p w14:paraId="69400CA0" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007665D3">
-        <w:rPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>JL Baskin</w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">JL Baskin </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Management of occlusion and thrombosis associated with long-term indwelling central venous catheters</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>, Lancet, 374, Issue 9684 (2009) sid 159-169</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5931525B" w14:textId="77777777" w:rsidR="002E4B45" w:rsidRPr="00CA5471" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lancet, 374, Issue 9684 (2009) sid 159-169</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">AYY Lee, JS Ginsberg </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Venous thrombosis of the upper extremities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34ACE71A" w14:textId="77777777" w:rsidR="007219FF" w:rsidRPr="00DC65C1" w:rsidRDefault="007219FF" w:rsidP="00A56843">
-      <w:pPr>
+    <w:p w14:paraId="408AFEB9" w14:textId="12F83497" w:rsidR="002E4B45" w:rsidRDefault="002E4B45" w:rsidP="00CA5471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="565"/>
-        <w:rPr>
-[...38 lines deleted...]
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA5471">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Curr Opin Cardiovasc Med, 5 (2001), pp. 207-214</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4C8180" w14:textId="77777777" w:rsidR="007219FF" w:rsidRDefault="007219FF" w:rsidP="00966DC3">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="851" w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007219FF" w:rsidSect="005908FC">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="29CC90EB" w14:textId="77777777" w:rsidR="00B95464" w:rsidRDefault="00B95464">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="60BFC2AF" w14:textId="77777777" w:rsidR="00B95464" w:rsidRDefault="00B95464">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0CCD02F7" w14:textId="77777777" w:rsidR="00B95464" w:rsidRDefault="00B95464">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1953,51 +2041,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="16" name="Bildobjekt 16">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2031,73 +2119,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="52CBE9B7" w14:textId="77777777" w:rsidR="00B95464" w:rsidRDefault="00B95464"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5823701D" w14:textId="77777777" w:rsidR="00B95464" w:rsidRDefault="00B95464">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6D93B429" w14:textId="77777777" w:rsidR="00B95464" w:rsidRDefault="00B95464">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2175,51 +2263,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2385,51 +2473,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4589,51 +4677,51 @@
   <w:num w:numId="14" w16cid:durableId="1075512643">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1013922343">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1529299521">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1462452704">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="405568311">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1779373761">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="298456147">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -4686,78 +4774,80 @@
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136099"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00143A95"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B6219"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00265DCF"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E4B45"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
@@ -4898,50 +4988,51 @@
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950445"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00966DC3"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A56843"/>
@@ -4985,153 +5076,156 @@
     <w:rsid w:val="00B95464"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
+    <w:rsid w:val="00CA5471"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E60674"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F954BE"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7511,51 +7605,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00136099"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7933,74 +8027,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5940</Characters>
+  <Pages>5</Pages>
+  <Words>1003</Words>
+  <Characters>6290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7046</CharactersWithSpaces>
+  <CharactersWithSpaces>7279</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>PICC-line (Perifert inlagd central venkateter)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>21</revision>
+  <revision>25</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>