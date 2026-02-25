--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F21C39B" w14:textId="77777777" w:rsidR="00AA2C4B" w:rsidRDefault="00AA2C4B" w:rsidP="008147CC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
         <w:sectPr w:rsidR="00AA2C4B" w:rsidSect="00AA2C4B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="489853AD" w14:textId="77777777" w:rsidR="00AA2C4B" w:rsidRPr="00AA2C4B" w:rsidRDefault="00AA2C4B" w:rsidP="00AA2C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -571,61 +571,59 @@
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00436223" w14:paraId="110EB683" w14:textId="77777777" w:rsidTr="00445341">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0D7358" w14:textId="77777777" w:rsidR="00436223" w:rsidRDefault="00436223" w:rsidP="005F065C">
+          <w:p w14:paraId="1A0D7358" w14:textId="03C69610" w:rsidR="00436223" w:rsidRDefault="006A4A25" w:rsidP="005F065C">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Perioperativ</w:t>
+              <w:t>Preoperativ bedömning</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> vård, riktlinjer</w:t>
+            <w:r w:rsidR="00436223">
+              <w:t>, riktlinjer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C7C7443" w14:textId="3C91E911" w:rsidR="00436223" w:rsidRDefault="005F065C" w:rsidP="005F065C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564E85EB" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D746044" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
@@ -661,73 +659,77 @@
       <w:r w:rsidRPr="00587D35">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEF3161" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="005F065C" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="005F065C">
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45465731" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="368BBD81" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve">Anestesiläkare, narkossjuksköteskor, intensivvårdssjuksköterskor, operatörer, planeringssjuksköterskor samt övrig personal som deltar i den perioperativa processen. </w:t>
+        <w:t xml:space="preserve">Anestesiläkare, narkossjuksköteskor, intensivvårdssjuksköterskor, operatörer, planeringssjuksköterskor samt övrig personal som deltar i den </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>perioperativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> processen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F1DB60" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E79BFBA" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="005F065C" w:rsidRDefault="00436223" w:rsidP="005F065C">
+    <w:p w14:paraId="5DE94EAA" w14:textId="77777777" w:rsidR="006E37E3" w:rsidRDefault="006E37E3" w:rsidP="005F065C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E79BFBA" w14:textId="5A111F44" w:rsidR="00436223" w:rsidRPr="005F065C" w:rsidRDefault="00436223" w:rsidP="005F065C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
       <w:r w:rsidRPr="005F065C">
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> bedömning/Anestesianteckning</w:t>
+        <w:t>Operationsanmälan/Operationsbehov och preoperativ bedömning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBD11D8" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73626C0C" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Operationsbehov</w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> skall fyllas i av ansvarig kirurg. Obligatoriska uppgifter är: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21D80DBC" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:ind w:left="1276" w:right="878" w:hanging="284"/>
       </w:pPr>
@@ -780,63 +782,55 @@
         <w:ind w:left="1276" w:right="878" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
         <w:tab/>
         <w:t>Signering att patienten är klar för operation</w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AA27ECC" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:t>Saknas någon av dessa uppgifter får anestesi inte inledas!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E7091C" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Preoperativ</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> bedömning</w:t>
+        <w:t>Preoperativ bedömning</w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> är ett gemensamt ansvar för kirurg och anestesiolog.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48556F6E" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Kirurgens ansvar</w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> gäller fr.a. bedömning av operationsindikation och patientens möjliga vinster av ingreppet ställt i relation till risker. Denna bedömning dokumenteras i patientjournalen samt signeras som definitiv i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>Orbits</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> operationsbehov. </w:t>
@@ -855,525 +849,447 @@
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> gäller fr.a. bedömning av patientens möjligheter att klara operationen utan komplikationer. Bedömningen signeras i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>Orbits</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> anestesianteckning. En bedömning anses aktuell i 3 månader om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>pat:s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> status ej förändrats.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01894ED8" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BA25AFC" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+    <w:p w14:paraId="6E8936F5" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
-      <w:r w:rsidRPr="00587D35">
-[...16 lines deleted...]
-    <w:p w14:paraId="210E504D" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
+    </w:p>
+    <w:p w14:paraId="210E504D" w14:textId="68078907" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="005F065C">
         <w:lastRenderedPageBreak/>
-        <w:t>Preanestesivård</w:t>
+        <w:t>Pre</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6235C">
+        <w:t>operativ utredning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D2B5C6F" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4385EC96" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+    <w:p w14:paraId="04231D77" w14:textId="2626D2D6" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00887421" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
-      <w:r w:rsidRPr="00587D35">
-[...4 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:t>Operatörens utredning:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F131B6" w14:textId="60C2BE48" w:rsidR="00887421" w:rsidRDefault="00887421" w:rsidP="006E37E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="878"/>
+      </w:pPr>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00436223" w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">oggrann anamnes och </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">status som skall </w:t>
+      </w:r>
+      <w:r w:rsidR="00436223" w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">dokumenteras i patientens journal. Särskilt skall beaktas hjärt-, kärl och lungsjukdomar, allergier, ev. avvikande reaktioner i samband med tidigare anestesier samt aktuell medicinering. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E37E3">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522E0950" w14:textId="5A3C9F3D" w:rsidR="00436223" w:rsidRDefault="00436223" w:rsidP="006E37E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="878"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">Journalen skall innehålla ett status som minst skall omfatta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>cor-pulm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>, hjärtfrekvens samt blodtryck.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E37E3">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A5629B" w14:textId="374472A9" w:rsidR="00D6235C" w:rsidRPr="00587D35" w:rsidRDefault="00D6235C" w:rsidP="006E37E3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve">Initial utredning, bedömning och ev. behandling utförs av behandlande läkare i god tid före ingreppet. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="29EF3F67" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+        <w:t>Vid komplicerande sjukdomar som innebär ökad risk och/eller vid stor kirurgi skrivs konsultationsremisser för bedömning av risk och om patienten är i optimalt skick.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0480BB7D" w14:textId="77777777" w:rsidR="00D6235C" w:rsidRPr="00587D35" w:rsidRDefault="00D6235C" w:rsidP="00887421">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="878"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B4E56E" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="709"/>
+          <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
-        <w:ind w:right="878"/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00587D35">
+        <w:ind w:right="878" w:hanging="284"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D25D23" w14:textId="3271DCA6" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00887421" w:rsidP="005F065C">
+      <w:pPr>
+        <w:ind w:left="993" w:right="878"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Anestesins bedömning</w:t>
+      </w:r>
+      <w:r w:rsidR="00436223" w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-    <w:p w14:paraId="522E0950" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
+      <w:r>
+        <w:t xml:space="preserve">(görs av narkosläkare eller specialutbildad narkossköterska) </w:t>
+      </w:r>
+      <w:r w:rsidR="00436223" w:rsidRPr="00587D35">
+        <w:t>baseras på:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184C000D" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="283"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="878" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="4B282CE9" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Patientens journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AAC19F" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="283"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="878" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve">EKG, </w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="5F4FC13B" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
+        <w:t>Resultat av utförd utredning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD2D4DE" w14:textId="77777777" w:rsidR="00436223" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="283"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="878" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
-        <w:t>Bedömning av narkosläkare inför alla ingrepp som kräver narkos eller regional anestesi</w:t>
-[...26 lines deleted...]
-        </w:tabs>
+        <w:t>Utlåtande från ev. konsult</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE928EB" w14:textId="77777777" w:rsidR="00887421" w:rsidRDefault="00887421" w:rsidP="00887421">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:right="878" w:hanging="284"/>
-[...13 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="0" w:right="878"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D8F4FC1" w14:textId="3A6E901D" w:rsidR="00887421" w:rsidRDefault="00887421" w:rsidP="00887421">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:right="878" w:hanging="284"/>
-[...13 lines deleted...]
-        </w:tabs>
+        <w:ind w:right="878"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Anestesikonsult (mottagningsbesök) sker om bedömning inte kan göras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ovanstående information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402BA2CC" w14:textId="77777777" w:rsidR="00D6235C" w:rsidRPr="00587D35" w:rsidRDefault="00D6235C" w:rsidP="00887421">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:right="878" w:hanging="284"/>
-[...24 lines deleted...]
-      </w:r>
+        <w:ind w:right="878"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="507DFCCF" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C586C64" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="005F065C" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="005F065C">
         <w:t>Rutiner för provtagning och övriga undersökningar inför kirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3742EDFA" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:br/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve">  Patienter </w:t>
-[...3 lines deleted...]
-        <w:t>&lt; 70</w:t>
+        <w:t xml:space="preserve">  Patienter</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> år utan anamnes på </w:t>
+        <w:t xml:space="preserve"> &lt; 70 år utan anamnes på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>hjärt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>/kärlsjukdom, hypertoni eller diabetes. Medicinfria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DB06BC2" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:t>Mindre kirurgi - inga prover.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1422C673" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Stor kirurgi - B-Hb, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>P-Na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>, P-K och P-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>Krea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1523DC82" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BCF1995" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">II  </w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
-        <w:t>Patienter &gt; 70 år samt patienter som oavsett ålder har lindrig hypertoni, hjärt-kärlsjukdom eller diabetes.</w:t>
+        <w:t>Patienter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> &gt; 70 år samt patienter som oavsett ålder har lindrig hypertoni, hjärt-kärlsjukdom eller diabetes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73151F00" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve">B-Hb, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>P-Na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>, P-K, P-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>Krea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t>, ev B-glukos. EKG.</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> B-glukos. EKG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5333D8" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF8AE39" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">III  </w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve">Patienter som oavsett ålder har funktionsinskränkande </w:t>
+        <w:t>Patienter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> som oavsett ålder har funktionsinskränkande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>hjärt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>/kärlsjukdom, njursjukdom, svårreglerad hypertoni eller diabetes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5540A8DB" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve">B-Hb, B-TPK, PK, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>P-Na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1426,7490 +1342,726 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>lab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve">-prover skall ställas i relation till patientens sjukdomstillstånd. Vid ASA I och ASA II skall dessa undersökningar ej vara äldre än sex månader om patienten varit stabil. Vid ASA III eller högre skall EKG eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>lab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve">-prover ej vara över tre månader gamla. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0E4AD8" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:right="878"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="685A1EE0" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="005F065C" w:rsidRDefault="00436223" w:rsidP="005F065C">
+    <w:p w14:paraId="685A1EE0" w14:textId="3197614D" w:rsidR="00436223" w:rsidRPr="005F065C" w:rsidRDefault="00436223" w:rsidP="005F065C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="005F065C">
-        <w:t>Komplicerande sjukdomar och risker</w:t>
+        <w:t xml:space="preserve">Komplicerande sjukdomar och </w:t>
+      </w:r>
+      <w:r w:rsidR="00887421">
+        <w:t xml:space="preserve">särskilda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F065C">
+        <w:t>risker</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="645F727B" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="220" w:lineRule="exact"/>
         <w:ind w:right="878"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CB7C33B" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
-[...16 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7645C0CD" w14:textId="6E2F22F3" w:rsidR="00887421" w:rsidRDefault="00436223" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">Instabil angina och hjärtsvikt </w:t>
+      </w:r>
+      <w:r w:rsidR="0043075C">
+        <w:t>– remiss till kardiolog med frågeställning är patienten optimalt behandlad?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C99382" w14:textId="4B542615" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">Hjärtinfarkt genomgången mindre än tre månader utgör en kontraindikation för </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t>Ischemisk</w:t>
+        <w:t>elektiv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> hjärtsjukdom och </w:t>
+        <w:t xml:space="preserve"> kirurgi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F038175" w14:textId="77777777" w:rsidR="006E37E3" w:rsidRDefault="00436223" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Tät aortastenos</w:t>
+      </w:r>
+      <w:r w:rsidR="00194909">
+        <w:t xml:space="preserve"> kan vara en kontraindikation för kirurgi. Skall utredas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012AB4F9" w14:textId="262AB236" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Okontrollerad hypertoni</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56006">
+        <w:t xml:space="preserve">: om </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D56006">
+        <w:t>DBT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56006">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t>koronarinsufficiens</w:t>
+        <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> intar en särställning bland riskfaktorer. Instabil angina och hjärtsvikt utgör en mycket stor risk för </w:t>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56006">
+        <w:t>SBT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> &gt; 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56006">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t>perioperativ</w:t>
+        <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> morbiditet och mortalitet. Om patienten ej står på betablockad bör detta övervägas. Hjärtinfarkt genomgången mindre än tre månader utgör en kontraindikation för </w:t>
+        <w:t xml:space="preserve"> bör </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
         <w:t>elektiv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> kirurgi.</w:t>
-[...140 lines deleted...]
-      <w:r w:rsidRPr="00587D35">
         <w:t xml:space="preserve"> kirurgi skjutas upp och behandling inledas för optimering av blodtrycket. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012AB4F9" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
-[...51 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="19DEDED9" w14:textId="248506E3" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r w:rsidRPr="00501334">
         <w:t xml:space="preserve">Nyupptäckt förmaksflimmer skall remitteras till </w:t>
       </w:r>
       <w:r>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00501334">
         <w:t>ardiolog.</w:t>
       </w:r>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> Takykardi ökar risken för </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A06F148" w14:textId="7293953D" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">Patienter med sömnapné skall övervakas extra postoperativt. Patienter med egen välfungerande CPAP-utrustning skall använda denna och kan då vårdas på vårdavdelningen. Övriga bör kvarstanna på UVA över natten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D474A23" w14:textId="5349C9DF" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="005D28EF" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diabetes </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56006">
+        <w:t xml:space="preserve">Se separat rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00D56006" w:rsidRPr="00D56006">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Diabetes </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00D56006" w:rsidRPr="00D56006">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>mellitus</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00D56006" w:rsidRPr="00D56006">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> och anestesi.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4384F866" w14:textId="3ACEACA7" w:rsidR="00436223" w:rsidRPr="005D28EF" w:rsidRDefault="00D56006" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D28EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Obesitas se separat rutin</w:t>
+      </w:r>
+      <w:r w:rsidR="005D28EF">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="005D28EF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Anestesi för </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="005D28EF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t>obesa</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="005D28EF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cstheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> patienter</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7A1CC5C3" w14:textId="30D9E25F" w:rsidR="00436223" w:rsidRDefault="00436223" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Barn yngre än tre års ålder </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56006">
+        <w:t xml:space="preserve">och vikt &lt;10 kg </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ska opereras på NÄL. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADFBFE0" w14:textId="0567BFFB" w:rsidR="00436223" w:rsidRPr="005D28EF" w:rsidRDefault="006A4A25" w:rsidP="002F5C13">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00587D35">
-        <w:t>myokardischemi</w:t>
+      <w:r>
+        <w:t>Antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00587D35">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve">ska </w:t>
-[...9 lines deleted...]
-        </w:tabs>
+        <w:t xml:space="preserve"> se sparat rutin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571E7876" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="006625E3">
+      <w:pPr>
+        <w:ind w:left="0" w:right="878"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="554874AD" w14:textId="77777777" w:rsidR="006E37E3" w:rsidRDefault="006E37E3" w:rsidP="005F065C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="470027E6" w14:textId="548A360D" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="005F065C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005F065C">
+        <w:t>Mediciner för övriga grundsjukdomar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C078502" w14:textId="646887D2" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="006A4A25" w:rsidP="00436223">
+      <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-        </w:tabs>
+      <w:r>
+        <w:t xml:space="preserve">De flesta läkemedel ska inte tas på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>opdagens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> morgon. Undantag:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00885AAE" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+      <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve">Ökad risk för peroperativ </w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Betablockerare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>: Ordinarie morgondos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75278959" w14:textId="77777777" w:rsidR="00436223" w:rsidRDefault="00436223" w:rsidP="00436223">
+      <w:pPr>
+        <w:ind w:right="878"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arytmiläkemedel: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Ordinarie morgondos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C69A417" w14:textId="0EA5D190" w:rsidR="00A746D7" w:rsidRPr="00587D35" w:rsidRDefault="00A746D7" w:rsidP="00436223">
+      <w:pPr>
+        <w:ind w:right="878"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Statiner</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51A4F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51A4F">
+        <w:t xml:space="preserve"> Ges ofta på kvällen </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2D56">
+        <w:t>men skall tas om det tas på morgonen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CD1E59" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+      <w:pPr>
+        <w:ind w:right="878"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antiepileptika: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Oförändrad morgondos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4011F3B4" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+      <w:pPr>
+        <w:ind w:right="878"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00587D35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Steroider: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">Vid låg dos, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t>hypoxemi</w:t>
+        <w:t>Prednisolon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> och postoperativa lungkomplikationer med respirationssvikt. Anamnes, fysisk prestationsförmåga och blodgas ger viktig information. PEF och/eller enkel spirometri med bestämning av FEV 1.0, VC och FEV % bör utföras </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>&lt; 7.5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> mg, ges ordinarie dos på morgonen. Vid hög dos, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00587D35">
-        <w:t>preoperativt</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Prednisolon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> på patienter med lungsjukdom. PEF </w:t>
-[...3 lines deleted...]
-        <w:t>&lt; 250</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> l/min och FEV &lt; 1.5 l/min är varningstecken. Lungmedicinsk konsultation och </w:t>
+        <w:t xml:space="preserve"> 7.5 mg, ges steroidskydd med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t>preoperativ</w:t>
+        <w:t>Solucortef</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve"> behandling, med andningsgymnastik och optimering av medicinering, är ofta indicerad.</w:t>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:t xml:space="preserve"> 100 mg x 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>i.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">. (stor kirurgi) alt. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Solucortef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve"> 50 mg x 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>i.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">. (mindre kirurgi) under operationsdygnet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB42BB7" w14:textId="192F635A" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+      <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-        </w:tabs>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Opioider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00587D35">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t xml:space="preserve">Smärtpatienter med hög dos får ordinarie morgondos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FDED30" w14:textId="77777777" w:rsidR="00436223" w:rsidRPr="00587D35" w:rsidRDefault="00436223" w:rsidP="00436223">
+      <w:pPr>
         <w:ind w:right="878"/>
       </w:pPr>
       <w:r w:rsidRPr="00587D35">
-        <w:t xml:space="preserve">Patienter med sömnapné skall övervakas extra postoperativt. Patienter med egen välfungerande CPAP-utrustning skall använda denna och kan då vårdas på vårdavdelningen. Övriga bör kvarstanna på UVA över natten. </w:t>
-[...7 lines deleted...]
-        <w:ind w:right="878"/>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> bör användas endast vid kortare ingrepp.</w:t>
+        <w:t>Parkinson mediciner:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Nya diabetesmediciner kan ge gastropares.</w:t>
-[...221 lines deleted...]
-    <w:p w14:paraId="72DB06A4" w14:textId="77777777" w:rsidR="00E8740C" w:rsidRDefault="00E8740C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587D35">
+        <w:t>Oförändrad dos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F80018" w14:textId="3BE99261" w:rsidR="003804EC" w:rsidRDefault="003804EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6571 lines deleted...]
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00AA2C4B">
+    </w:p>
+    <w:sectPr w:rsidR="003804EC" w:rsidSect="00AA2C4B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B592465" w14:textId="77777777" w:rsidR="00F41504" w:rsidRDefault="00F41504">
+    <w:p w14:paraId="1B9D8CDA" w14:textId="77777777" w:rsidR="002A4019" w:rsidRDefault="002A4019">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="714D772D" w14:textId="77777777" w:rsidR="00F41504" w:rsidRDefault="00F41504">
+    <w:p w14:paraId="2D355119" w14:textId="77777777" w:rsidR="002A4019" w:rsidRDefault="002A4019">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4FCAA0FC" w14:textId="77777777" w:rsidR="00F41504" w:rsidRDefault="00F41504">
+    <w:p w14:paraId="2DE33957" w14:textId="77777777" w:rsidR="002A4019" w:rsidRDefault="002A4019">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -8938,51 +2090,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="17" name="Bildobjekt 17">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -9016,73 +2168,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6855CCB4" w14:textId="77777777" w:rsidR="00F41504" w:rsidRDefault="00F41504"/>
+    <w:p w14:paraId="434FC16C" w14:textId="77777777" w:rsidR="002A4019" w:rsidRDefault="002A4019"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DAC847E" w14:textId="77777777" w:rsidR="00F41504" w:rsidRDefault="00F41504">
+    <w:p w14:paraId="00AE1A51" w14:textId="77777777" w:rsidR="002A4019" w:rsidRDefault="002A4019">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="15E9B6F2" w14:textId="77777777" w:rsidR="00F41504" w:rsidRDefault="00F41504">
+    <w:p w14:paraId="1A03216C" w14:textId="77777777" w:rsidR="002A4019" w:rsidRDefault="002A4019">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -9160,51 +2312,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -9370,51 +2522,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="9FF372AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -9819,50 +2971,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="103E4884"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="59B87CF0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -9931,51 +3196,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10044,70 +3309,70 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C9C3999"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F3FA7736"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1664"/>
         </w:tabs>
         <w:ind w:left="1664" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10177,51 +3442,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10290,51 +3555,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10430,51 +3695,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10544,51 +3809,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10657,71 +3922,71 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41645126"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="041D0001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10818,51 +4083,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10931,51 +4196,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11045,51 +4310,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11158,51 +4423,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5865626A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34C4CBFE"/>
+    <w:lvl w:ilvl="0" w:tplc="393E7A5A">
+      <w:start w:val="26"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5930494D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D2E7066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11271,70 +4649,70 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69D732B7"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="20689CA4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -11403,70 +4781,70 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BCE66E3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="20689CA4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11535,51 +4913,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -11649,170 +5027,176 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="583035118">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1104573165">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2056661929">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1268344292">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1745570005">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="317613244">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1859150315">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1069231604">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="61875567">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1915234353">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="400295841">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1101530005">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="890075732">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1751197233">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="436364288">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1603099661">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1751197233">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="17" w16cid:durableId="1633294026">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1915626902">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2130660171">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1495224557">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="283"/>
           </w:tabs>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="570383002">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2117553251">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="662322923">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2974750">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1739785566">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="283"/>
           </w:tabs>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="659968262">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="303435474">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1356426374">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1925526932">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="175"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -11859,120 +5243,125 @@
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00194909"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A4019"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F58D7"/>
+    <w:rsid w:val="002F5C13"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="0030456C"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="003804EC"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004202C9"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="0043075C"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="00431F34"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00436223"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="004657D6"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00493DF2"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
@@ -11981,181 +5370,191 @@
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00522BBD"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D28EF"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E687A"/>
     <w:rsid w:val="005F065C"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062025B"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="006625E3"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A4A25"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E37E3"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F43BD"/>
     <w:rsid w:val="006F683A"/>
     <w:rsid w:val="00704B5E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="00720F17"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="0075524E"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00770A23"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774D92"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D2C9B"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008147CC"/>
     <w:rsid w:val="00820E70"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00842096"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00875C8A"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00887421"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C1A97"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911D30"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00935A67"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A641B6"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A746D7"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA2C4B"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
@@ -12189,79 +5588,84 @@
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C77564"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47862"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D56006"/>
+    <w:rsid w:val="00D6235C"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA2FEA"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB42A2"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E14B94"/>
+    <w:rsid w:val="00E51A4F"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E8740C"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC2D56"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F41504"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
@@ -12282,51 +5686,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12793,50 +6197,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -14704,55 +8109,67 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00436223"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D56006"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14793,51 +8210,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1518810496">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-200/surrogate" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sfai.se/riktlinjer/anestesi" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/riktlinje/medicinska-rad-och-riktlinjer/anestesi/ryggbedovning-och-antikoagulantia/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://depts.washington.edu/anticoag/home/sites/default/files/Management%20of%20Antithrombotic%20Therapy%20for%20Neuraxial%20and%20Peripheral%20Nerve%20Procedures_0.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10093-1252922689-313/surrogate/Anestesi%20f%c3%b6r%20obesa%20patienter.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10093-645455372-300/surrogate/Diabetes%20mellitus%20och%20anestesi.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -15132,72 +8549,72 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>20904</Characters>
+  <Pages>5</Pages>
+  <Words>803</Words>
+  <Characters>4259</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>174</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Mall för riktlinje</vt:lpstr>
+      <vt:lpstr>Perioperativ vård, riktlinjer</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24799</CharactersWithSpaces>
+  <CharactersWithSpaces>5052</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Perioperativ vård, riktlinjer</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Carina Roos</lastModifiedBy>
-  <revision>34</revision>
+  <lastModifiedBy>Caroline Edvardsson</lastModifiedBy>
+  <revision>14</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>