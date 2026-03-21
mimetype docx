--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -1,103 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="06E60ED8" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="00F35B05">
+    <w:p w14:paraId="54F16536" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00897AE1" w:rsidSect="00897AE1">
+        <w:sectPr w:rsidR="00D823E4" w:rsidSect="00D823E4">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="239B29A4" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+    <w:p w14:paraId="4BC49FE9" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00897AE1" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1299398B" w14:textId="4B07312C" w:rsidR="00897AE1" w:rsidRPr="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+    <w:p w14:paraId="51377892" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00897AE1" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897AE1">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E63D3B9" wp14:editId="4D1C2012">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17223E84" wp14:editId="17C51882">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1244600" cy="222885"/>
                         </a:xfrm>
@@ -108,269 +113,273 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3FDEB551" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="003D37FD" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+                          <w:p w14:paraId="05DB6589" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="003D37FD" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>12391</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5E63D3B9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="17223E84" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="3FDEB551" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="003D37FD" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+                    <w:p w14:paraId="05DB6589" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="003D37FD" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>12391</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B414F7B" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+    <w:p w14:paraId="58196B74" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00897AE1" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="3392EE30" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+    <w:p w14:paraId="623C28FD" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00897AE1" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26C86C60" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+    <w:p w14:paraId="38FD68AC" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00897AE1" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897AE1">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F2568B" w14:textId="4E983BDA" w:rsidR="00897AE1" w:rsidRPr="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+    <w:p w14:paraId="6CA56480" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00897AE1" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00897AE1">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36BE5C10" wp14:editId="06463627">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F4A02CC" wp14:editId="555A4890">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="1905" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1244600" cy="222885"/>
                         </a:xfrm>
@@ -381,1030 +390,1978 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4677F9E4" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="003D37FD" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+                          <w:p w14:paraId="4CD2FAEE" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="003D37FD" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>12391</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="36BE5C10" id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE581m4AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07RRNkrUdBqbipAG&#10;Qxp8gOM4iUXia67dJuXruXbSrrC3iRfL9nXOPefck83N2HfsoNBpMAVfLZacKSOh0qYp+I/vu3dr&#10;zpwXphIdGFXwo3L8Zvv2zWawuUqhha5SyAjEuHywBW+9t3mSONmqXrgFWGWoWAP2wtMRm6RCMRB6&#10;3yXpcnmdDICVRZDKObq9n4p8G/HrWkn/WNdOedYVnLj5uGJcy7Am243IGxS21XKmIV7BohfaUNMz&#10;1L3wgu1Rv4DqtURwUPuFhD6ButZSRQ2kZrX8R81TK6yKWsgcZ882uf8HK78enuw3ZH78CCMNMIpw&#10;9gHkT8cM3LXCNOoWEYZWiYoar4JlyWBdPn8arHa5CyDl8AUqGrLYe4hAY419cIV0MkKnARzPpqvR&#10;Mxlapll2vaSSpFqapuv1VWwh8tPXFp3/pKBnYVNwpKFGdHF4cD6wEfnpSWhmYKe7Lg62M39d0MNw&#10;E9kHwhN1P5Yj09UsLYgpoTqSHIQpLhRv2rSAvzkbKCoFd7/2AhVn3WdDlnxYZVnIVjxkV+9TOuBl&#10;pbysCCMJquCes2l756c87i3qpqVOpyHcko07HRU+s5rpUxyi8Dm6IW+X5/jq+Qfb/gEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAL673/PeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/Adr&#10;kbhRG6sPFOJUFWrLESgRZzdekoj4IdtNw79ne6K3nd3R7DflerIDGzGm3jsFjzMBDF3jTe9aBfXn&#10;7uEJWMraGT14hwp+McG6ur0pdWH82X3geMgtoxCXCq2gyzkUnKemQ6vTzAd0dPv20epMMrbcRH2m&#10;cDtwKcSSW907+tDpgC8dNj+Hk1UQctivXuPb+2a7G0X9ta9l326Vur+bNs/AMk753wwXfEKHipiO&#10;/uRMYgNpIZcL8tIk58AuDiklbY4K5qsF8Krk1x2qPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDE581m4AEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="7F4A02CC" id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE581m4AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/07RRNkrUdBqbipAG&#10;Qxp8gOM4iUXia67dJuXruXbSrrC3iRfL9nXOPefck83N2HfsoNBpMAVfLZacKSOh0qYp+I/vu3dr&#10;zpwXphIdGFXwo3L8Zvv2zWawuUqhha5SyAjEuHywBW+9t3mSONmqXrgFWGWoWAP2wtMRm6RCMRB6&#10;3yXpcnmdDICVRZDKObq9n4p8G/HrWkn/WNdOedYVnLj5uGJcy7Am243IGxS21XKmIV7BohfaUNMz&#10;1L3wgu1Rv4DqtURwUPuFhD6ButZSRQ2kZrX8R81TK6yKWsgcZ882uf8HK78enuw3ZH78CCMNMIpw&#10;9gHkT8cM3LXCNOoWEYZWiYoar4JlyWBdPn8arHa5CyDl8AUqGrLYe4hAY419cIV0MkKnARzPpqvR&#10;Mxlapll2vaSSpFqapuv1VWwh8tPXFp3/pKBnYVNwpKFGdHF4cD6wEfnpSWhmYKe7Lg62M39d0MNw&#10;E9kHwhN1P5Yj09UsLYgpoTqSHIQpLhRv2rSAvzkbKCoFd7/2AhVn3WdDlnxYZVnIVjxkV+9TOuBl&#10;pbysCCMJquCes2l756c87i3qpqVOpyHcko07HRU+s5rpUxyi8Dm6IW+X5/jq+Qfb/gEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAL673/PeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/Adr&#10;kbhRG6sPFOJUFWrLESgRZzdekoj4IdtNw79ne6K3nd3R7DflerIDGzGm3jsFjzMBDF3jTe9aBfXn&#10;7uEJWMraGT14hwp+McG6ur0pdWH82X3geMgtoxCXCq2gyzkUnKemQ6vTzAd0dPv20epMMrbcRH2m&#10;cDtwKcSSW907+tDpgC8dNj+Hk1UQctivXuPb+2a7G0X9ta9l326Vur+bNs/AMk753wwXfEKHipiO&#10;/uRMYgNpIZcL8tIk58AuDiklbY4K5qsF8Krk1x2qPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDE581m4AEAAKgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="4677F9E4" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="003D37FD" w:rsidRDefault="00897AE1" w:rsidP="00897AE1">
+                    <w:p w14:paraId="4CD2FAEE" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="003D37FD" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>12391</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00897AE1" w:rsidRPr="00897AE1" w14:paraId="0670D192" w14:textId="77777777" w:rsidTr="00414F40">
+      <w:tr w:rsidR="00D823E4" w:rsidRPr="00B3558D" w14:paraId="3E9EA4B1" w14:textId="77777777" w:rsidTr="00BD056C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="78EF111F" w14:textId="77777777" w:rsidR="00897AE1" w:rsidRPr="00897AE1" w:rsidRDefault="00897AE1" w:rsidP="007928D0">
+          <w:p w14:paraId="200D706C" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="0020432B" w:rsidRDefault="00D823E4" w:rsidP="00BD056C">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
                 <w:noProof/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00897AE1">
+            <w:r w:rsidRPr="0020432B">
               <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
                 <w:noProof/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>CDK – Inläggning av central dialyskateter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="2D5C592C" w14:textId="4A4931DD" w:rsidR="007928D0" w:rsidRDefault="007928D0" w:rsidP="007928D0">
+    <w:p w14:paraId="672102C0" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t xml:space="preserve">Revidering i denna version </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1CA6E9" w14:textId="59FD5589" w:rsidR="007928D0" w:rsidRDefault="007928D0" w:rsidP="007928D0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">förändringar. </w:t>
+    <w:p w14:paraId="78736187" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mindre förändringar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CC05A1" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="7D7179D1" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68009467" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="055B37D9" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Indikationer för CDK är att patienten har akut eller kronisk njursvikt och saknar annan kärlaccess. CDK kan även användas vid stort transfusionsbehov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794A25FC" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="177A291F" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1537A7FD" w14:textId="75E5EC67" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="448840F6" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Att få en steril inläggning och minska antalet kateterrelaterade infektioner samt att minimera komplikationer vid inläggningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13344D1C" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="3A30E7C6" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178388B8" w14:textId="296BCD49" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="01385892" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Läkare, sjuksköterskor och undersköterskor som på olika sätt deltar vid CDK-inläggning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C20BA4F" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="69AA9102" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006B66B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Val av kärl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DA6E46" w14:textId="6D8A433E" w:rsidR="003E6D60" w:rsidRPr="00783D42" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="4F89EDDE" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve"> CDK läggs vanligvis v jugularis interna eller v femoralis. Man kan även i undantagsfall välja v subclavia, detta ger dock en viss ökad risk för stenosering i kärlet och (innebär bland annat att man får svårare att anlägga shuntar i den armen).</w:t>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CDK läggs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>vanligvis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>jugularis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interna eller v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>femoralis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Man kan även i undantagsfall välja v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>subclavia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, detta ger dock en viss ökad risk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>stenosering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i kärlet och (innebär bland annat att man får svårare att anlägga shuntar i den armen).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5048D3B8" w14:textId="21D2A4BD" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="7977316A" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Vid akut dialys, om v jugularis väljs, och man förväntar sig att patienten blir beroende av kronisk dialys, skall man i första hand använda vänster sida (för att spara höger jugularis för ev permanent CDK). Kateterspetsen skall helst ligga i övre delen av höger förmak. </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid akut dialys, om v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>jugularis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> väljs, och man förväntar sig att patienten blir beroende av kronisk dialys, skall man i första hand använda vänster sida (för att spara höger </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>jugularis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permanent CDK). Kateterspetsen skall helst ligga i övre delen av höger förmak. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51996572" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="6CAFB28E" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14EF188E" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-      <w:pPr>
+    <w:p w14:paraId="2B61E5F3" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Att välja v femoralis är inte behäftat med fler infektionskomplikationer än andra lokaler.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Att välja v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>femoralis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är inte behäftat med fler infektionskomplikationer än andra lokaler.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6185172B" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="006B66B0" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="65BF7890" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006B66B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Val av kateter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D6B333" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="7D810B9E" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>I v femoralis väljs så lång kateter som möjligt på både män och kvinnor (upp till 28 cm)</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>femoralis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> väljs så lång kateter som möjligt på både män och kvinnor (upp till 28 cm)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA5788E" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="5AA7AE66" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>I v jugularis interna dx läggs 20-24 cm CDK. På kortväxta personer, eller då diafragma står uppressad i thorax kan 15 cm CDK väljas.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>jugularis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interna dx läggs </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>20-24</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm CDK. På kortväxta personer, eller då diafragma står uppressad i thorax kan 15 cm CDK väljas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030EAEF0" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="6DDA5E96" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">I v jugularis interna sin läggs 24-28 cm CDK beroende på patientens storlek. </w:t>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>jugularis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interna sin läggs </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>24-28</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm CDK beroende på patientens storlek. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461AB3C4" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="006B66B0" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="6D6B9108" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006B66B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Ultraljud</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096F3D59" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-      <w:pPr>
+    <w:p w14:paraId="52A7D984" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Det finns entydiga studier på att ultraljudsledd punktion ger färre infektioner och färre andra komplikationer och går fortare. All elektiv inläggning av CDK bör ske med ultraljud med in line-teknik</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det finns entydiga studier på att ultraljudsledd punktion ger färre infektioner och färre andra komplikationer och går fortare. All </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inläggning av CDK bör ske med ultraljud med in line-teknik</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768DCAD2" w14:textId="37ADECF7" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="0C506F4E" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="006B66B0">
         <w:t>Inläggningsmetodik</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6D9E0B" w14:textId="57DB4FB1" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="04CAA85B" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:ind w:right="565"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Uppdukning görs sterilt (klädsel, mössa, munskydd, sterila handskar) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="009C7D5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Länk till rutin Steril uppdukning på IVA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:br/>
-        <w:t>Det finns vid behov i kompaktförrådet mikroinläggningsset, som minimerar traumat på kärl och omgivande vävnad.</w:t>
+        <w:t xml:space="preserve">Det finns vid behov i kompaktförrådet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mikroinläggningsset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, som minimerar traumat på kärl och omgivande vävnad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0754B237" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="000F58E3">
+    <w:p w14:paraId="6DA95431" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Tillvägagångssätt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57458D85" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="140FD14B" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Vid behov görs håravkortning så att förbandet kan fästa bättre, använd trimmer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2253013C" w14:textId="569B5290" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="3DDCD687" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Tvätta med Descutansvamp i en halv minut torka med mjukt papper, upprepa en gång.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätta med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Descutansvamp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i en halv minut torka med mjukt papper, upprepa en gång.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65630D12" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="5C1EE04B" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Tvätta därefter punktionsområdet flödigt med Klorhexidinsprit 5mg/ml och låt lufttorka.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tvätta därefter punktionsområdet flödigt med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Klorhexidinsprit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5mg/ml och låt lufttorka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F9672C" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="278F82A0" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Klä in området med sterila dukar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F7D196" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="00B5454E" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="479304BF" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Tippa patientens huvudända 5-10 grader för att undvika luftembolisering vid inläggning i av kateter i vena jugularis.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Tippa patientens huvudända </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>5-10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grader för att undvika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>luftembolisering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid inläggning i av kateter i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>vena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>jugularis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B302FBA" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="6E29FE4F" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Lägg in ledare centralt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A3A9F1" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="5C0DFE41" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Använd först skalpell och gör hål i huden och dilatera därefter upp kanalen med dilatatorn  </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Använd först skalpell och gör hål i huden och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>dilatera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> därefter upp kanalen med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>dilatatorn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BBB654E" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="1FDFF0A3" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>I katetern finns en relativt hård innerdel, som skall backas undan så att innerdelens spets hamnar innanför kateterspetsen när katetern är inne i kärlet, men innan den är i botten (risk för perforation av kärlvägg/hjärta!)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2A4A9D" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00B26011">
+    <w:p w14:paraId="6D1F5BB4" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="424" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Lägg in katetern i hela dess längd om möjligt. Spetsen på katetern skall ligga i övre eller mellersta delen av höger förmak.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647D2474" w14:textId="423197AE" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="0090742B">
+    <w:p w14:paraId="670DF4F6" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="565" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Kontrollera backflöde, man skall kunna aspirera 20 ml på 4 s detta motsvara ett flöde på 300ml/min. Om inte adekvat backflöde fås, manipulera katetern tills det är adekvat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FEC518E" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="00B5454E" w:rsidRDefault="003E6D60" w:rsidP="0090742B">
+    <w:p w14:paraId="1D7B62DA" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="565" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Suturera helst fast katetern genom att suturerna direkt i vingen på katetern</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18017F24" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="0090742B">
+    <w:p w14:paraId="218C04BD" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="565" w:hanging="425"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Spola bägge skänklarna med minst 10 ml NaCl 9mg/ml</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spola bägge skänklarna med minst 10 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9mg/ml</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7757A8" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="0090742B">
+    <w:p w14:paraId="139E7B56" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="565" w:hanging="425"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Antikoagulationslås med CitraFlow®, antal ml enligt vad som anges på skänkeln.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antikoagulationslås med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>CitraFlow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>®, antal ml enligt vad som anges på skänkeln.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596A77C2" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="0090742B">
+    <w:p w14:paraId="41EE6051" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="565" w:hanging="425"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Sätt på proppar på skänklarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6481425D" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="0090742B">
+    <w:p w14:paraId="70F1E79A" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00C6632F" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2880"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:ind w:left="284" w:right="565"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="565" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C6632F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Anlägg transparent förband sterilt.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="04FD8B01" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="006B66B0" w:rsidRDefault="003E6D60" w:rsidP="00A21B05">
+    <w:p w14:paraId="0B4EF988" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006B66B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Förband </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2806B309" w14:textId="0E9CC6A9" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="6FC7902C" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:ind w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Förbandet läggs antingen om var 3:e dygn eller vid behov. </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240F3038" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="006B66B0" w:rsidRDefault="003E6D60" w:rsidP="00A21B05">
+    <w:p w14:paraId="55F2E9E9" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006B66B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Röntgen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B9A6E9" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="63046848" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="006B66B0" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:ind w:right="565"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Alla katetrar lagda i v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>jugularis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>subclavia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) skall röntgas innan dialys startas, kateter i v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>femoralis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> behöver ej röntgas.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7199E374" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="006B66B0" w:rsidRDefault="003E6D60" w:rsidP="00A21B05">
+    <w:p w14:paraId="3B218DCA" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="006B66B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Dokumentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B7D6CC" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-      <w:pPr>
+    <w:p w14:paraId="11494CFC" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Dokumentera i Melior under ”CVK-journal” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF4FA8F" w14:textId="39A59C77" w:rsidR="003E6D60" w:rsidRPr="006B66B0" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-      <w:pPr>
+    <w:p w14:paraId="441B27C7" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="689EE085">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>För patienter inlagda på IVA anges i CHA att CDK är inlagd under “Kroppsöversikt”.</w:t>
+      </w:r>
       <w:r>
-        <w:t>För patienter inlagda på IVA ange i Clinisoft att CDK är inlagd under ”Observationer och Åtgärder”, katetrar.</w:t>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503CFD51" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="00A21B05">
+    <w:p w14:paraId="60D1DB07" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Referenser</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4ECEDD33" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
-      <w:pPr>
+    <w:p w14:paraId="6DCC7E4C" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>(1) Jean-Jacques Parienti; Marina Thirion; Bruno Mégarbane; et al.</w:t>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1) Jean-Jacques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Parienti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Marina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Thirion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Bruno </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mégarbane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>; et al.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7108C005" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="591612E2" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00B3558D" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="565"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>JAMA</w:t>
       </w:r>
-      <w:r>
-        <w:t>. 2008;299(20):2413-2422 (doi:10.1001/jama).</w:t>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. 2008;299(20):</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>2413-2422</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B3558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (doi:10.1001/jama).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171103D0" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="007928D0" w:rsidRDefault="003E6D60" w:rsidP="003E6D60">
+    <w:p w14:paraId="3EDF49E2" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="007928D0" w:rsidRDefault="00D823E4" w:rsidP="00D823E4">
       <w:pPr>
         <w:ind w:right="565"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E6D60" w:rsidRPr="007928D0" w:rsidSect="00897AE1">
+    <w:p w14:paraId="171103D0" w14:textId="77777777" w:rsidR="003E6D60" w:rsidRPr="0048351A" w:rsidRDefault="003E6D60" w:rsidP="0048351A"/>
+    <w:sectPr w:rsidR="003E6D60" w:rsidRPr="0048351A" w:rsidSect="00897AE1">
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Fet">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="326E07FD" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="42353EA4" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="121500678"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="10F03322" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00EC0A68" w:rsidRDefault="00D823E4" w:rsidP="00EC0A68">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E5657C9" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00FB2F0F">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C149B1B" wp14:editId="0D8F0466">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4388307</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-27355</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1897920" cy="384860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="342425404" name="Bildobjekt 342425404">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1953671" cy="396165"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1432,52 +2389,52 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1511,73 +2468,405 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="737CD40F" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRPr="00DA65C4" w:rsidRDefault="00D823E4" w:rsidP="00DA65C4">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36BE4CB8" wp14:editId="3D91EE15">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="314935626" name="Textruta 314935626"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7BDDF8E9" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="36BE4CB8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 314935626" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="7BDDF8E9" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4773F91D" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4" w:rsidP="00413A60">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22678129" wp14:editId="77D2BA16">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2091249687" name="Textruta 2091249687"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="430A010F" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="22678129" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 2091249687" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="430A010F" w14:textId="77777777" w:rsidR="00D823E4" w:rsidRDefault="00D823E4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A39E709" wp14:editId="4A6126A6">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17744</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>198873</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7559040" cy="216408"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="507532780" name="Bild 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Bild 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7559040" cy="216408"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1621,85 +2910,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1744,51 +3033,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -1865,51 +3154,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4210,160 +5499,154 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="821392585">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="70977311">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="32971605">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="854419848">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1456369051">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="55789138">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1705324632">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1722822897">
     <w:abstractNumId w:val="18"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00075497"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F58E3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="0020432B"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
@@ -4381,63 +5664,67 @@
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E6D60"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="0041136E"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="00433306"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="0046615A"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="0048351A"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="0050436B"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
@@ -4570,103 +5857,108 @@
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B26011"/>
     <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00B3558D"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BC0AD5"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C6632F"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CC15CC"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D823E4"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
@@ -4693,70 +5985,70 @@
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7126,51 +8418,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7198,58 +8490,66 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-180/surrogate/Steril%20uppdukning%20p%c3%a5%20IVA.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-180/surrogate/Steril%20uppdukning%20p%c3%a5%20IVA.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
+<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
@@ -7535,74 +8835,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3344</Characters>
+  <Pages>4</Pages>
+  <Words>557</Words>
+  <Characters>3320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3897</CharactersWithSpaces>
+  <CharactersWithSpaces>3870</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>CDK – Inläggning av central dialyskateter</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
-  <revision>9</revision>
+  <revision>16</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>