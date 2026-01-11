--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -14,115 +14,115 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="24AB9423" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5F370908" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="991"/>
-        <w:sectPr w:rsidR="00537CDA" w:rsidSect="00537CDA">
+        <w:sectPr w:rsidR="00F50B70" w:rsidSect="00F50B70">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="655ED715" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5D626BD2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="991"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="026E2EB4" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="23CF310E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="991"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58025C59" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5E99B0CA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="991"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35805C6D" wp14:editId="186694CF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="543DA604" wp14:editId="5C16C629">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="3810" r="0" b="1905"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Textruta 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1244600" cy="222885"/>
                         </a:xfrm>
@@ -133,239 +133,243 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0E6DC858" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003D37FD" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+                          <w:p w14:paraId="4A0C9182" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003D37FD" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>12393</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="35805C6D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="543DA604" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="0E6DC858" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003D37FD" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+                    <w:p w14:paraId="4A0C9182" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003D37FD" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>12393</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00537CDA" w:rsidRPr="00385538" w14:paraId="52662DB1" w14:textId="77777777" w:rsidTr="009128C3">
+      <w:tr w:rsidR="00F50B70" w:rsidRPr="00385538" w14:paraId="6E81A90A" w14:textId="77777777" w:rsidTr="005131CA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9D9B92" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="009128C3">
+          <w:p w14:paraId="492012E5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="005131CA">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:ind w:left="0" w:right="991"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkStart w:id="3" w:name="_Toc201049116"/>
             <w:bookmarkStart w:id="4" w:name="_Toc210050930"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00385538">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">CVK </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -389,72 +393,72 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1037315842"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="34F3D0AB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="7F3EDA44" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
             <w:ind w:right="991"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>Innehållsförteckning</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="08990325" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="294869CD" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050931" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Revidering i denna version</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -479,51 +483,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="711A5FCE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="5A0FA421" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050932" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bakgrund</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -548,51 +552,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1BDA58F9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="25186AD8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050933" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Beakta risk för luftemboli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -620,51 +624,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="22941B1B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="34C7A6AD" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050934" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -692,51 +696,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="26E09BB3" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="6A521C41" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050935" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Syfte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -761,51 +765,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11C1E10C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="6B12C88C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050936" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vilka berörs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -830,51 +834,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="55E3339E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="4AA48205" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050937" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>CVK – Inläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -899,51 +903,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="08401F53" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="241CC7AB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050938" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Val av kärl och mål för kateterspetsläge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -971,51 +975,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1EFE6E59" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="7F24BA64" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050939" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Val av kateter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1043,51 +1047,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="21DC12D7" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="3F0F9546" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050940" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Ultraljud eller inte?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1115,51 +1119,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="12CB9906" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="53DE7D83" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050941" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Inläggningsmetodik</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1187,51 +1191,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27BA49A2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="1981F7B0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050942" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Material</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1259,51 +1263,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30A78626" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="2A07E066" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050943" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Tillvägagångssätt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1331,51 +1335,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25D21F6C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="0B386B25" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050944" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Röntgen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1403,51 +1407,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="090C2DE2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="0E7325DD" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050945" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utvärdering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1475,51 +1479,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3348DAB2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="72804455" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050946" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dokumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1547,51 +1551,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0CFA9CDC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="3DCA61CC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050947" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1619,51 +1623,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05604E43" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="18169EC3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050948" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>CVK – Handhavande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -1688,51 +1692,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5AA70581" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="36D5558A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050949" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dokumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1760,51 +1764,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="548B034C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="313F598A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050950" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Läkemedelshantering i CVK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1832,51 +1836,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="740A67DA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="665AC4C5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050951" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Omläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1904,51 +1908,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E3F0FF4" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="433B97E7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050952" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Handhavande vilande CVK-skänklar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -1976,51 +1980,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6453E3EC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="603F46B1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050953" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Blodprovstagning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2048,51 +2052,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="015BBE3D" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="7687E2F8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050954" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Borttagning av CVK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2120,51 +2124,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="379DD40C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="561B28CC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050955" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Tillvägagångssätt vid borttagning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2192,51 +2196,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CDC9871" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="6AF8F8BE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050956" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2264,51 +2268,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="75D1024F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="6C6B7AAC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050957" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>CVK – Kopplingsschema</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -2333,51 +2337,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E529A0A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="724DF6D1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050958" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Märkning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2405,51 +2409,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71EC6FE2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="3402A424" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050959" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Åtgärder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2477,51 +2481,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="168D33DB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="645FC86D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050960" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>CVK – CVP-mätning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -2546,51 +2550,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="420B0AB0" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="4998E526" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050961" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Genomförande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2618,51 +2622,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CA5C945" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="099BBDB2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050962" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dokumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2690,51 +2694,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F2732E9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="36C915CE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050963" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2762,51 +2766,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5DD8DC20" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="5B5645E4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050964" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>CVK – Ocklusion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -2831,51 +2835,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63819C67" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="17C435AA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050965" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Åtgärd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2903,51 +2907,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E5A0104" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="5D4B7B92" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050966" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Actilysebehandling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -2975,51 +2979,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5DE60258" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="33D06E73" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050967" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Gör enligt följande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -3047,51 +3051,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BF4C89A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="5E2A0685" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050968" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Smärta vid injektion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -3119,51 +3123,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58C0A598" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="0D4906DE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050969" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>CVK – Infektion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -3188,51 +3192,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="719D9667" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="4599315D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050970" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Diagnostik</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -3260,51 +3264,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="459FD39F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="210797E6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050971" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Övriga åtgärder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -3332,51 +3336,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F864B50" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="3B5B2799" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210050972" w:history="1">
             <w:r w:rsidRPr="005D1400">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -3404,2052 +3408,2068 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E03F9A6" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:p w14:paraId="330AF8A4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
           <w:pPr>
             <w:ind w:right="991"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="798D6158" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="46F1802C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc210050931"/>
       <w:r w:rsidRPr="00385538">
         <w:lastRenderedPageBreak/>
         <w:t>Revidering i denna version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00385538">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDC598A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00ED252D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="39CEF499" w14:textId="7B149995" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00773C17" w:rsidP="00F50B70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="991"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED252D">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ihopslagning av alla befintliga CVK-rutiner till en övergripande rutin.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0363E49E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:t>Mindre revidering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538A588A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc210050932"/>
       <w:r w:rsidRPr="00385538">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="2A4640F0" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00ED252D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7D73807E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">En central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>venkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> (CVK) är en kärlkateter där kateterspetsen ligger i en central ven, vanligtvis i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>vena</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>cava</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>superior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>. Det finns flera olika typer av CVK, avsedda för kort- eller långtidsbruk. En CVK kan ha en eller flera lumen. Ett beslut om inläggning ska alltid övervägas noggrant för varje enskild patient, då användandet av CVK är förenat med risk för komplikationer. Planerat användningsområde bör styra val av CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64361239" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00ED252D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="53156439" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t>Arbeta aseptiskt och följ basala hygienrutiner. Utför så få manipulationer av kopplingar och kranar som möjligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09660926" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00ED252D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="76B2C1AF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">När systemet bryts för tex avlägsnande av infusionsaggregat eller proppar, eller hantering av trevägskranar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">, används en celltork indränkt med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> 5mg/ml för desinfektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A79B49F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00ED252D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="42BD54C1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t>Kassera alltid använda proppar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A130BFC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00ED252D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="74694574" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">Infusioner, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> och trevägskranar kopplas standardiserat och märks korrekt för att öka säkerheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BF7C51" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="059A6F13" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc210050933"/>
       <w:r w:rsidRPr="00965598">
         <w:t>Beakta risk för luftemboli</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="38110AFD" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00AE7E62" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="10A3F02A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00AE7E62" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE7E62">
         <w:t xml:space="preserve">Vid all manipulering av CVK bör patienten ligga i planläge. Vid vissa sjukdomstillstånd är inte detta lämpligt, patienten kan behöva ha lätt höjd huvudända exempelvis vid andningsbesvär. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00DF6468" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00AE7E62" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7C4140F0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00AE7E62" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE7E62">
         <w:t xml:space="preserve">Viktigast är att katetersystemet alltid är slutet och vätskefyllt och att ha ett arbetssätt som förhindrar att </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AE7E62">
         <w:t>luft sugs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AE7E62">
         <w:t xml:space="preserve"> in i patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151B8AC1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C56DBC" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6E65348A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C56DBC" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc210050934"/>
       <w:r w:rsidRPr="00C56DBC">
         <w:t>Indikation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="5CA6BE97" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035502F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3B9D8DFD" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Korrekta och strikta indikationer ska alltid tillämpas för inläggning av CVK. Exempel på indikationer är:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EAA035" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035502F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="265D067E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>svårstucken patient.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B10B7EA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035502F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="59CED29C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>infusion av kärlretande eller kärlsammandragande läkemedel eller vätskor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6C81B9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035502F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6E728568" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>långvarigt behov av venös infart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB95764" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035502F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3A74E5B6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>annan specifik behandling exempelvis transfusioner eller behandling med immunglobuliner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5A9894" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035502F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="319D4591" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>snabba/stora mängder infusioner/transfusioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="479C4C58" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035502F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7982AC55" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>centralvenös tryckmätning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52299912" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003467A5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="251A1EDC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003467A5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc210050935"/>
       <w:r w:rsidRPr="003467A5">
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="20E21DDC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00BB1792" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="761E99A3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00BB1792" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1792">
         <w:t>Säkert handhavande vid all hantering av en CVK.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1792">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA03DFE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D161BE" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0EF8F981" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D161BE" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc210050936"/>
       <w:r w:rsidRPr="00D161BE">
         <w:lastRenderedPageBreak/>
         <w:t>Vilka berörs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="2776EE2D" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00BB1792" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="008883F0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00BB1792" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB1792">
         <w:t>Läkare, sjuksköterskor och undersköterskor på AnOpIVA-kliniken.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="189BF0F8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="103A38E6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31780B8C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="24A59790" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc210050937"/>
       <w:r>
         <w:t>CVK – Inläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="655FCF33" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D67889" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7FB443A4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D67889" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc210050938"/>
       <w:r w:rsidRPr="00D67889">
         <w:t>Val av kärl och mål för kateterspetsläge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="279CD376" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001B5352" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4193E858" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">CVK kan läggas in via v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>axillaris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">, v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> interna, (ibland genom åtkomst via v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> externa), eller v. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466919FA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001B5352" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="624560A4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">Inga randomiserade studier talar entydigt för att något av dessa kärl ska vara förstahandsalternativ i alla situationer, och det är inte heller visat någon skillnad i varken </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>meakeniska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> komplikationer eller infektionskomplikationer på IVA mellan kärlen, om inläggningen sker under sterila förhållanden och av van inläggare. Däremot finns skillnader mellan kärlen för enskilda komplikationer, vilket understryker vikten av att värdera olika risker för den enskilda patienten i varje enskilt fall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="491669EE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001B5352" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1A996A44" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t>Exempel:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BEAAEB1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001B5352" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0A8E81C2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> bör undvikas för långtidsanvändning, och i dessa fall kan det eventuellt vara en komfortvinst för patienten att välja v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="753CB755" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001B5352" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="181494CB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">patienter med stor risk för pneumothorax (uttalat magerlagda eller svår KOL) väljs hellre annat kärl än v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="35521B9C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001B5352" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="689CF4C1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">vid koagulationsrubbning bör icke </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>kompressibelt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> punktionsområde undvikas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FA0085" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C4214C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6866751D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve">Optimalt kateterspetsläge är, baserat på teoretiska grunder, nedre delen av v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>cava</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>superior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> eller höger förmak.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F2C7C7" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00742744" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3DA7D40B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00742744" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AE718D9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00A25F20" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6A7E8329" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00A25F20" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc210050939"/>
       <w:r w:rsidRPr="00A25F20">
         <w:t>Val av kateter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00A25F20">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB12AE6" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C4214C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="127A9B95" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C4214C">
         <w:t>Till patienter på vårdavdelningarna väljer man i första hand enkellumen-CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC7B33E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C4214C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="04AF54E3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve">På IVA använder man i första hand fyrlumen-CVK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11340467" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C4214C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="55582CF4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve">Längd väljs efter patientens storlek och punktionsplats. De allra flesta klarar sig med en </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>15-16</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> cm kateter om inlagd på höger sida. På vänster sida bör man använda minst 20 cm lång kateter. Välj kateterlängd så att hela </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> läggs in. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1399A3B6" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="32C17817" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="082A2AC1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00742744" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4328CFF7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00742744" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B6D2FA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00046603" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0FBF06C2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00046603" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc210050940"/>
       <w:r w:rsidRPr="00046603">
         <w:lastRenderedPageBreak/>
         <w:t>Ultraljud eller inte?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="04C8A8C0" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00205DB1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2E72F3A7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Entydig evidens finns för att ultraljudsledd punktion ger färre infektioner, färre komplikationer och går fortare, framför allt vad gäller kateterisering av v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>int</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">, dock har det inte kunnat beläggas lika säkert vad gäller v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FE7EC1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00205DB1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0AFA29D5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Det finns fortsatt stöd från SFAI att lära ut och lära sig CVK med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>landemärkesteknik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">, i första hand för v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> och v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5E518402" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00205DB1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3A2393E4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Ansvarig CVK-läggare avgör om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>ultrljudsledd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> teknik ska användas eller inte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78422F05" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00205DB1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="01ED5E8F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Inläggning av CDK ska i görligaste mån ske ultraljudslett.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E12BB0B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00046603" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0A51476E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00046603" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc210050941"/>
       <w:r w:rsidRPr="00046603">
         <w:t>Inläggningsmetodik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00046603">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9E61F2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00205DB1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6B2DF245" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Uppdukning på IVA görs av två undersköterskor; en sterilklädd (mössa, sterila handskar samt plastförkläde), samt en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>renklädd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> undersköterska med mössa och förkläde. En steril duk med spärrskikt läggs på bordet, och på dessa kan sedan sterilt material läggas. Ta fram ultraljudsapparat samt steril strumpa för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>proben</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A206FA9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00205DB1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5CB43173" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t>Alternativt kan uppdukningen ske som på operationen, se nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19686BB5" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00205DB1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="07D9E52B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">På operation görs uppdukningen av sterilklädd narkosläkare assisterad av sköterska eller undersköterska. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F8B2E7" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4D3954AC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00093D51">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="_Toc210050942"/>
       <w:r w:rsidRPr="00263421">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>Material</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00263421">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F431F1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2B723136" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t>(CVK-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>låda)/</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">alternativt engångs CVK-set) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732CC536" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="56D6BF94" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> Se hjälp och stöd ”CVK” (finns på backen till CVK) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1796A095" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0032219C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="07807E3D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0032219C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc210050943"/>
       <w:r w:rsidRPr="0095788B">
         <w:t>Tillvägagångssätt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="0095788B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089B2044" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6777AC18" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Raka punktionsstället om behov finns, så att förbandet kan fästa bättre. Därefter tvättas området med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>Descutansvamp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> i en halv minut torka med mjukt papper, upprepa proceduren en gång.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423183A8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="75120EED" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Tvätta därefter punktionsområdet flödigt med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>Klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> och låt lufttorka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00948B4B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="50D37DC0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Klä in området med sterila dukar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB065C1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5C8C1F11" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Tippa patientens huvudända </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>5-10</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> grader för att undvika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>luftembolisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533C8F14" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0690B3BC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Vid behov visualisera kärlet med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>ultraljudsproben</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5549E222" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="784BDDA1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Lägg in ledare centralt. Det finns vid behov </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>mikropunktionsset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> i kompaktförrådet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E751376" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="11825B62" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Använd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>dilatatorn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7858EE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="50F875AC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Lägg in katetern i hela dess längd om möjligt. Optimalt kateterspetsläge är nedre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>vena</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>cava</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>superior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">/ höger förmak. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF86BBD" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="66C734BA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Suturera helst fast katetern genom att placera suturerna direkt i vingen på katetern </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284A243A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="033EBD55" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Kontrollera backflöde. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5C9492" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="18F21FBA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Spola med minst 10 ml steril </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> 9mg/ml </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DBC7429" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1BB7DEBE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Koppla på </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>backventil(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Swanlock) och trevägskranar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C141E8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="77E8E408" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Tvätta av huden runt katetern och även basen på katetern med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>Klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> och låt lufttorka </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0A222C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00234946" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3C80EBE9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t>Anlägg transparent förband sterilt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CDB100" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00710703" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="38E71DCA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00710703" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>enlumenkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för avdelningsbruk lagts, sätter man på en backventil med positivt avslut (Caresite </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Luer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Access </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Device</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">), ytterst på slangen, och ingen kork eller trevägskran på denna, och avslutar med att spola igenom katetern med minst 20 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0C1DA0" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="156EA78D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc210050944"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Röntgen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED947AE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001D4EB0" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="511E858B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001D4EB0" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">CVK lagd med ultraljud i v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">, där inläggningen varit okomplicerad och katetern är för kortvarigt bruk, behöver inte rutinmässigt röntgas (CVK-läggare avgör). Andra sätt att verifiera kateterläge, som kan användas, är CVT-mätning eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>blodgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">. CVK lagd i v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">, eller i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve"> utan ultraljud, bör röntgas. Katetrar inlagda i v. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve"> behöver inte röntgas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709FE621" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001D4EB0" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1AF5FD9D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001D4EB0" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">Om katetern varit </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>vilande,  verifieras</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve"> intravasalt läge före användning genom aspiration av blod, eller (vid uteblivet backflöde) genom röntgen med kontrasttillförsel via katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414C6D02" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00B61459" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6A0F3AE3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00B61459" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc210050945"/>
       <w:r>
         <w:t>Utvärdering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFECAA8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="655301E9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Man skall dagligen omvärdera om patienten behöver sin CVK så att de inte ligger kvar utan att användas. Ju längre en CVK ligger desto större risk för kateterrelaterad infektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B15C35" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008403F3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3C7D339E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">När ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008403F3">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve"> avlägsnas?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772B3A89" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008403F3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2A32046C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Intravasalt läge kan inte verifieras   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50719F71" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008403F3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5BE07CC6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Misstanke om läckage i katetermaterialet   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FE8DB0" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008403F3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4E1F9417" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Infektion (/irritation) vid insticksställe   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8E7866" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008403F3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2C81203B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t>Misstanke om CVK-relaterad infektion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DADA444" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008403F3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="70BE4428" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t>Patienten är ej längre i behov av central infart</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79839BEB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00B61459" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4E49B2BC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00B61459" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc210050946"/>
       <w:r>
         <w:t>Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490170B2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003F36C2" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7C5AA80A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
+      <w:r>
+        <w:t>Inläggande läkare d</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F36C2">
-        <w:t xml:space="preserve">Dokumentera i Melior under ”CVK-journal” för att avdelningen sen skall kunna starta omvårdnadsanteckning för CVK. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="574D2CE9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003F36C2" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:t>okumentera</w:t>
+      </w:r>
+      <w:r>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F36C2">
+        <w:t xml:space="preserve"> i Melior under ”CVK-journal” för att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sjuksköterka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> på IVA/vård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F36C2">
+        <w:t xml:space="preserve">avdelning sen skall kunna starta omvårdnadsanteckning för CVK. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CED8E5B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003F36C2">
-        <w:t xml:space="preserve">Om patienten vårdas på IVA dokumenterar sedan sjuksköterskorna i </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Om patienten vårdas på IVA</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F36C2">
-        <w:t>Clinisoft</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="46C0D517" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003F36C2" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:t xml:space="preserve"> dokumenterar sedan sjuksköterskorna i C</w:t>
+      </w:r>
+      <w:r>
+        <w:t>HA, men omvårdnadsanteckning ska ändå finnas, för att kunna användas vidare när patienten skrivs ut till vårdavdelning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007B0351" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003F36C2">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Vid inläggning på operation skall det även dokumenteras i Orbit, antingen i anestesijournalen eller under extern verksamhet, att ingreppet är utfört.  </w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Vid inläggning på operation skall </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">CVK-inläggningen </w:t>
+      </w:r>
       <w:r w:rsidRPr="003F36C2">
-        <w:t xml:space="preserve">För skötsel, blodprovstagning, och åtgärder vid </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">dokumenteras i Orbit, antingen i anestesijournalen eller under </w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F36C2">
-        <w:t>ockluderad</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>extern verksamhet</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F36C2">
-        <w:t xml:space="preserve"> CVK var god se separat rutin. </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="4F8005C8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003F36C2" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:t xml:space="preserve">, att ingreppet är utfört.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3AEE21" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc210050947"/>
       <w:r w:rsidRPr="003F36C2">
         <w:t>Referenser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="003F36C2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6AB267" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00093D51" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="11CE2835" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>SFAIs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t xml:space="preserve"> riktlinjer för central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>venkateterisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="014B1714" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00093D51" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2CE92B6B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00634E13">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Översikt - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38C0FEE8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00093D51" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="083385DF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="03BB0C6F">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Jean-Jacques Parienti; Marina Thirion; Bruno Mégarbane; et al. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFFDD4D" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00093D51" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3BA37D9D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B913442">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">JAMA. 2008;299(20):2413-2422 (doi:10.1001/jama.299.20.2413 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D9C22B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0A16B7B5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="03BB0C6F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kedar et al The incidence of infectious complications</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>Critical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t xml:space="preserve"> Care Medicine.  2005;33(1):</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>13-20</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74FAB460" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="24925773" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc210050948"/>
       <w:r>
         <w:t>CVK – Handhavande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="50E6AF06" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1D318F33" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Vid inläggning av CVK starta med transparent förband. Detta byts till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Tegaderm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> CHG när det slutat siva från insticksstället. Låt alla blå låsklämmor vara kvar på CVK-slangarna. Dessa låsklämmor ska vara stängda då CVK inte används.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD5659A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="114F68C1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>På CVK-skänkeln kopplas ett injektionsmembran vars uppgift är att minska den bakteriella kolonisationen av CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A7986A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2E7263B2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>På injektionsmembranet kan en trevägskran kopplas. Tänk på att ett större antal kopplingar och kranar ökar risken för infektion, varför antalet kranar i möjligaste mån bör minimeras. Sätt därför endast trevägskranar på de skänklar där det behövs. Injektionsmembran och trevägskran ska ses som en helhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758F01AE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="75676440" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>På trevägskranen där det går infusion från sprutpump kopplas även en backventil. Detta för att minska risken att det backar bakåt till pumpen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4074FD" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1A7DDB1F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Var 4:e dygn byts trevägskranar, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">, infusionsaggregat, injektionsmembran (Swanlock) och backventiler till kontinuerliga infusioner, även </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Propofol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D4BC4A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="694BEF14" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Undantag för SMOF </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kabiven</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> där aggregat byts varje dygn om aggregatet innehåller PVC. Vid PVC-fria aggregat kan dessa bytas var 4:e dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D484D6F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="211FC2A9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Om infusionen inte pågår kontinuerligt över dygnet, byts aggregatet efter avslutad infusion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CF5A0A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5A7B928D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Blodprodukter ges i möjligaste mån perifert, men kan undantagsvis, och efter läkarordination, ges i CVK. Spola med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> 20-40ml efter avslutad infusion. Om synligt blod fortfarande finns kvar i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranhuset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
-        <w:t xml:space="preserve"> ska trevägskranen bytas. Byt infusionsaggregat efter avslutad infusion av blodprodukter.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="32BE0CBF" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+        <w:t xml:space="preserve"> ska trevägskranen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51CE7">
+        <w:lastRenderedPageBreak/>
+        <w:t>bytas. Byt infusionsaggregat efter avslutad infusion av blodprodukter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B21E29" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Tryckset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> byts var 7:e dygn. Setet ansluts till 500ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> 9mg/ml och alla kopplingar genomspolas först med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">. Därefter pumpas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>övertrycksmanchetten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> upp till 300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFBD06E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="393BFD29" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Alla aggregat, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> och trevägskranar ska vara genomspolade innan de ansluts till CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A77EC05" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00925F18" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4D6BE7CF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00925F18" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc210050949"/>
       <w:r w:rsidRPr="00925F18">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="25A6506A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3FA8C8D7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Byte av aggregat, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>swanlock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">, backventiler och trevägskranar ska dokumenteras i patientens journal med datum och signatur. Även inspektion/omläggning av instick och förband skall </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>dokumeteras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>, inkl fynd såsom rodnad, blod mm. Vid avlägsnande av katetern dokumenteras datum och tid för detta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7867A8C1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C51CE7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="492DB560" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">På vårdavdelningar görs denna dokumentation i Melior under CVK-journal skötsel. På IVA dokumenteras i CCC, som tidigare. Då patienten överförs till vårdavdelning, dokumenterar IVA-ssk i CVK-journal i Melior, så att avdelningen kan fortsätta sin dokumentation där. Inläggande läkare har skrivit in LOT-nummer i samband med inläggningen. Aggregat och trevägskranar ska märkas med datum och signatur. Infusionsaggregat ska även märkas med läkemedelsnamn. CVK-skänklar märks med CVK-lapp.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC1E16F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00925F18" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7993F279" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00925F18" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc210050950"/>
       <w:r w:rsidRPr="00925F18">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Läkemedelshantering i CVK</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="17F239C4" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3BC9FA8D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Vid injektioner i CVK ska injektionsmembranet eller trevägskranen desinficeras med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> i minst 5 sek och därefter lufttorka innan sprutan kopplas till. Kontrollera i FASS angående bla</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F11">
         <w:t>ndbarhet</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> innan injektion ges</w:t>
@@ -5464,1490 +5484,1487 @@
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00673F11">
         <w:t xml:space="preserve">Om risk för fällningar ska pågående infusioner stoppas och trevägskranen spolas igenom med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00673F11">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 9mg/ml</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F11">
         <w:t xml:space="preserve"> innan injektionen ges. Spola alltid efter alla injektioner med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00673F11">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00673F11">
         <w:t xml:space="preserve"> 9 mg/ml. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429ED0E5" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4E9DD0F5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontrollera kateterläge genom att aspirera tills det kommer blod i slangen, men inte ända upp till sprutan. Spola därefter med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>5-10</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C0BFF9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="176629C3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Administrera därefter läkemedlet enligt ordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A91AB0B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="455CE0C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">När injektion eller infusion/transfusion är avslutad spolas CVK med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>20-40</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 9 mg/ml. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015B9AF1" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="17270776" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid avslut av behandling med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inotropa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> droger ska skänkeln aspireras innan den spolas rent med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 9 mg/ml enligt ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3253D024" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4F55E7F3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Stäng klämman på slangen i slutet av spolningsproceduren för att undvika att blod backar tillbaka i katetern när man avlägsnar sprutan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5464BE95" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008F04C3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2DB023F4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008F04C3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc210050951"/>
       <w:r w:rsidRPr="008F04C3">
         <w:t>Omläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="37F046BD" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="596016D7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>CVK ska läggas om var 3:e- var 5:e dygn i slutenvård. Om det är blod eller fukt under förbandet, bör det bytas snarast.</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED44FA">
         <w:t xml:space="preserve"> I öppenvård/hemsjukvård kan omläggning, av praktiska skäl</w:t>
       </w:r>
       <w:r>
         <w:t>, utföras upp till var 7:e dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D69256" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="56590FB8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om enheten använder </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Tegaderm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> CHG (förband med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>klorhexidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) görs första byte till detta när det inte längre sivar blod från insticket. Därefter kan omläggning ske var 7:e dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB8A045" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="31BCE8FA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Vid byte av förband används basala hygienrutiner. Mellan att det gamla förbandet avlägsnas och det nya appliceras, byter man till rena handskar och spritar händerna emellan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE9454A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0035691C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="37427E36" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035691C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035691C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Tillvägagångssätt vid omläggning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661419FF" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0CF0AAB9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Informera patienten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C363DFB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="07D22B2A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Låt patienten ligga på rygg. </w:t>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="_Hlk149720824"/>
       <w:r>
         <w:t xml:space="preserve">Om trevägskran och/eller slangsystemet ska bytas samtidigt ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>pat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ligga med sänkt huvudända, alternativt plant, om sänkt huvudända inte tolereras</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F480B4" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="24CEA754" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Tvätta och sprita händerna. Tag på skyddsförkläde och rena handskar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FA4DE9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="26F5F66B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Avlägsna det gamla förbandet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528BB949" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="44FB237D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Byt till rena handskar, sprita händerna emellan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555016F6" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="718D4A39" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mekanisk rengöring av insticksstället, CVK-vingarna, samt en bit upp på katetern med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Descutansvamp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8DB55A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5465686A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Torka bort överskottet med ren kompress.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="637343AA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="51638026" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontrollera insticksstället. Se till att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är väl fastsuturerad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F7C844" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7138233E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Täck insticksstället med nytt transparent förband.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CACE0A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008F04C3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="11AD01E1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008F04C3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc210050952"/>
       <w:r w:rsidRPr="008F04C3">
         <w:t>Handhavande vilande CVK</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008F04C3">
         <w:t>skänklar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="1A4F40B5" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="000E1276" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="352DCE0F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="000E1276" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1276">
-        <w:t xml:space="preserve">Med vilande CVK menas CVK som används mer sällan än var 7:e dag. Det är inte vetenskapligt klarlagt om regelbunden spolning av vilande katetersystem förebygger kateterocklusion eller inte, och det finns nu </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ingen rekommendation om detta. </w:t>
+        <w:t xml:space="preserve">Med vilande CVK menas CVK som används mer sällan än var 7:e dag. Det är inte vetenskapligt klarlagt om regelbunden spolning av vilande katetersystem förebygger kateterocklusion eller inte, och det finns nu ingen rekommendation om detta. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E1276">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Vilande katetersystem behöver således </w:t>
       </w:r>
       <w:r w:rsidRPr="000E1276">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="000E1276">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> spolas intermittent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7228E2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="000E1276" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3946ED91" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="000E1276" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1276">
+        <w:lastRenderedPageBreak/>
         <w:t>Före användning av CVK säkerställs intravenöst kateterspetsläge genom exempelvis blodreturkontroll. Låt blod endast synas i katetern, inte förbi kopplingar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F974ABB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="71149E87" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc210050953"/>
       <w:r>
         <w:t>Blodprovstagning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="7A1ABFAC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3F128C7E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="009C52A7">
         <w:t>Tillvägagångssätt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F381E38" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="009C52A7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="45A48388" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="009C52A7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Informera patienten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56EC4A8C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5356D65E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Tvätta och sprita händerna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F4AE9B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="456AA572" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">Ta på plastförkläde och rena handskar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DB50AA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2759E354" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Placera patienten på rygg, om möjligt sänk huvudändan annars planläge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B27A3A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3E72C9FC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">Desinficera Swan-lock med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00385538">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve"> 5 mg/ml, gnid minst 15 sekunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6407CF32" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="54BB926D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">Aspirera </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00385538">
         <w:t>3-5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve"> ml blod med spruta eller rör. Detta kasseras. Ta proverna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA49FFC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3AED3D2F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">Spola igenom katetern med 10 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00385538">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">, 9 mg/ml fyra gånger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389A52D3" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3A5108E5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Höj åter huvudändan och se till att patienten ligger bekvämt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13683F0C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00385538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="51CF0458" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Ange på laboratorieremissen att proverna är tagna ur en CVK eftersom vissa blodprover kan påverkas av mycket små infusionsmängder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21477365" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008F04C3" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0DE684EE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008F04C3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc210050954"/>
       <w:r w:rsidRPr="008F04C3">
         <w:t>Borttagning av CVK</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="4D22C0D5" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003F3C62" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5F865395" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F3C62" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003F3C62">
         <w:t xml:space="preserve">Indikationer för avlägsnande: </w:t>
       </w:r>
       <w:r w:rsidRPr="003F3C62">
         <w:br/>
         <w:t xml:space="preserve">(kan vara relativa, vid tveksamhet diskutera gärna med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F3C62">
         <w:t>anopIVA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F3C62">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494C8EBC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3F417304" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">Lokal infektion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190C9698" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4CE62BE8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">Trombos/stopp/dålig funktion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FA05F6" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="352F39C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>CVK som delvis dragits ut</w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve"> av misstag </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC35F73" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6FC745C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inget kvarvarande behov </w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">av CVK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E317148" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4ACBD022" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="007704C5">
         <w:t>Kateterorsakad sepsis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">se separat </w:t>
       </w:r>
       <w:r>
         <w:t>del längre fram i denna rutin)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D39AF8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="07FC8C16" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">ateter i icke korrekt </w:t>
       </w:r>
       <w:r>
         <w:t>och icke acceptabelt läge</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ECDE54" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003E7352" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7E96D266" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003E7352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Vid misstanke om infektion skickas ibland kateterspetsen för odling</w:t>
       </w:r>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">i samband med att man tar bort </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, detta sker på läkarordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B1A2C3C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="003D07CE" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7B128BE9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003D07CE" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D07CE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">En CVK som har glidit ur blodbanan får aldrig skjutas tillbaka p.g.a. infektionsrisken! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461FCCF8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="118E6967" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0099220D">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Beakta risken för luftemboli vid borttagande av CVK. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D071165" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1F6E3C5B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099220D">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vissa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0099220D">
         <w:t>tunnelerade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> katetrar måste avlägsnas med kirurgi, dessa har en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0099220D">
         <w:t>kuff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> som i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0099220D">
         <w:t>tunneleringsområdet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> växt fast i patientens vävnad. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23333E96" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="630E41C7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc210050955"/>
       <w:r w:rsidRPr="00513661">
         <w:t>Tillvägagångssätt vid borttagning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="7FF4D3BC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="34FE5D83" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Informera patienten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6BCBEE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1D564BD9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Tv</w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">ätta och sprita händerna. Ta på plastförkläde och rena handskar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387B5462" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="12A894D5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Låt patienten ligga på rygg med sänkt huvudända, alternativt plant om sänkt huvudända inte tolereras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E61153B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6862706A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Ta bort förbandet, avlägsna ev. suturer med suturkniven. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D786C46" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="237F85D3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Desinficera insticksstället och huden runt om noga med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C5446">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve"> 5mg/ml. Låt lufttorka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDE8C60" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6E3DB808" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Uppmana patienten att krysta samtidigt som katetern snabbt och jämnt dras ut. Kan patienten inte krysta dras katetern ut under utandningsfasen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BC1BA4" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="50C9F694" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Kontrollera att katetern är hel. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567D111C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6F05665A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">En ren hoprullad kompress trycks mot insticksstället några minuter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1706314C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3D347BB0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t>Sätt på ett tättslutande</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">lufttätt förband </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(ex IV 3000), </w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">som bör sitta minst 24 timmar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639DE715" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2179E57B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Om odling ska tas för ned katetern sterilt i ett sterilt odlingsrör och klipp av ca 5 cm med en steril sax, förslut och skicka till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t>aktlab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB6EC7E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5C6571A7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t>Höj sängens huvudända.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739B6BC5" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001C39C1" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3AC608EE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001C39C1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Observera eventuell blödning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C826824" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="008006D2" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5A517690" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008006D2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc210050956"/>
       <w:r w:rsidRPr="008006D2">
         <w:t>Referenser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="21E2056C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00673F11" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="023E65EE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00673F11" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="991"/>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00150BC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Översikt - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76F6B9A0" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2ED9195A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="991"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00673F11">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>SKL, Förebygg infektioner vid centrala venösa infarter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="723C3492" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="59AE6CE2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="991"/>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>CVK_riktlinjer</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>2-6</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (sfai.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AB9B237" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="13940D1F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:left="0" w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10F68E1F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="31C80AC5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc210050957"/>
       <w:r>
         <w:t>CVK – Kopplingsschema</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="5DB70032" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00082E0A" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6251FD5C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00082E0A" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc210050958"/>
       <w:r w:rsidRPr="00082E0A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>Märkning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="508F5C33" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7E718B6F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Samtliga lumen ska vara uppmärkta med etikett med text Central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Venkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> alt CVK (Blå etikett eller etikett från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MedMark</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">). Samtliga läkemedelsinfusioner ska vara märkta med patientens personnummer, läkemedel/styrka och datum. Använd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MedMark</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> läkemedelsetikettskrivare när detta är möjligt. CVP- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Tryckset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ska vara tydligt märkt med avsedd etikett samt datum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D0E8CB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="64FF196F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc210050959"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Åtgärder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="377F8C89" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001A388F" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="297F97C2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001A388F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">Swan-lock </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ska sitta </w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">på alla </w:t>
       </w:r>
       <w:r>
         <w:t>lumen innan 3-vägskran kopplas</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Swan-lock byts var 4.e dag vid slangbyte. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333F46FA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0033203C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1EEDBE8D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">Proximala lumen </w:t>
       </w:r>
       <w:r>
         <w:t>VIT</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3-vägskran (eventuellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) -</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Kristalloider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, TPN, </w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t>Kalium</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och Insulin.</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D92AB2E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0033203C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="21B3EF3B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">Mediala lumen </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C43">
         <w:t>BLÅ</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t>: 3-vägskran</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0033203C">
         <w:t>Inotrop</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> läkemedel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBDCCB2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0033203C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0EED7344" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">Mediala lumen </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C43">
         <w:t>GRÅ</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t>: 3-vägskran</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t>edering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och analgetika.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726278FD" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0006548D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="466BC075" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0006548D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0006548D">
         <w:t xml:space="preserve">Distala lumen </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C43">
         <w:t>BRUN</w:t>
       </w:r>
       <w:r w:rsidRPr="0006548D">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Kort 3 vägskran - </w:t>
       </w:r>
       <w:r w:rsidRPr="0006548D">
         <w:t>Kontinuerlig/intermittent CVP- mätning – (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0006548D">
         <w:t>ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0006548D">
         <w:t xml:space="preserve"> PICCO </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0006548D">
         <w:t>termistor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0006548D">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - Injektioner och antibiotikainfusioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C8882E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2EC330A8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0033203C">
         <w:t>Fu</w:t>
       </w:r>
       <w:r>
         <w:t>rosemid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ges i första hand</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve"> perifert</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OBS! Ge ej i samma lumen som Glukos om perifer infart ej är möjlig. </w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161D39BC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="112E62F1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Backventil kopplas mellan trevägskranen och infusionsaggregatet vid infusion med sprutpump. Backventil byts var 4.e dag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3C9FC9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0033203C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3B967D16" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="326784D8" wp14:editId="48601C6C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70BD0382" wp14:editId="1E3C92A8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>829310</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3771900" cy="2602230"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21505"/>
                 <wp:lineTo x="21491" y="21505"/>
                 <wp:lineTo x="21491" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name="Bildobjekt 3" descr="En bild som visar kabel, Medicinsk utrustning, Elkabel, medicinsk&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -6974,415 +6991,415 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3771900" cy="2602230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t>Avstängningsklämman skall alltid vara stängd så nära patienten som möjligt vid vilande lumen. Detta för att förhindra att blod backar upp i lumen och försämrar funktionen eller att det blir stopp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CACE98" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="17497E0D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39645857" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="79757004" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="599DC125" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="29574B9B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14079A7C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="14FC406B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02BE4C0F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2C400ACF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59789A17" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2FEB7B0C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02BC3882" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="77DC38A6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09D076AC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="56762879" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D6554BE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0DFB80A7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5370C698" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="04834038" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="287F8E0C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3A4344A3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001F6E2B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407935D4" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="0071100A" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="41AD0612" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0071100A" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071100A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Referenser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0512ED32" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="25CEA6C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001F6E2B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Översikt - Vårdhandboken </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42224F36" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="03DFCECC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>CVK_riktlinjer</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>2-6</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (sfai.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39459F5D" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3C0D20AE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc210050960"/>
       <w:r>
         <w:t>CVK – CVP-mätning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="3EFF76F8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00DB63D7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5EAB925E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00DB63D7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Centralt ventryck (CVP)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> mät</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s genom att en tryckgivare kopplas till den distala skänkeln på CVK och därefter till övervakningsenheten. </w:t>
       </w:r>
       <w:r w:rsidRPr="001045AB">
         <w:t>CVP ska kopplas upp och mätas på intensivvårdspatienter med svikt i vitala funktioner.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6983ED2B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="771B1436" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc210050961"/>
       <w:r w:rsidRPr="00A0447C">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="052E8C1A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="64E34351" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Tryckmätningssetet fylls med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> och därefter pumpas övertrycksmanschetten upp till 300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>. Se till att alla anslutningar är åtskruvade.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C17020" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="7D9A633F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Tryckmätningssetet kopplas till så distalt på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> som möjligt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F75BAF" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="26DE6C83" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Tryckgivaren placeras i höjd med främre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>axillarlinjen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54851D2B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3DF5A48C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Nollning av tryckgivaren ska göras efter uppkoppling samt en gång/arbetspass. Kranen stängs mot patienten och öppnas för lufttryck mot givaren. Tryck på nollning på övervakningsskåpet. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Tryckvärdet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> visar 0 och tryckkurvan går ner på nollinjen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BCD73C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="13B6693A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Vid CVP mätning ska pat. ligga i planläge med armarna utefter sidorna. Om patienten inte kan läggas i planläge vid mätningen ska detta dokumenteras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1499DFC2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="57EF8BCB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Stäng av eventuella infusioner i CVP slangen. Spola igenom CVP slangen innan mätningen. Detta är särskilt viktigt om det går fettlösningar i CVP slangen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E29C979" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1BD2CDA7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Kontrollera att tryckgivaren sitter i höjd med främre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>axillarlinjen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>. Är man osäker kan man ta loss tryckgivaren och hålla den mot patienten i rätt läge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54232968" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="01285085" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Kontrollera att det blir en bra CVP kurva på övervakningsskåpet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F85DC2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="02A5B16C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Läs av värdet då det stabiliserats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A31D9A8" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00DB63D7" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="29942B11" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00DB63D7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00436ED9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">CVP mäts 1ggr/pass </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -7399,813 +7416,813 @@
         </w:rPr>
         <w:t xml:space="preserve"> ordination </w:t>
       </w:r>
       <w:r w:rsidRPr="00436ED9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>och alltid inför en ny PICCO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00436ED9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>kalibrering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7577D75F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00055E46" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3444FE4F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00055E46" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc210050962"/>
       <w:r w:rsidRPr="00055E46">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="118E5372" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00D717F5" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="55DCE0B2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Dokumentera det avlästa värdet i CCC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C2400AD" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00A0447C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="15A4F382" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00A0447C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc210050963"/>
       <w:r>
         <w:t>Referenser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="2C3AB288" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="741E6E22" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Hemodynamisk monitorering med PA-kateter (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62DFE265" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00A0447C" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4E73F920" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00A0447C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Hemodynamisk monitorering med hjälp av </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>PiCCO</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41FD3879" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="52291452" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00DB63D7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Översikt - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A6C567F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0CFD6383" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Toc210050964"/>
       <w:r>
         <w:t>CVK – Ocklusion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="193F0621" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6FDF4445" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Det inträffar relativt ofta att det blir ocklusion i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:er</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> antingen orsakat av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>blodkoagler</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> eller fettemulsioner som helt eller delvis omöjliggör användandet av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Oberoende av orsak till ocklusionen så hanteras ocklusionen på samma sätt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DAD81D" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="634B074C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc210050965"/>
       <w:r w:rsidRPr="00EC329B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Åtgärd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="63A185E2" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5063CEBE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Om man inte får backflöde i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469A1587" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1FFF2A97" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Kontrollera katetern utanför kroppen fram till huden: Är alla klämmor och kranar öppna? Är katetern knickad? Kan knicken sitta vid kopplingen plast/slang just vid hudplanet? Byt förband och dra lätt i katetern vid bytet, och försök räta ut den så mycket som möjligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2038C180" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="1B1194FC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Försök spola med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">, 9mg/ml i en 10 ml spruta och prova därefter att aspirera med samma spruta, aspirera - injicera omväxlande med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>2-3</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 9 mg/ml 10-20 gånger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C63FCBA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0C8D4EE2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Får man då inget backflöde, bör man kontrollera att CVK fortfarande ligger i kärlet. Beställ röntgen CVK-läge och fråga efter ”Intravasalt läge på kateter?”. Denna röntgen skall för säkerhets skull göras med kontrast (om inga kontraindikationer finns) för att säkert verifiera det intravasala läget. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E3525F" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2417E495" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45DBE871" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="43A8EF9C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Har man vid ett tillfälle röntgenkontrollerat läget </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>pga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> att katetern ej fungerat, behöver detta inte upprepas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20712067" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="42FD1873" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Ligger katetern i intravasalt läge, och backflöde fortfarande saknas, kontakta narkosläkare (SOL) på telefon 51435 på NÄL eller </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>50770</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> på Uddevalla sjukhus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF4D1BB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="029FD962" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="011EC343" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="496343C4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc210050966"/>
       <w:r w:rsidRPr="00EC329B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Actilysebehandling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="14358A07" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="002B94C5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">På dialysmottagningen finns Färdigspädd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Actilyse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 1mg/ml i 5 ml ampuller, vid behov kan sådan ampull lånas från dialysmottagningen, eller kan beställas via apoteket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FCFA38" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="22F6F687" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc210050967"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Gör enligt följande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58182D37" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="775C4BEB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Injicera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Actilyse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 1 mg/ml: 1ml i den </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>ockluderade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="328B8AAC" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2AD96B69" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Vänta 30 min. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E53AD58" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="71FA6A7E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Försök aspirera. Är detta inte möjligt försöker man spola in i katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2DE009" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2ED44B53" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid framgång är det mycket viktigt att man mekaniskt noggrant spolar rent katetern med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 9 mg/ml med minst 10 ml x 4. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F895A9" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="215A8A31" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Får man inget backflöde upprepa genom att addera ytterligare </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Actilyse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 1 mg/ml, 0,1 ml var 5:e minut upp till max. 0,3 ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20922673" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="297447E1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc210050968"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Smärta vid injektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D9CA25" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="6CF6408D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Detta beror ofta på läckage. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B2CA20B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC329B" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3E175BCE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Avbryt genast injektionen! Röntga därefter katetern med kontrast och ta kontakt med narkosläkare (NÄL 51435, Uddevalla </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>50770</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A51471B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2129CDF9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc210050969"/>
       <w:r>
         <w:t>CVK – Infektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w14:paraId="5B2198BF" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5BCF7EA8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Det är viktigt att med goda rutiner och basala hygienrutiner förebygga CVK-infektioner. När de väl uppstår kan det leda till för patienten kraftigt förlängd vårdtid, men också en ökad dödlighet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EDAB3C" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="423ACB86" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">De vanligaste </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>patogenerna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är KNS (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>koagulasnegativa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> stafylokocker). De har antingen migrerat in från huden längs utsidan på katetern eller har förts in i blodbanan via ett kontaminerat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> eller en kateter. Det förekommer också CVK-relaterade infektioner orsakade av andra bakterier och svamp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CEDA16" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00215538" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="649E9B02" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00215538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Toc210050970"/>
       <w:r w:rsidRPr="00215538">
         <w:t>Diagnostik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="34916E29" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="33AD98EF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Med CVK-relaterad infektion menas </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3BF183" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="25D0D04F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">klinisk misstanke om kateterrelaterad infektion tillsammans med positiv odling från kateterspets eller </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78AD0787" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="56D4251D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">odlingar med fynd av samma bakterie i kateterblod som i perifert blod, och då tiden till växt av bakterien (så kallad omslagstid) i kateterblod är minst 120 min kortare än tiden till växt i perifert blod. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2106B730" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="23A0AF24" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om misstanke finns om CVK-relaterad infektion, ta två blododlingar, varav en från CVK och en från perifert blod. Skriv på remissen att CVK-relaterad infektion misstänks, så fås svar från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>bakt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>-lab på omslagstiden för de två odlingarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19AE6AB5" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="666BB73E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5340530E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="4D61A415" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Det är viktigt att vid minsta misstanke om CVK-relaterad infektion och vid </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>temptopp &gt;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 39° ta odlingar ur både perifert blod och ur CVK, </w:t>
       </w:r>
       <w:r w:rsidRPr="0070022A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>båda inom 10 minuter</w:t>
       </w:r>
       <w:r>
         <w:t>. Märk remiss med tid för provtagning + misstanke CVK-relaterad infektion. Får man samma odlingssvar på bägge odlingar styrker det misstanken om CVK-relaterad infektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BF2DDB" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="35E09C4F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid stark misstanke om infektion skall katetern dras så fort som möjligt och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>katetersspetsen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> skall skickas för odling. Spetsen klipps av med steril sax och läggs i sterilt urinodlingsrör. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724F085E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="04D96502" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Innan katetern dras, kontakta gärna narkosläkare för att diskutera åtgärder. Graden av misstanke avgör hur angeläget det är att dra katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D00E7DF" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2304BD31" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid liten misstanke om infektion kan man välja att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>antibiotikabehandla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> några dagar med adekvat antibiotika och avvakta odlingssvar, innan katetern eventuellt dras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CC3B3E" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="07DAD4E0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc210050971"/>
       <w:r w:rsidRPr="00215538">
         <w:t xml:space="preserve">Övriga </w:t>
       </w:r>
       <w:r w:rsidRPr="003544EA">
         <w:t>åtgärder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="64097C35" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="71254135" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Innan antibiotika sätts in, skall adekvata odlingar vara tagna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEEF06B" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="3D43720F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om möjligt bör den infekterade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> avvecklas, och adekvat antibiotikum ges innan ny CVK sätts. Något säkert generellt tidsintervall kan inte anges, utan man får väga risker och nytta mot varandra i varje enskilt fall. Om man inte klarar sig utan CVK i ett par dygn kan man överväga att efter odling ge antibiotikabehandling, och därefter sätta ny CVK via annan del av vensystemet innan den infekterade katetern avvecklas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8A19AE" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="001A7410" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="5F7B8130" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001A7410" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Toc210050972"/>
       <w:r w:rsidRPr="00267B79">
         <w:t>Referenser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="1C07F5C4" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="2018032E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Blot F, </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Nitenberg</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r>
           <w:rPr>
@@ -8264,51 +8281,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>354</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>(9184):1071-1077</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786C139A" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="543EAF09" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Catton JA, Dobbins BM, Kite P, Wood JM, Eastwood K, Sugden S, Sandoe JA, Burke D, McMahon MJ, Wilcox MH: </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>In situ diagnosis of intravascular catheter-related bloodstream infection: a comparison of quantitative culture, differential time to positivity, and endoluminal brushing</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -8335,51 +8352,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>33</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>(4):787-791.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6538EC03" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00971DCF" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="03CDD65F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00971DCF" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Maki DG, Weise CE, Sarafin HW: </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>A semiquantitative culture method for identifying intravenous-catheter-related infection</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -8406,175 +8423,176 @@
         </w:r>
         <w:r w:rsidRPr="00971DCF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>296</w:t>
         </w:r>
         <w:r w:rsidRPr="00971DCF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>(23):1305-1309</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00971DCF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C30CAD" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="0AA5B5C9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Safdar N, Fine JP, Maki DG: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Meta-analysis: methods for diagnosing intravascular device-related bloodstream infection</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCA1DAA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="123B8723" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SFAIs </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>riktlinjer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> för central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>venketeterisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="70E0F446" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="009E13DD" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
+    <w:p w14:paraId="10BBF627" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="009E13DD" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01080277" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00C8471D" w:rsidRDefault="00537CDA" w:rsidP="00537CDA">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="008F6A73" w:rsidSect="00B96AFF">
+    <w:p w14:paraId="15DEDEA2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C8471D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="220FA3A0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D05027F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008F6A73" w:rsidRDefault="00F50B70" w:rsidP="00F50B70"/>
+    <w:p w14:paraId="40AA233F" w14:textId="65BBCD37" w:rsidR="009C6C0C" w:rsidRPr="005A1144" w:rsidRDefault="009C6C0C" w:rsidP="005A1144"/>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="005A1144" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:footerReference w:type="even" r:id="rId29"/>
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:headerReference w:type="first" r:id="rId31"/>
       <w:footerReference w:type="first" r:id="rId32"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B0FFA03" w14:textId="77777777" w:rsidR="00E718F6" w:rsidRDefault="00E718F6">
+    <w:p w14:paraId="6245723A" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="277358C4" w14:textId="77777777" w:rsidR="00E718F6" w:rsidRDefault="00E718F6">
+    <w:p w14:paraId="23BBB774" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0629F2C5" w14:textId="77777777" w:rsidR="00E718F6" w:rsidRDefault="00E718F6">
+    <w:p w14:paraId="19ED0C3A" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8644,116 +8662,117 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="36F195FA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00C43BDD">
+  <w:p w14:paraId="3233A43F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6D136B37" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00C43BDD">
+  <w:p w14:paraId="0230C508" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-742334302"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6371FCF7" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00EC0A68" w:rsidRDefault="00537CDA" w:rsidP="00EC0A68">
+      <w:p w14:paraId="3110DE6B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC0A68" w:rsidRDefault="00F50B70" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
@@ -8767,62 +8786,62 @@
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7EE6E476" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00FB2F0F">
+  <w:p w14:paraId="11EB818E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C13ADB8" wp14:editId="69FC350C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11473091" wp14:editId="731EF214">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1397159466" name="Bildobjekt 1397159466">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -8883,73 +8902,72 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00537CDA" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -9105,318 +9123,318 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38297BEC" w14:textId="77777777" w:rsidR="00E718F6" w:rsidRDefault="00E718F6"/>
+    <w:p w14:paraId="41E7A237" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E152AE6" w14:textId="77777777" w:rsidR="00E718F6" w:rsidRDefault="00E718F6">
+    <w:p w14:paraId="347842CA" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1479CC4F" w14:textId="77777777" w:rsidR="00E718F6" w:rsidRDefault="00E718F6">
+    <w:p w14:paraId="1518A414" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="60966628" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRPr="00DA65C4" w:rsidRDefault="00537CDA" w:rsidP="00DA65C4">
+  <w:p w14:paraId="7EDDCC22" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00DA65C4" w:rsidRDefault="00F50B70" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ABA850B" wp14:editId="208EC526">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30D46F3A" wp14:editId="60BBD537">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1494106231" name="Textruta 1494106231"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2A2F3FCA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="14D2F766" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3ABA850B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="30D46F3A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 1494106231" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2A2F3FCA" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="14D2F766" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2786BEF0" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA" w:rsidP="00413A60">
+  <w:p w14:paraId="5A08E348" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="202E0797" wp14:editId="20E5FBF5">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20EF9452" wp14:editId="2219D280">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="193205992" name="Textruta 193205992"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="71AEF914" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA">
+                        <w:p w14:paraId="7C69B8A7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="202E0797" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="20EF9452" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 193205992" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="71AEF914" w14:textId="77777777" w:rsidR="00537CDA" w:rsidRDefault="00537CDA">
+                  <w:p w14:paraId="7C69B8A7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31FFA026" wp14:editId="36AFA9D9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AD41A1" wp14:editId="38BBA21E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="97805968" name="Bildobjekt 97805968">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -13713,51 +13731,51 @@
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="477773249">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="14961265">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1880312621">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="620694137">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1004672345">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="571475769">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="87"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -13935,50 +13953,51 @@
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00537CDA"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A1144"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F443E"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="0065728B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
@@ -13997,50 +14016,52 @@
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F5BD8"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0071100A"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00742744"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00773126"/>
+    <w:rsid w:val="00773C17"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00806CC0"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008378F6"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
@@ -14087,50 +14108,51 @@
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C5B24"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A3511B"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
+    <w:rsid w:val="00A41D39"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE2FE7"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE7E62"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
@@ -14181,100 +14203,102 @@
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C56DBC"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC07DA"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D161BE"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D26C15"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D85E1B"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA7CA7"/>
     <w:rsid w:val="00DB5261"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E53052"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E718F6"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0CEF"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED252D"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F50B70"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA2D03"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -17279,70 +17303,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>3505</Words>
-  <Characters>25209</Characters>
+  <Words>4538</Words>
+  <Characters>24052</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>210</Lines>
+  <Lines>200</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28657</CharactersWithSpaces>
+  <CharactersWithSpaces>28533</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>CVK - Övergripande rutin</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>