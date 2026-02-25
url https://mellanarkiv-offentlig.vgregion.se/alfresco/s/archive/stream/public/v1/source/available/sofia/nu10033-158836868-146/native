--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -1,7407 +1,6770 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5F370908" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="65EEB6F6" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc221176596"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc221176645"/>
+      <w:r>
+        <w:t>CVK – Övergripande rutin</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="11EDE0F9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="991"/>
-[...352 lines deleted...]
-    </w:tbl>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc221176597"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc221176646"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t xml:space="preserve">Förändringar sedan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>föregående</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="6DDC6F9E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="007A334E" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Nytt kopplingsschema med tillägg av instruktion för femte lumen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB30552" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc181866758"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc221176598"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc221176647"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc72840807"/>
+      <w:r>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:id w:val="1037315842"/>
+        <w:id w:val="-1176186285"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="7F3EDA44" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="3ADFFD9F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
-            <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
-            <w:ind w:right="991"/>
+            <w:pStyle w:val="Innehll1"/>
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
-[...1 lines deleted...]
-          </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="294869CD" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="3E1186A4" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
+              <w:b/>
+              <w:bCs/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050931" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176648" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...6 lines deleted...]
-                <w:noProof/>
+              </w:rPr>
+              <w:t>Denna rutin gäller för</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...12 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176648 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A0FA421" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="41671F2A" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
+              <w:b/>
+              <w:bCs/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050932" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176649" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-                <w:noProof/>
               </w:rPr>
               <w:t>Bakgrund</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...12 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176649 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25186AD8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="2C236314" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050933" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176650" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Beakta risk för luftemboli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050933 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176650 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34C7A6AD" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="649CC16B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050934" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176651" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050934 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176651 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A521C41" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="6CB506D3" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
+              <w:b/>
+              <w:bCs/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050935" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176652" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-                <w:noProof/>
               </w:rPr>
               <w:t>Syfte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...12 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176652 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...6 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B12C88C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="77D3CE80" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
+              <w:b/>
+              <w:bCs/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050936" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176653" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...6 lines deleted...]
-                <w:noProof/>
+              </w:rPr>
+              <w:t>Utförande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...12 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176653 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4AA48205" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="13A5FC77" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
+              <w:b/>
+              <w:bCs/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050937" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176654" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-                <w:noProof/>
               </w:rPr>
               <w:t>CVK – Inläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...12 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176654 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="241CC7AB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="61D30D5D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050938" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176655" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Val av kärl och mål för kateterspetsläge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050938 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176655 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F24BA64" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="78B48219" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050939" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176656" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Val av kateter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050939 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176656 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F0F9546" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="3FEFE6B4" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050940" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176657" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Ultraljud eller inte?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050940 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176657 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53DE7D83" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="71725756" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050941" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176658" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Inläggningsmetodik</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050941 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176658 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1981F7B0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="4A8D772D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050942" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176659" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Material</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050942 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176659 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A07E066" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="3021D9C8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050943" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176660" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Tillvägagångssätt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050943 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176660 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B386B25" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="1DAC9EBB" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050944" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176661" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Röntgen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050944 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176661 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0E7325DD" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="025233F2" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050945" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176662" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utvärdering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050945 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176662 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="72804455" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="269F6D62" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050946" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176663" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dokumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050946 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176663 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3DCA61CC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="4D34115C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050947" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176664" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050947 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176664 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18169EC3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="618ACF36" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
+              <w:b/>
+              <w:bCs/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050948" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176665" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-                <w:noProof/>
               </w:rPr>
               <w:t>CVK – Handhavande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...12 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176665 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...6 lines deleted...]
-                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="36D5558A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="253C2DD3" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050949" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176666" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dokumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050949 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176666 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="313F598A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="10B6BE03" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050950" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176667" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Läkemedelshantering i CVK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050950 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176667 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="665AC4C5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="4DA44212" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050951" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176668" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Omläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050951 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176668 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="433B97E7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="3187833B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050952" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176669" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Handhavande vilande CVK-skänklar</w:t>
+              <w:t>Tillvägagångssätt vid omläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050952 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176669 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="603F46B1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="36C24E58" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050953" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176670" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Blodprovstagning</w:t>
+              <w:t>Handhavande vilande CVK-skänklar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050953 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176670 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7687E2F8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="57444CA0" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050954" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176671" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Borttagning av CVK</w:t>
+              <w:t>Blodprovstagning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050954 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176671 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="561B28CC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="723C7AFA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050955" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176672" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Tillvägagångssätt vid borttagning</w:t>
+              <w:t>Borttagning av CVK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050955 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176672 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6AF8F8BE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="1546B565" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050956" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176673" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Referenser</w:t>
+              <w:t>Tillvägagångssätt vid borttagning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050956 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176673 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C6B7AAC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...68 lines deleted...]
-        <w:p w14:paraId="724DF6D1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="54A99ECF" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050958" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176674" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Märkning</w:t>
+              <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050958 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176674 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3402A424" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="0A3E511B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221176675" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>CVK – Kopplingsschema</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176675 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="13BA2D7C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050959" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176676" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Åtgärder</w:t>
+              <w:t>Märkning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050959 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176676 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="645FC86D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...68 lines deleted...]
-        <w:p w14:paraId="4998E526" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="686FBC1F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050961" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176677" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Genomförande</w:t>
+              <w:t>Åtgärder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050961 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176677 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="099BBDB2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="2190D571" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050962" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176678" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Dokumentation</w:t>
+              <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050962 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176678 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="36C915CE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="4C592445" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221176679" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>CVK – CVP-mätning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176679 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="12D14B34" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050963" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176680" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Referenser</w:t>
+              <w:t>Genomförande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050963 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176680 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B5645E4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...68 lines deleted...]
-        <w:p w14:paraId="17C435AA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="023EBF18" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050965" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176681" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Åtgärd</w:t>
+              <w:t>Dokumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050965 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176681 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D4B7B92" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="3C35ADD9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050966" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176682" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Actilysebehandling</w:t>
+              <w:t>Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050966 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176682 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="33D06E73" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="725B252A" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221176683" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>CVK – Ocklusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176683 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2DADAA1B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050967" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176684" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Gör enligt följande</w:t>
+              <w:t>Åtgärd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050967 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176684 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E2A0685" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="7A638C5F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050968" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176685" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Smärta vid injektion</w:t>
+              <w:t>Actilysebehandling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050968 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176685 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0D4906DE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...68 lines deleted...]
-        <w:p w14:paraId="4599315D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="580D0C0D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050970" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176686" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Diagnostik</w:t>
+              <w:t>Gör enligt följande</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050970 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176686 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="210797E6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="07942C29" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050971" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176687" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Övriga åtgärder</w:t>
+              <w:t>Smärta vid injektion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050971 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176687 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3B5B2799" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="5A6EE7C7" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221176688" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>CVK – Infektion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176688 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6BBE90B0" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210050972" w:history="1">
-            <w:r w:rsidRPr="005D1400">
+          <w:hyperlink w:anchor="_Toc221176689" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Referenser</w:t>
+              <w:t>Diagnostik</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210050972 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176689 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="330AF8A4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:p w14:paraId="08C19026" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
           <w:pPr>
-            <w:ind w:right="991"/>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:hyperlink w:anchor="_Toc221176690" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Övriga åtgärder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176690 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="04C3BDFA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
             <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b/>
               <w:bCs/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc221176691" w:history="1">
+            <w:r w:rsidRPr="002C0A10">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+              </w:rPr>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc221176691 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="645BCDD3" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+          <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="46F1802C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="30F405B9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:rPr>
-[...35 lines deleted...]
-    <w:p w14:paraId="538A588A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc221176648"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc181866759"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">Denna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>rutin</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> gäller för</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="1C8C5D88" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00162D65" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB1792">
+        <w:t>Läkare, sjuksköterskor och undersköterskor på AnOpIVA-kliniken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FECDD48" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00385538">
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc221176649"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Bakgrund</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="4CF1F9CF" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00ED252D" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">En central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>venkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> (CVK) är en kärlkateter där kateterspetsen ligger i en central ven, vanligtvis i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>vena</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>cava</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>superior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>. Det finns flera olika typer av CVK, avsedda för kort- eller långtidsbruk. En CVK kan ha en eller flera lumen. Ett beslut om inläggning ska alltid övervägas noggrant för varje enskild patient, då användandet av CVK är förenat med risk för komplikationer. Planerat användningsområde bör styra val av CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53156439" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7A094E31" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00ED252D" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t>Arbeta aseptiskt och följ basala hygienrutiner. Utför så få manipulationer av kopplingar och kranar som möjligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B2C1AF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="52099F64" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00ED252D" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">När systemet bryts för tex avlägsnande av infusionsaggregat eller proppar, eller hantering av trevägskranar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">, används en celltork indränkt med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> 5mg/ml för desinfektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BD54C1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5634A741" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00ED252D" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t>Kassera alltid använda proppar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74694574" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00ED252D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3D013FFB" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00ED252D" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve">Infusioner, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00ED252D">
         <w:t xml:space="preserve"> och trevägskranar kopplas standardiserat och märks korrekt för att öka säkerheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059A6F13" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="74005214" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc210050933"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc210050933"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc221176650"/>
       <w:r w:rsidRPr="00965598">
         <w:t>Beakta risk för luftemboli</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="4B59B78F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00AE7E62" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE7E62">
         <w:t xml:space="preserve">Vid all manipulering av CVK bör patienten ligga i planläge. Vid vissa sjukdomstillstånd är inte detta lämpligt, patienten kan behöva ha lätt höjd huvudända exempelvis vid andningsbesvär. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4140F0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00AE7E62" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="4BE3D12D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00AE7E62" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE7E62">
         <w:t xml:space="preserve">Viktigast är att katetersystemet alltid är slutet och vätskefyllt och att ha ett arbetssätt som förhindrar att </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AE7E62">
         <w:t>luft sugs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AE7E62">
         <w:t xml:space="preserve"> in i patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E65348A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C56DBC" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7DDC7838" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C56DBC" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc210050934"/>
-      <w:r w:rsidRPr="00C56DBC">
+      <w:bookmarkStart w:id="17" w:name="_Toc210050934"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc221176651"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Indikation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="0DFD0A7C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035502F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Korrekta och strikta indikationer ska alltid tillämpas för inläggning av CVK. Exempel på indikationer är:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265D067E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3F88008D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035502F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>svårstucken patient.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CED29C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5F8A0254" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035502F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>infusion av kärlretande eller kärlsammandragande läkemedel eller vätskor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E728568" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="4C8839F0" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035502F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>långvarigt behov av venös infart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A74E5B6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="21239BD5" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035502F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>annan specifik behandling exempelvis transfusioner eller behandling med immunglobuliner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319D4591" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6E1E0694" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035502F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>snabba/stora mängder infusioner/transfusioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7982AC55" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035502F" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="10EF518E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035502F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0035502F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>centralvenös tryckmätning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251A1EDC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003467A5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="48187CBE" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc210050935"/>
-      <w:r w:rsidRPr="003467A5">
+      <w:bookmarkStart w:id="19" w:name="_Toc221176652"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Syfte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="6E765BCA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00B029B5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:r w:rsidRPr="00BB1792">
         <w:t>Säkert handhavande vid all hantering av en CVK.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB1792">
-[...6 lines deleted...]
-    <w:p w14:paraId="0EF8F981" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D161BE" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    </w:p>
+    <w:p w14:paraId="4DAC3B42" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc210050936"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="24A59790" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkStart w:id="20" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc181866761"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc221176653"/>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="636A3BF3" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc210050937"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7FB443A4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D67889" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkStart w:id="23" w:name="_Toc210050937"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc221176654"/>
+      <w:r>
+        <w:t xml:space="preserve">CVK – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>Inläggning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="7D8AC578" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D67889" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc210050938"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc210050938"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc221176655"/>
       <w:r w:rsidRPr="00D67889">
-        <w:t>Val av kärl och mål för kateterspetsläge</w:t>
-[...5 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Val av kärl och mål för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>kateterspetsläge</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="4FC697E3" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001B5352" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">CVK kan läggas in via v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>axillaris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">, v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> interna, (ibland genom åtkomst via v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> externa), eller v. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624560A4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="10BDACB8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001B5352" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve">Inga randomiserade studier talar entydigt för att något av dessa kärl ska vara förstahandsalternativ i alla situationer, och det är inte heller visat någon skillnad i varken </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B5352">
         <w:t>meakeniska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B5352">
         <w:t xml:space="preserve"> komplikationer eller infektionskomplikationer på IVA mellan kärlen, om inläggningen sker under sterila förhållanden och av van inläggare. Däremot finns skillnader mellan kärlen för enskilda komplikationer, vilket understryker vikten av att värdera olika risker för den enskilda patienten i varje enskilt fall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A996A44" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5797CCBC" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001B5352" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001B5352">
         <w:t>Exempel:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8E81C2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7596237B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001B5352" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">v </w:t>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">V </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B5352">
+      <w:r>
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B5352">
-        <w:t xml:space="preserve"> bör undvikas för långtidsanvändning, och i dessa fall kan det eventuellt vara en komfortvinst för patienten att välja v </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> bör undvikas för långtidsanvändning. Av komfortskäl för patienten kan det i dessa fall vara en fördel att välja v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B5352">
+      <w:r>
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B5352">
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181494CB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1BDC2810" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001B5352" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">patienter med stor risk för pneumothorax (uttalat magerlagda eller svår KOL) väljs hellre annat kärl än v </w:t>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">På patienter med stor risk för pneumothorax (uttalat magerlagda eller svår KOL) väljs hellre annat kärl än v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B5352">
+      <w:r>
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="689CF4C1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001B5352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="67F9A362" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001B5352" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">vid koagulationsrubbning bör icke </w:t>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid koagulationsrubbning bör icke </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B5352">
+      <w:r>
         <w:t>kompressibelt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B5352">
+      <w:r>
         <w:t xml:space="preserve"> punktionsområde undvikas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6866751D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6EFDE1EE" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C82754" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C4214C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Optimalt kateterspetsläge är, baserat på teoretiska grunder, nedre delen av v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>cava</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>superior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> eller höger förmak.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA7D40B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00742744" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...8 lines deleted...]
-    <w:p w14:paraId="6A7E8329" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00A25F20" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1CD166EB" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00A25F20" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc210050939"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc210050939"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc221176656"/>
       <w:r w:rsidRPr="00A25F20">
-        <w:t>Val av kateter</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+        <w:t xml:space="preserve">Val av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>kateter</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00A25F20">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127A9B95" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2865F7CD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C4214C" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C4214C">
         <w:t>Till patienter på vårdavdelningarna väljer man i första hand enkellumen-CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AF54E3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6AE03050" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C4214C" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="55582CF4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C4214C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">På IVA använder man i första hand femlumen-CVK </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AA59C9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D73D67" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve">Längd väljs efter patientens storlek och punktionsplats. De allra flesta klarar sig med en </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>15-16</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> cm kateter om inlagd på höger sida. På vänster sida bör man använda minst 20 cm lång kateter. Välj kateterlängd så att hela </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C4214C">
         <w:t xml:space="preserve"> läggs in. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C17817" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...25 lines deleted...]
-    <w:p w14:paraId="0FBF06C2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00046603" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="63433D13" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00046603" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc210050940"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc210050940"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc221176657"/>
       <w:r w:rsidRPr="00046603">
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Ultraljud eller </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>inte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046603">
+        <w:t>?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="258ADF91" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00205DB1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Entydig evidens finns för att ultraljudsledd punktion ger färre infektioner, färre komplikationer och går fortare, framför allt vad gäller kateterisering av v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>int</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">, dock har det inte kunnat beläggas lika säkert vad gäller v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFA29D5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5BAF7319" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00205DB1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Det finns fortsatt stöd från SFAI att lära ut och lära sig CVK med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>landemärkesteknik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">, i första hand för v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> och v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3A2393E4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="74DF7379" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00205DB1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Ansvarig CVK-läggare avgör om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>ultrljudsledd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> teknik ska användas eller inte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01ED5E8F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3B5DF0A7" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00205DB1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Inläggning av CDK ska i görligaste mån ske ultraljudslett.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A51476E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00046603" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1DE60EB6" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00046603" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00046603">
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc210050941"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc221176658"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Inläggningsmetodik</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00046603">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2DF245" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="1DCF2001" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00205DB1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">Uppdukning på IVA görs av två undersköterskor; en sterilklädd (mössa, sterila handskar samt plastförkläde), samt en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>renklädd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve"> undersköterska med mössa och förkläde. En steril duk med spärrskikt läggs på bordet, och på dessa kan sedan sterilt material läggas. Ta fram ultraljudsapparat samt steril strumpa för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t>proben</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB43173" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="2E0B8F92" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00205DB1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t>Alternativt kan uppdukningen ske som på operationen, se nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D9E52B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00205DB1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="0C8F9947" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00205DB1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00205DB1">
         <w:t xml:space="preserve">På operation görs uppdukningen av sterilklädd narkosläkare assisterad av sköterska eller undersköterska. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3954AC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...5 lines deleted...]
-        <w:ind w:right="991"/>
+    <w:p w14:paraId="7BF7E5F9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00093D51">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc210050942"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc210050942"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc221176659"/>
       <w:r w:rsidRPr="00263421">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Material</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="00263421">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B723136" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="703E6F99" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t>(CVK-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>låda)/</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">alternativt engångs CVK-set) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D6BF94" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...8 lines deleted...]
-    <w:p w14:paraId="07807E3D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0032219C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="264C4163" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0032219C" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc210050943"/>
-      <w:r w:rsidRPr="0095788B">
+      <w:bookmarkStart w:id="35" w:name="_Toc210050943"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc221176660"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Tillvägagångssätt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="0095788B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6777AC18" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="56752FBB" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Raka punktionsstället om behov finns, så att förbandet kan fästa bättre. Därefter tvättas området med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>Descutansvamp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> i en halv minut torka med mjukt papper, upprepa proceduren en gång.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75120EED" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="68B4FEAF" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Tvätta därefter punktionsområdet flödigt med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>Klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> och låt lufttorka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D37DC0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="029B730B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Klä in området med sterila dukar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8C1F11" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="20991CF4" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Tippa patientens huvudända </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>5-10</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> grader för att undvika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>luftembolisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0690B3BC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2CF879B6" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Vid behov visualisera kärlet med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>ultraljudsproben</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784BDDA1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="53620705" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Lägg in ledare centralt. Det finns vid behov </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>mikropunktionsset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> i kompaktförrådet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11825B62" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="72B424BA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Använd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>dilatatorn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F875AC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="03F1F294" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Lägg in katetern i hela dess längd om möjligt. Optimalt kateterspetsläge är nedre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>vena</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>cava</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>superior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">/ höger förmak. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C734BA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="73F3C6BE" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Suturera helst fast katetern genom att placera suturerna direkt i vingen på katetern </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033EBD55" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6A1C62F4" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Kontrollera backflöde. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F21FBA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5E0D1543" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Spola med minst 10 ml steril </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> 9mg/ml </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB7DEBE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="36F59763" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Koppla på </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>backventil(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Swanlock) och trevägskranar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E8E408" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="06BD87F6" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve">Tvätta av huden runt katetern och även basen på katetern med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00234946">
         <w:t>Klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00234946">
         <w:t xml:space="preserve"> och låt lufttorka </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C80EBE9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00234946" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3015976C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00234946" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00234946">
         <w:t>Anlägg transparent förband sterilt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E71DCA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00710703" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="475EE6C5" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00710703" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>enlumenkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för avdelningsbruk lagts, sätter man på en backventil med positivt avslut (Caresite </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Luer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Access </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Device</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">), ytterst på slangen, och ingen kork eller trevägskran på denna, och avslutar med att spola igenom katetern med minst 20 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156EA78D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1EC7F9EC" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc210050944"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc210050944"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc221176661"/>
+      <w:r w:rsidRPr="000B117E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Röntgen</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="03BB0C6F">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511E858B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001D4EB0" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="78CB8ADA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001D4EB0" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">CVK lagd med ultraljud i v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">, där inläggningen varit okomplicerad och katetern är för kortvarigt bruk, behöver inte rutinmässigt röntgas (CVK-läggare avgör). Andra sätt att verifiera kateterläge, som kan användas, är CVT-mätning eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>blodgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">. CVK lagd i v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>subclavia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">, eller i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>jugularis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve"> utan ultraljud, bör röntgas. Katetrar inlagda i v. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>femoralis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve"> behöver inte röntgas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF5FD9D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001D4EB0" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="339ACF46" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001D4EB0" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve">Om katetern varit </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t>vilande,  verifieras</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001D4EB0">
         <w:t xml:space="preserve"> intravasalt läge före användning genom aspiration av blod, eller (vid uteblivet backflöde) genom röntgen med kontrasttillförsel via katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0F3AE3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00B61459" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="550E707E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00B61459" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc210050945"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc221176662"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Utvärdering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="655301E9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="25FE773A" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Man skall dagligen omvärdera om patienten behöver sin CVK så att de inte ligger kvar utan att användas. Ju längre en CVK ligger desto större risk för kateterrelaterad infektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7D339E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2E30C3AA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008403F3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">När ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008403F3">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve"> avlägsnas?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A32046C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1FCF1133" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008403F3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Intravasalt läge kan inte verifieras   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE07CC6" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="65D38D18" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008403F3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Misstanke om läckage i katetermaterialet   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E1F9417" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7FD8BB10" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008403F3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t xml:space="preserve">Infektion (/irritation) vid insticksställe   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C81203B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="388D63DA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008403F3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t>Misstanke om CVK-relaterad infektion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70BE4428" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008403F3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="233C7298" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008403F3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="008403F3">
         <w:t>Patienten är ej längre i behov av central infart</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E49B2BC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00B61459" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6105073C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00B61459" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc210050946"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc221176663"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Dokumentation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5AA80A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="18F376B8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="003F36C2" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Inläggande läkare d</w:t>
       </w:r>
       <w:r w:rsidRPr="003F36C2">
         <w:t>okumentera</w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="003F36C2">
         <w:t xml:space="preserve"> i Melior under ”CVK-journal” för att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sjuksköterka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> på IVA/vård</w:t>
       </w:r>
       <w:r w:rsidRPr="003F36C2">
         <w:t xml:space="preserve">avdelning sen skall kunna starta omvårdnadsanteckning för CVK. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CED8E5B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="4F1E363A" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="003F36C2" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003F36C2">
         <w:t>Om patienten vårdas på IVA</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F36C2">
         <w:t xml:space="preserve"> dokumenterar sedan sjuksköterskorna i C</w:t>
       </w:r>
       <w:r>
         <w:t>HA, men omvårdnadsanteckning ska ändå finnas, för att kunna användas vidare när patienten skrivs ut till vårdavdelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007B0351" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5513308D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="003F36C2" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003F36C2">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid inläggning på operation skall </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">CVK-inläggningen </w:t>
       </w:r>
       <w:r w:rsidRPr="003F36C2">
         <w:t xml:space="preserve">dokumenteras i Orbit, antingen i anestesijournalen eller under </w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="003F36C2">
         <w:t>extern verksamhet</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="003F36C2">
         <w:t xml:space="preserve">, att ingreppet är utfört.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3AEE21" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003F36C2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5C3A7720" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="003F36C2" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F36C2">
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc210050947"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc221176664"/>
+      <w:r w:rsidRPr="000B117E">
+        <w:lastRenderedPageBreak/>
         <w:t>Referenser</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidRPr="003F36C2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CE2835" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="49F8E1AA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00093D51" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>SFAIs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t xml:space="preserve"> riktlinjer för central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>venkateterisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2CE92B6B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+    <w:p w14:paraId="6BF604D5" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00093D51" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00634E13">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Översikt - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="083385DF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5824438F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00093D51" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="03BB0C6F">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Jean-Jacques Parienti; Marina Thirion; Bruno Mégarbane; et al. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA37D9D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00093D51" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="0240993F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00093D51" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B913442">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">JAMA. 2008;299(20):2413-2422 (doi:10.1001/jama.299.20.2413 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A16B7B5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="0343C6A1" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="03BB0C6F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kedar et al The incidence of infectious complications</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>Critical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t xml:space="preserve"> Care Medicine.  2005;33(1):</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t>13-20</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="03BB0C6F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24925773" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5A27BF91" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="991"/>
-[...9 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc210050948"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc221176665"/>
+      <w:r>
+        <w:t xml:space="preserve">CVK – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>Handhavande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="41ED0D8A" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Vid inläggning av CVK starta med transparent förband. Detta byts till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Tegaderm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> CHG när det slutat siva från insticksstället. Låt alla blå låsklämmor vara kvar på CVK-slangarna. Dessa låsklämmor ska vara stängda då CVK inte används.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114F68C1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3E2D4099" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>På CVK-skänkeln kopplas ett injektionsmembran vars uppgift är att minska den bakteriella kolonisationen av CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E7263B2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="691402C6" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>På injektionsmembranet kan en trevägskran kopplas. Tänk på att ett större antal kopplingar och kranar ökar risken för infektion, varför antalet kranar i möjligaste mån bör minimeras. Sätt därför endast trevägskranar på de skänklar där det behövs. Injektionsmembran och trevägskran ska ses som en helhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75676440" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3FBB53ED" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>På trevägskranen där det går infusion från sprutpump kopplas även en backventil. Detta för att minska risken att det backar bakåt till pumpen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7DDB1F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="108F7774" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Var 4:e dygn byts trevägskranar, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">, infusionsaggregat, injektionsmembran (Swanlock) och backventiler till kontinuerliga infusioner, även </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Propofol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694BEF14" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6AE65423" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Undantag för SMOF </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kabiven</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> där aggregat byts varje dygn om aggregatet innehåller PVC. Vid PVC-fria aggregat kan dessa bytas var 4:e dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211FC2A9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2136A8FF" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Om infusionen inte pågår kontinuerligt över dygnet, byts aggregatet efter avslutad infusion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7B928D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="48FDEFDD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Blodprodukter ges i möjligaste mån perifert, men kan undantagsvis, och efter läkarordination, ges i CVK. Spola med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> 20-40ml efter avslutad infusion. Om synligt blod fortfarande finns kvar i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranhuset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
-        <w:t xml:space="preserve"> ska trevägskranen </w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="51B21E29" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:t xml:space="preserve"> ska trevägskranen bytas. Byt infusionsaggregat efter avslutad infusion av blodprodukter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E7D816" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>Tryckset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> byts var 7:e dygn. Setet ansluts till 500ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> 9mg/ml och alla kopplingar genomspolas först med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">. Därefter pumpas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>övertrycksmanchetten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> upp till 300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393BFD29" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6959A5EC" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Alla aggregat, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve"> och trevägskranar ska vara genomspolade innan de ansluts till CVK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6BE7CF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00925F18" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2F3F3816" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00925F18" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...11 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc210050949"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc221176666"/>
+      <w:r w:rsidRPr="000B117E">
         <w:t>Dokumentation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3FA8C8D7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="2757664E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Byte av aggregat, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>swanlock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">, backventiler och trevägskranar ska dokumenteras i patientens journal med datum och signatur. Även inspektion/omläggning av instick och förband skall </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>dokumeteras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>, inkl fynd såsom rodnad, blod mm. Vid avlägsnande av katetern dokumenteras datum och tid för detta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492DB560" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00C51CE7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5EFC8EA8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00C51CE7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
-        <w:t xml:space="preserve">På vårdavdelningar görs denna dokumentation i Melior under CVK-journal skötsel. På IVA dokumenteras i CCC, som tidigare. Då patienten överförs till vårdavdelning, dokumenterar IVA-ssk i CVK-journal i Melior, så att avdelningen kan fortsätta sin dokumentation där. Inläggande läkare har skrivit in LOT-nummer i samband med inläggningen. Aggregat och trevägskranar ska märkas med datum och signatur. Infusionsaggregat ska även märkas med läkemedelsnamn. CVK-skänklar märks med CVK-lapp.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7993F279" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00925F18" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:t xml:space="preserve">På vårdavdelningar görs denna dokumentation i Melior under CVK-journal skötsel. På IVA dokumenteras i </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CHA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51CE7">
+        <w:t xml:space="preserve">, som tidigare. Då patienten överförs till vårdavdelning, dokumenterar IVA-ssk i CVK-journal i Melior, så att avdelningen kan fortsätta sin dokumentation där. Inläggande läkare har skrivit in LOT-nummer i samband med inläggningen. Aggregat och trevägskranar ska märkas med datum och signatur. Infusionsaggregat ska även märkas med läkemedelsnamn. CVK-skänklar märks med CVK-lapp.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F9B872" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00925F18" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc210050950"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc210050950"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc221176667"/>
+      <w:r w:rsidRPr="000B117E">
+        <w:t>Läkemedelshantering</w:t>
+      </w:r>
       <w:r w:rsidRPr="00925F18">
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="3BC9FA8D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:t xml:space="preserve"> i CVK</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="1C25B918" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00C51CE7">
         <w:t xml:space="preserve">Vid injektioner i CVK ska injektionsmembranet eller trevägskranen desinficeras med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C51CE7">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C51CE7">
-        <w:t xml:space="preserve"> i minst 5 sek och därefter lufttorka innan sprutan kopplas till. Kontrollera i FASS angående bla</w:t>
+        <w:t xml:space="preserve"> i minst 5 sek och därefter lufttorka innan sprutan kopplas till. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51CE7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Kontrollera i FASS angående bla</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F11">
         <w:t>ndbarhet</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> innan injektion ges</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F11">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00673F11">
         <w:t xml:space="preserve">Om risk för fällningar ska pågående infusioner stoppas och trevägskranen spolas igenom med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00673F11">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 9mg/ml</w:t>
       </w:r>
       <w:r w:rsidRPr="00673F11">
         <w:t xml:space="preserve"> innan injektionen ges. Spola alltid efter alla injektioner med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00673F11">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00673F11">
         <w:t xml:space="preserve"> 9 mg/ml. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E9DD0F5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6E3A92BA" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontrollera kateterläge genom att aspirera tills det kommer blod i slangen, men inte ända upp till sprutan. Spola därefter med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>5-10</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176629C3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="581BCE93" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Administrera därefter läkemedlet enligt ordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455CE0C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3DD0B18C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">När injektion eller infusion/transfusion är avslutad spolas CVK med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>20-40</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 9 mg/ml. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17270776" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="0A382107" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Vid avslut av behandling med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inotropa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> droger ska skänkeln aspireras innan den spolas rent med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 9 mg/ml enligt ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F55E7F3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2657C2DD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Stäng klämman på slangen i slutet av spolningsproceduren för att undvika att blod backar tillbaka i katetern när man avlägsnar sprutan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB023F4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008F04C3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="0FDB7067" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008F04C3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008F04C3">
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc210050951"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc221176668"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Omläggning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="7073EA45" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>CVK ska läggas om var 3:e- var 5:e dygn i slutenvård. Om det är blod eller fukt under förbandet, bör det bytas snarast.</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED44FA">
         <w:t xml:space="preserve"> I öppenvård/hemsjukvård kan omläggning, av praktiska skäl</w:t>
       </w:r>
       <w:r>
         <w:t>, utföras upp till var 7:e dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56590FB8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="29EF4484" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om enheten använder </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Tegaderm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> CHG (förband med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>klorhexidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) görs första byte till detta när det inte längre sivar blod från insticket. Därefter kan omläggning ske var 7:e dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BCE8FA" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5B2441B6" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Vid byte av förband används basala hygienrutiner. Mellan att det gamla förbandet avlägsnas och det nya appliceras, byter man till rena handskar och spritar händerna emellan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37427E36" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0035691C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="18F9C114" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0035691C" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc221176669"/>
       <w:r w:rsidRPr="0035691C">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Tillvägagångssätt vid omläggning</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0CF0AAB9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="4070ED90" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Informera patienten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D22B2A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="47568A39" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Låt patienten ligga på rygg. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="_Hlk149720824"/>
+      <w:bookmarkStart w:id="54" w:name="_Hlk149720824"/>
       <w:r>
         <w:t xml:space="preserve">Om trevägskran och/eller slangsystemet ska bytas samtidigt ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>pat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ligga med sänkt huvudända, alternativt plant, om sänkt huvudända inte tolereras</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CEA754" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5E018F89" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Tvätta och sprita händerna. Tag på skyddsförkläde och rena handskar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F5F66B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7CEC6B02" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Avlägsna det gamla förbandet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FB237D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="14D22FAE" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Byt till rena handskar, sprita händerna emellan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718D4A39" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5E7BD4BD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mekanisk rengöring av insticksstället, CVK-vingarna, samt en bit upp på katetern med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Descutansvamp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5465686A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="4F9D4F25" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Torka bort överskottet med ren kompress.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51638026" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="60F21B47" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontrollera insticksstället. Se till att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är väl fastsuturerad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7138233E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="430D4EA8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Täck insticksstället med nytt transparent förband.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11AD01E1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008F04C3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="708F5107" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008F04C3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc210050952"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc210050952"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc221176670"/>
       <w:r w:rsidRPr="008F04C3">
-        <w:t>Handhavande vilande CVK</w:t>
+        <w:t xml:space="preserve">Handhavande </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>vilande</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F04C3">
+        <w:t xml:space="preserve"> CVK</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008F04C3">
         <w:t>skänklar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="45247D1E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="000E1276" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1276">
         <w:t xml:space="preserve">Med vilande CVK menas CVK som används mer sällan än var 7:e dag. Det är inte vetenskapligt klarlagt om regelbunden spolning av vilande katetersystem förebygger kateterocklusion eller inte, och det finns nu ingen rekommendation om detta. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E1276">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Vilande katetersystem behöver således </w:t>
       </w:r>
       <w:r w:rsidRPr="000E1276">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="000E1276">
         <w:rPr>
           <w:color w:val="1E1E1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> spolas intermittent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3946ED91" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="000E1276" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="23E0C03E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="000E1276" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1276">
-        <w:lastRenderedPageBreak/>
         <w:t>Före användning av CVK säkerställs intravenöst kateterspetsläge genom exempelvis blodreturkontroll. Låt blod endast synas i katetern, inte förbi kopplingar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71149E87" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="003BC3EC" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc210050953"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc210050953"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc221176671"/>
       <w:r>
         <w:t>Blodprovstagning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-[...4 lines deleted...]
-        <w:ind w:right="991"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="0FD7ED75" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="009C52A7">
         <w:t>Tillvägagångssätt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A48388" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="009C52A7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="69BD683C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="009C52A7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Informera patienten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5356D65E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2254BFFD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Tvätta och sprita händerna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456AA572" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="28561212" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">Ta på plastförkläde och rena handskar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2759E354" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="0900091F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Placera patienten på rygg, om möjligt sänk huvudändan annars planläge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E72C9FC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="616A8FCD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Desinficera Swan-lock med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00385538">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve"> 5 mg/ml, gnid minst 15 sekunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BB926D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="501B8563" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">Aspirera </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00385538">
         <w:t>3-5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve"> ml blod med spruta eller rör. Detta kasseras. Ta proverna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AED3D2F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="4AD8FF9B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">Spola igenom katetern med 10 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00385538">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00385538">
         <w:t xml:space="preserve">, 9 mg/ml fyra gånger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5108E5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="01D2B295" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Höj åter huvudändan och se till att patienten ligger bekvämt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51CF0458" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00385538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="0B19A65E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00385538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00385538">
         <w:t>Ange på laboratorieremissen att proverna är tagna ur en CVK eftersom vissa blodprover kan påverkas av mycket små infusionsmängder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE684EE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008F04C3" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="72102C61" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008F04C3" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="_Toc210050954"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc210050954"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc221176672"/>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>Borttagning</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F04C3">
-        <w:t>Borttagning av CVK</w:t>
-[...6 lines deleted...]
-        <w:ind w:right="991"/>
+        <w:t xml:space="preserve"> av CVK</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="718379F7" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="003F3C62" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003F3C62">
-        <w:t xml:space="preserve">Indikationer för avlägsnande: </w:t>
+        <w:t>Indikationer för avlägsnande</w:t>
       </w:r>
       <w:r w:rsidRPr="003F3C62">
         <w:br/>
         <w:t xml:space="preserve">(kan vara relativa, vid tveksamhet diskutera gärna med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AnOp</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F3C62">
-        <w:t>anopIVA</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="3F417304" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:t>IVA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEAE9A5" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">Lokal infektion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE62BE8" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5E1254F4" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">Trombos/stopp/dålig funktion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352F39C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="0051F1B5" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>CVK som delvis dragits ut</w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve"> av misstag </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC745C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="62B250CB" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inget kvarvarande behov </w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">av CVK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACBD022" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6DD263BF" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="007704C5">
         <w:t>Kateterorsakad sepsis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">se separat </w:t>
       </w:r>
       <w:r>
         <w:t>del längre fram i denna rutin)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07FC8C16" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3B49831C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="007704C5">
         <w:t xml:space="preserve">ateter i icke korrekt </w:t>
       </w:r>
       <w:r>
         <w:t>och icke acceptabelt läge</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E96D266" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003E7352" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="0E37923B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="003E7352" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Vid misstanke om infektion skickas ibland kateterspetsen för odling</w:t>
       </w:r>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">i samband med att man tar bort </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, detta sker på läkarordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B128BE9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="003D07CE" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="04F198BC" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="003D07CE" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D07CE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">En CVK som har glidit ur blodbanan får aldrig skjutas tillbaka p.g.a. infektionsrisken! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118E6967" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="437D19B9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve">Beakta risken för luftemboli vid borttagande av CVK. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F6E3C5B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3150953E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099220D">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vissa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0099220D">
         <w:t>tunnelerade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> katetrar måste avlägsnas med kirurgi, dessa har en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0099220D">
         <w:t>kuff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> som i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0099220D">
         <w:t>tunneleringsområdet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0099220D">
         <w:t xml:space="preserve"> växt fast i patientens vävnad. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630E41C7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7B7A267D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc210050955"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc210050955"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc221176673"/>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Tillvägagångssätt</w:t>
+      </w:r>
       <w:r w:rsidRPr="00513661">
-        <w:t>Tillvägagångssätt vid borttagning</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="34FE5D83" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:t xml:space="preserve"> vid borttagning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="182387BE" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Informera patienten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D564BD9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="261B4118" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Tv</w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">ätta och sprita händerna. Ta på plastförkläde och rena handskar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A894D5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7E9CEA9D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Låt patienten ligga på rygg med sänkt huvudända, alternativt plant om sänkt huvudända inte tolereras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6862706A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="64E19260" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Ta bort förbandet, avlägsna ev. suturer med suturkniven. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237F85D3" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3CB96B21" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Desinficera insticksstället och huden runt om noga med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C5446">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve"> 5mg/ml. Låt lufttorka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3DB808" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="304FAD4D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Uppmana patienten att krysta samtidigt som katetern snabbt och jämnt dras ut. Kan patienten inte krysta dras katetern ut under utandningsfasen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C9F694" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7BB8346B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Kontrollera att katetern är hel. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F05665A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="64BFD7B8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">En ren hoprullad kompress trycks mot insticksstället några minuter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D347BB0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2EC38895" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t>Sätt på ett tättslutande</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">lufttätt förband </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(ex IV 3000), </w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">som bör sitta minst 24 timmar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2179E57B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1E5B94B2" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">Om odling ska tas för ned katetern sterilt i ett sterilt odlingsrör och klipp av ca 5 cm med en steril sax, förslut och skicka till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003C5446">
         <w:t>aktlab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003C5446">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6571A7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3A643EF7" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="003C5446">
         <w:t>Höj sängens huvudända.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC608EE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="001C39C1" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="32D05C74" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001C39C1" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Observera eventuell blödning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A517690" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="008006D2" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7E7795FE" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="008006D2" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008006D2">
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Toc210050956"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc221176674"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Referenser</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...3 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w14:paraId="4CC238E5" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00673F11" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:left="993" w:right="991"/>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00150BC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Översikt - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2ED9195A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="520D7A57" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:left="993" w:right="991"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00673F11">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>SKL, Förebygg infektioner vid centrala venösa infarter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59AE6CE2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6A1B2A94" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:left="993" w:right="991"/>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>CVK_riktlinjer</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>2-6</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="007011D3">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (sfai.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="13940D1F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2F3D5AD7" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:left="0" w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31C80AC5" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5FD2B33C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="991"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="6251FD5C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00082E0A" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Toc210050957"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc221176675"/>
+      <w:r>
+        <w:t xml:space="preserve">CVK – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>Kopplingsschema</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="3132E96D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00082E0A" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="_Toc210050958"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc221176676"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Märkning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w14:paraId="0931D244" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Samtliga lumen ska vara uppmärkta med etikett med text Central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Venkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> alt CVK (Blå etikett eller etikett från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MedMark</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">). Samtliga läkemedelsinfusioner ska vara märkta med patientens personnummer, läkemedel/styrka och datum. Använd </w:t>
+        <w:t xml:space="preserve">). Samtliga </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">läkemedelsinfusioner ska vara märkta med patientens personnummer, läkemedel/styrka och datum. Använd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MedMark</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> läkemedelsetikettskrivare när detta är möjligt. CVP- </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Tryckset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ska vara tydligt märkt med avsedd etikett samt datum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FF196F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="575C421C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="_Toc210050959"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc221176677"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Åtgärder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="096109FC" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="001A388F" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">Swan-lock </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ska sitta </w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">på alla </w:t>
       </w:r>
       <w:r>
         <w:t>lumen innan 3-vägskran kopplas</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Swan-lock byts var 4.e dag vid slangbyte. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EEDBE8D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="6AC8CBE8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">Proximala lumen </w:t>
       </w:r>
       <w:r>
         <w:t>VIT</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">3-vägskran (eventuellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) -</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Kristalloider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, TPN, </w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t>Kalium</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och Insulin.</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B3EF3B" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3443686F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D73D67" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="0EED7344" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D67">
+        <w:t xml:space="preserve">Mediala lumen (3) GRÖN: 3-vägskran – Kontinuerlig antibiotikainfusion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190A4C8F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D73D67" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> - </w:t>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D67">
+        <w:t xml:space="preserve">Mediala lumen (2) BLÅ: 3-vägskran - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>edering</w:t>
+      <w:r w:rsidRPr="00D73D67">
+        <w:t>Inotropa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="466BC075" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0006548D" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:r w:rsidRPr="00D73D67">
+        <w:t xml:space="preserve"> läkemedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B27C272" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D73D67" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t>Kontinuerlig/intermittent CVP- mätning – (</w:t>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D67">
+        <w:t xml:space="preserve">Mediala lumen (1) GRÅ: 3-vägskran - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0006548D">
+      <w:r w:rsidRPr="00D73D67">
+        <w:t>Sedering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D73D67">
+        <w:t xml:space="preserve"> och analgetika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5B679A" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D73D67" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D67">
+        <w:t>Distala lumen BRUN: Kort 3 vägskran - Kontinuerlig/intermittent CVP- mätning – (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D73D67">
         <w:t>ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0006548D">
+      <w:r w:rsidRPr="00D73D67">
         <w:t xml:space="preserve"> PICCO </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0006548D">
+      <w:r w:rsidRPr="00D73D67">
         <w:t>termistor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0006548D">
-[...8 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00D73D67">
+        <w:t>) – Övriga injektioner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A27721" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0033203C">
         <w:t>Fu</w:t>
       </w:r>
       <w:r>
         <w:t>rosemid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ges i första hand</w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve"> perifert</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OBS! Ge ej i samma lumen som Glukos om perifer infart ej är möjlig. </w:t>
       </w:r>
       <w:r w:rsidRPr="0033203C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112E62F1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="23C11451" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Backventil kopplas mellan trevägskranen och infusionsaggregatet vid infusion med sprutpump. Backventil byts var 4.e dag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B967D16" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="0033203C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...75 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="41352D7C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
       <w:r>
         <w:t>Avstängningsklämman skall alltid vara stängd så nära patienten som möjligt vid vilande lumen. Detta för att förhindra att blod backar upp i lumen och försämrar funktionen eller att det blir stopp.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="17497E0D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301EC185" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0071100A" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...82 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Toc221176678"/>
       <w:r w:rsidRPr="0071100A">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Referenser</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="25CEA6C0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="26F2CC22" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="001F6E2B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Översikt - Vårdhandboken </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DFCECC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...3 lines deleted...]
-      <w:hyperlink r:id="rId21" w:history="1">
+    <w:p w14:paraId="4B8DEC66" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>CVK_riktlinjer</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>2-6</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="001F6E2B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (sfai.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C0D20AE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1EB2D9CD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E5A51A8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="991"/>
-[...9 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_Toc210050960"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc221176679"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>CVK – CVP-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>mätning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w14:paraId="79FB7F1B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00DB63D7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Centralt ventryck (CVP)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> mät</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s genom att en tryckgivare kopplas till den distala skänkeln på CVK och därefter till övervakningsenheten. </w:t>
       </w:r>
       <w:r w:rsidRPr="001045AB">
         <w:t>CVP ska kopplas upp och mätas på intensivvårdspatienter med svikt i vitala funktioner.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771B1436" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="40483049" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A0447C">
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="_Toc210050961"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc221176680"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Genomförande</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="64E34351" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w14:paraId="2C713591" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Tryckmätningssetet fylls med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> och därefter pumpas övertrycksmanschetten upp till 300 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>mmHg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>. Se till att alla anslutningar är åtskruvade.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9A633F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="0E20B560" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Tryckmätningssetet kopplas till så distalt på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> som möjligt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DE6C83" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="17DAD21C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Tryckgivaren placeras i höjd med främre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>axillarlinjen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF5A48C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="40BB326C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Nollning av tryckgivaren ska göras efter uppkoppling samt en gång/arbetspass. Kranen stängs mot patienten och öppnas för lufttryck mot givaren. Tryck på nollning på övervakningsskåpet. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Tryckvärdet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve"> visar 0 och tryckkurvan går ner på nollinjen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B6693A" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="688A2030" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Vid CVP mätning ska pat. ligga i planläge med armarna utefter sidorna. Om patienten inte kan läggas i planläge vid mätningen ska detta dokumenteras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57EF8BCB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="1601D22B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Stäng av eventuella infusioner i CVP slangen. Spola igenom CVP slangen innan mätningen. Detta är särskilt viktigt om det går fettlösningar i CVP slangen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD2CDA7" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5EE87158" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t xml:space="preserve">Kontrollera att tryckgivaren sitter i höjd med främre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>axillarlinjen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D717F5">
         <w:t>. Är man osäker kan man ta loss tryckgivaren och hålla den mot patienten i rätt läge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01285085" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00D717F5" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="16511FE1" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Kontrollera att det blir en bra CVP kurva på övervakningsskåpet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A5B16C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="4140A539" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00D717F5">
         <w:t>Läs av värdet då det stabiliserats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29942B11" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00DB63D7" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="680F552B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00DB63D7" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00436ED9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">CVP mäts 1ggr/pass </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -7416,820 +6779,811 @@
         </w:rPr>
         <w:t xml:space="preserve"> ordination </w:t>
       </w:r>
       <w:r w:rsidRPr="00436ED9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>och alltid inför en ny PICCO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00436ED9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>kalibrering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3444FE4F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00055E46" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2F434E2E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00055E46" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...10 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc210050962"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc221176681"/>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:lastRenderedPageBreak/>
         <w:t>Dokumentation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="15A4F382" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00A0447C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="441B0258" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00D717F5" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dokumentera det avlästa värdet i CHA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B35B652" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00A0447C" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Toc210050963"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc221176682"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Referenser</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="741E6E22" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w14:paraId="36A04527" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Hemodynamisk monitorering med PA-kateter (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E73F920" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00A0447C" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3D89A915" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00A0447C" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Hemodynamisk monitorering med hjälp av </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>PiCCO</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00436ED9">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52291452" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...3 lines deleted...]
-      <w:hyperlink r:id="rId24" w:history="1">
+    <w:p w14:paraId="65286225" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00DB63D7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Översikt - Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CFD6383" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="594A0546" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="991"/>
-[...9 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="_Toc210050964"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc221176683"/>
+      <w:r>
+        <w:t xml:space="preserve">CVK – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>Ocklusion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+    </w:p>
+    <w:p w14:paraId="07B9347C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Det inträffar relativt ofta att det blir ocklusion i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:er</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> antingen orsakat av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>blodkoagler</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> eller fettemulsioner som helt eller delvis omöjliggör användandet av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Oberoende av orsak till ocklusionen så hanteras ocklusionen på samma sätt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634B074C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="671F3BA8" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc210050965"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="82" w:name="_Toc210050965"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc221176684"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Åtgärd</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5063CEBE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w14:paraId="3440883B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Om man inte får backflöde i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FFF2A97" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2AB6FE00" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Kontrollera katetern utanför kroppen fram till huden: Är alla klämmor och kranar öppna? Är katetern knickad? Kan knicken sitta vid kopplingen plast/slang just vid hudplanet? Byt förband och dra lätt i katetern vid bytet, och försök räta ut den så mycket som möjligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1194FC" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="493B132D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Försök spola med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">, 9mg/ml i en 10 ml spruta och prova därefter att aspirera med samma spruta, aspirera - injicera omväxlande med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>2-3</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 9 mg/ml 10-20 gånger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8D4EE2" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7A5B82A1" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Får man då inget backflöde, bör man kontrollera att CVK fortfarande ligger i kärlet. Beställ röntgen CVK-läge och fråga efter ”Intravasalt läge på kateter?”. Denna röntgen skall för säkerhets skull göras med kontrast (om inga kontraindikationer finns) för att säkert verifiera det intravasala läget. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2417E495" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="23AF602A" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="991"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A8EF9C" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="1A08E089" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Har man vid ett tillfälle röntgenkontrollerat läget </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>pga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> att katetern ej fungerat, behöver detta inte upprepas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FD1873" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="619AA0DD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ligger katetern i intravasalt läge, och backflöde fortfarande saknas, kontakta narkosläkare (SOL) på telefon 51435 på NÄL eller </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>50770</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> på Uddevalla sjukhus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029FD962" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="041A27DD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="496343C4" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7A77FA23" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc210050966"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="84" w:name="_Toc210050966"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc221176685"/>
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>Actilysebehandling</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p w14:paraId="67C3FB09" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">På dialysmottagningen finns Färdigspädd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Actilyse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 1mg/ml i 5 ml ampuller, vid behov kan sådan ampull lånas från dialysmottagningen, eller kan beställas via apoteket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F6F687" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="64827EE1" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="_Toc210050967"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="_Toc210050967"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc221176686"/>
       <w:r w:rsidRPr="00EC329B">
-        <w:t>Gör enligt följande</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="42"/>
+        <w:t xml:space="preserve">Gör enligt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>följande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775C4BEB" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7D4A6C2E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Injicera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Actilyse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 1 mg/ml: 1ml i den </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>ockluderade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2AD96B69" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2B2516E0" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Vänta 30 min. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FA6A7E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="48EB5416" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Försök aspirera. Är detta inte möjligt försöker man spola in i katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED44B53" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="07059920" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid framgång är det mycket viktigt att man mekaniskt noggrant spolar rent katetern med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 9 mg/ml med minst 10 ml x 4. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215A8A31" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7CD01EE3" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Får man inget backflöde upprepa genom att addera ytterligare </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>Actilyse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> 1 mg/ml, 0,1 ml var 5:e minut upp till max. 0,3 ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="297447E1" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="573DE87E" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="43" w:name="_Toc210050968"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="_Toc210050968"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc221176687"/>
       <w:r w:rsidRPr="00EC329B">
-        <w:t>Smärta vid injektion</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="43"/>
+        <w:t xml:space="preserve">Smärta vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>injektion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF6408D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="7D0D17B1" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Detta beror ofta på läckage. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E175BCE" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00EC329B" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7A52CD0B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00EC329B" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC329B">
         <w:t xml:space="preserve">Avbryt genast injektionen! Röntga därefter katetern med kontrast och ta kontakt med narkosläkare (NÄL 51435, Uddevalla </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>50770</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC329B">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2129CDF9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="559126FD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="991"/>
-[...9 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="_Toc210050969"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc221176688"/>
+      <w:r>
+        <w:t xml:space="preserve">CVK – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>Infektion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w14:paraId="3C91ABD3" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Det är viktigt att med goda rutiner och basala hygienrutiner förebygga CVK-infektioner. När de väl uppstår kan det leda till för patienten kraftigt förlängd vårdtid, men också en ökad dödlighet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423ACB86" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3B79976B" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">De vanligaste </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>patogenerna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är KNS (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>koagulasnegativa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> stafylokocker). De har antingen migrerat in från huden längs utsidan på katetern eller har förts in i blodbanan via ett kontaminerat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kranblock</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> eller en kateter. Det förekommer också CVK-relaterade infektioner orsakade av andra bakterier och svamp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649E9B02" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00215538" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="42B2AE93" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00215538" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00215538">
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="_Toc210050970"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc221176689"/>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:lastRenderedPageBreak/>
         <w:t>Diagnostik</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="33AD98EF" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
+    </w:p>
+    <w:p w14:paraId="5BE01AE9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Med CVK-relaterad infektion menas </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D0D04F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3F7550DC" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">klinisk misstanke om kateterrelaterad infektion tillsammans med positiv odling från kateterspets eller </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D4251D" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="12ABD733" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">odlingar med fynd av samma bakterie i kateterblod som i perifert blod, och då tiden till växt av bakterien (så kallad omslagstid) i kateterblod är minst 120 min kortare än tiden till växt i perifert blod. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A0AF24" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="656B79BF" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om misstanke finns om CVK-relaterad infektion, ta två blododlingar, varav en från CVK och en från perifert blod. Skriv på remissen att CVK-relaterad infektion misstänks, så fås svar från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>bakt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>-lab på omslagstiden för de två odlingarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666BB73E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...7 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="672A7365" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6299CFD1" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Det är viktigt att vid minsta misstanke om CVK-relaterad infektion och vid </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>temptopp &gt;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 39° ta odlingar ur både perifert blod och ur CVK, </w:t>
       </w:r>
       <w:r w:rsidRPr="0070022A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>båda inom 10 minuter</w:t>
       </w:r>
       <w:r>
         <w:t>. Märk remiss med tid för provtagning + misstanke CVK-relaterad infektion. Får man samma odlingssvar på bägge odlingar styrker det misstanken om CVK-relaterad infektion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E09C4F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="41C674DE" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Vid stark misstanke om infektion skall katetern dras så fort som möjligt och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>katetersspetsen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> skall skickas för odling. Spetsen klipps av med steril sax och läggs i sterilt urinodlingsrör. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D96502" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="757E50B9" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Innan katetern dras, kontakta gärna narkosläkare för att diskutera åtgärder. Graden av misstanke avgör hur angeläget det är att dra katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2304BD31" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="09EBAE84" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid liten misstanke om infektion kan man välja att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>antibiotikabehandla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> några dagar med adekvat antibiotika och avvakta odlingssvar, innan katetern eventuellt dras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DAD4E0" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="3192A13F" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="991"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc210050971"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc210050971"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc221176690"/>
       <w:r w:rsidRPr="00215538">
         <w:t xml:space="preserve">Övriga </w:t>
       </w:r>
-      <w:r w:rsidRPr="003544EA">
+      <w:r w:rsidRPr="00A46B2E">
         <w:t>åtgärder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
+    </w:p>
+    <w:p w14:paraId="6140B691" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t>Innan antibiotika sätts in, skall adekvata odlingar vara tagna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D43720F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="0AA8B9DD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
         <w:ind w:right="991"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om möjligt bör den infekterade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CVK:n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> avvecklas, och adekvat antibiotikum ges innan ny CVK sätts. Något säkert generellt tidsintervall kan inte anges, utan man får väga risker och nytta mot varandra i varje enskilt fall. Om man inte klarar sig utan CVK i ett par dygn kan man överväga att efter odling ge antibiotikabehandling, och därefter sätta ny CVK via annan del av vensystemet innan den infekterade katetern avvecklas.</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="2018032E" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+        <w:t xml:space="preserve"> avvecklas, och adekvat antibiotikum ges innan ny CVK sätts. Något säkert generellt tidsintervall kan inte anges, utan man får väga risker och nytta mot </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>varandra i varje enskilt fall. Om man inte klarar sig utan CVK i ett par dygn kan man överväga att efter odling ge antibiotikabehandling, och därefter sätta ny CVK via annan del av vensystemet innan den infekterade katetern avvecklas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EEF6F4" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="0059541A" w:rsidRDefault="00043C78" w:rsidP="00043C78"/>
+    <w:p w14:paraId="3B84B3CD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="000D04ED" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc181866764"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc221176691"/>
+      <w:r w:rsidRPr="00A46B2E">
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
+    </w:p>
+    <w:p w14:paraId="6CF28C0C" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Blot F, </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Nitenberg</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> G, </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r>
@@ -8281,58 +7635,66 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>354</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>(9184):1071-1077</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543EAF09" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="2FF39AA0" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
+    </w:p>
+    <w:p w14:paraId="2F7FC61D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Catton JA, Dobbins BM, Kite P, Wood JM, Eastwood K, Sugden S, Sandoe JA, Burke D, McMahon MJ, Wilcox MH: </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>In situ diagnosis of intravascular catheter-related bloodstream infection: a comparison of quantitative culture, differential time to positivity, and endoluminal brushing</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -8352,58 +7714,66 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>33</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>(4):787-791.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03CDD65F" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00971DCF" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="53E02625" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
+    </w:p>
+    <w:p w14:paraId="59242A96" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Maki DG, Weise CE, Sarafin HW: </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>A semiquantitative culture method for identifying intravenous-catheter-related infection</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">. </w:t>
         </w:r>
         <w:r w:rsidRPr="00971DCF">
           <w:rPr>
@@ -8423,146 +7793,142 @@
         </w:r>
         <w:r w:rsidRPr="00971DCF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>296</w:t>
         </w:r>
         <w:r w:rsidRPr="00971DCF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>(23):1305-1309</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00971DCF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA5B5C9" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="5B82B1D4" w14:textId="77777777" w:rsidR="00043C78" w:rsidRPr="00971DCF" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FECFD17" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Safdar N, Fine JP, Maki DG: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Meta-analysis: methods for diagnosing intravascular device-related bloodstream infection</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="123B8723" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
+    <w:p w14:paraId="01B6247D" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
       <w:pPr>
         <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="43A28DAD" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="991"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">SFAIs </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>riktlinjer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> för central </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>venketeterisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="10BBF627" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="009E13DD" w:rsidRDefault="00F50B70" w:rsidP="00F50B70">
-[...29 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId32"/>
+    <w:p w14:paraId="4E21FD84" w14:textId="77777777" w:rsidR="00043C78" w:rsidRDefault="00043C78" w:rsidP="00043C78">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40AA233F" w14:textId="65BBCD37" w:rsidR="009C6C0C" w:rsidRPr="006C0106" w:rsidRDefault="009C6C0C" w:rsidP="006C0106"/>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="006C0106" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6245723A" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="23BBB774" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:r>
         <w:continuationSeparator/>
@@ -8661,313 +8027,116 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Fet">
-[...7 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...187 lines deleted...]
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00043C78" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -9036,51 +8205,51 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -9144,382 +8313,50 @@
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="41E7A237" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="347842CA" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="1518A414" w14:textId="77777777" w:rsidR="00773126" w:rsidRDefault="00773126">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7EDDCC22" w14:textId="77777777" w:rsidR="00F50B70" w:rsidRPr="00DA65C4" w:rsidRDefault="00F50B70" w:rsidP="00DA65C4">
-[...330 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -9563,84 +8400,84 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -9689,51 +8526,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4LH+jGwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+ykabZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvr0&#10;hRIfmKmYAiNKehSe3i8+fpi3thATqEFVwhFMYnzR2pLWIdgiyzyvhWZ+BFYYdEpwmgXcul1WOdZi&#10;dq2ySZ7PshZcZR1w4T2ePvZOukj5pRQ8PEvpRSCqpNhbSKtL6zau2WLOip1jtm740Ab7hy40awwW&#10;Pad6ZIGRvWv+SKUb7sCDDCMOOgMpGy7SDDjNOH83zaZmVqRZEBxvzzD5/5eWPx029sWR0H2FDgmM&#10;gLTWFx4P4zyddDr+sVOCfoTweIZNdIFwPJzOZnfIBSUcfZPxLMcv5sku163z4ZsATaJRUoe8JLjY&#10;Ye1DH3oKidUMrBqlEjfKkLaks5vbPF04ezC5Mljj0my0QrftSFOV9OY0yBaqI87noKfeW75qsIc1&#10;8+GFOeQa+0b9hmdcpAKsBYNFSQ3u19/OYzxSgF5KWtROSf3PPXOCEvXdIDl34+k0ii1tprefJ7hx&#10;157ttcfs9QOgPMf4UixPZowP6mRKB/oNZb6MVdHFDMfaJQ0n8yH0isZnwsVymYJQXpaFtdlYHlNH&#10;VCPCr90bc3agISCDT3BSGSvesdHH9nws9wFkk6iKOPeoDvCjNBPZwzOK2r/ep6jLY1/8BgAA//8D&#10;AFBLAwQUAAYACAAAACEAd16JXeMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkblvSTLCuNJ2mShMSgsPGLtzSxmsrmqQ02VZ4esxp3Gz50+/vz9eT7dkZx9B5pyCZC2Doam86&#10;1yg4vG9nKbAQtTO69w4VfGOAdXF7k+vM+Ivb4XkfG0YhLmRaQRvjkHEe6hatDnM/oKPb0Y9WR1rH&#10;hptRXyjc9lwK8cit7hx9aPWAZYv15/5kFbyU2ze9q6RNf/ry+fW4Gb4OHw9K3d9NmydgEad4heFP&#10;n9ShIKfKn5wJrFcwk0tJKA2JWAAjYinSBFilYCFXK+BFzv93KH4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAuCx/oxsCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAd16JXeMAAAALAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4LH+jGwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+ykabZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvr0&#10;hRIfmKmYAiNKehSe3i8+fpi3thATqEFVwhFMYnzR2pLWIdgiyzyvhWZ+BFYYdEpwmgXcul1WOdZi&#10;dq2ySZ7PshZcZR1w4T2ePvZOukj5pRQ8PEvpRSCqpNhbSKtL6zau2WLOip1jtm740Ab7hy40awwW&#10;Pad6ZIGRvWv+SKUb7sCDDCMOOgMpGy7SDDjNOH83zaZmVqRZEBxvzzD5/5eWPx029sWR0H2FDgmM&#10;gLTWFx4P4zyddDr+sVOCfoTweIZNdIFwPJzOZnfIBSUcfZPxLMcv5sku163z4ZsATaJRUoe8JLjY&#10;Ye1DH3oKidUMrBqlEjfKkLaks5vbPF04ezC5Mljj0my0QrftSFOV9OY0yBaqI87noKfeW75qsIc1&#10;8+GFOeQa+0b9hmdcpAKsBYNFSQ3u19/OYzxSgF5KWtROSf3PPXOCEvXdIDl34+k0ii1tprefJ7hx&#10;157ttcfs9QOgPMf4UixPZowP6mRKB/oNZb6MVdHFDMfaJQ0n8yH0isZnwsVymYJQXpaFtdlYHlNH&#10;VCPCr90bc3agISCDT3BSGSvesdHH9nws9wFkk6iKOPeoDvCjNBPZwzOK2r/ep6jLY1/8BgAA//8D&#10;AFBLAwQUAAYACAAAACEAd16JXeMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkblvSTLCuNJ2mShMSgsPGLtzSxmsrmqQ02VZ4esxp3Gz50+/vz9eT7dkZx9B5pyCZC2Doam86&#10;1yg4vG9nKbAQtTO69w4VfGOAdXF7k+vM+Ivb4XkfG0YhLmRaQRvjkHEe6hatDnM/oKPb0Y9WR1rH&#10;hptRXyjc9lwK8cit7hx9aPWAZYv15/5kFbyU2ze9q6RNf/ry+fW4Gb4OHw9K3d9NmydgEad4heFP&#10;n9ShIKfKn5wJrFcwk0tJKA2JWAAjYinSBFilYCFXK+BFzv93KH4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAuCx/oxsCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAd16JXeMAAAALAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
@@ -13732,100 +12569,99 @@
   </w:num>
   <w:num w:numId="31" w16cid:durableId="477773249">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="14961265">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1880312621">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="620694137">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1004672345">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="571475769">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="00030F03"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00043C78"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00053C16"/>
     <w:rsid w:val="00055E46"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00082E0A"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E1276"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
@@ -13939,100 +12775,102 @@
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00473D2F"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00521BAE"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00537CDA"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A1144"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F443E"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="0065728B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A2CC5"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006C0106"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F5BD8"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0071100A"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00742744"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
@@ -14259,96 +13097,98 @@
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0CEF"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED252D"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F50B70"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F91053"/>
     <w:rsid w:val="00FA2D03"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{A3C80781-58A5-4DCA-802E-E35C5FD07155}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16963,63 +15803,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://skl.se/web/Hem.aspx" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ovidsp.uk.ovid.com/sp-2.3.1b/ovidweb.cgi?WebLinkFrameset=1&amp;S=KCLJPDIALMHFJDPAFNELPDAGABMBAA00&amp;returnUrl=http%3a%2f%2fovidsp.uk.ovid.com%2fsp-2.3.1b%2fovidweb.cgi%3f%26TOC%3dS.sh.15.17.22.45%257c15%257c50%26FORMAT%3dtoc%26FIELDS%3dTOC%26S%3dKCLJPDIAL" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/2015/02/CVK_riktlinjer-inkl-Appendix.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/oversikt/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science?_ob=MImg&amp;_imagekey=B6T1B-3XR7WRP-D-1&amp;_cdi=4886&amp;_user=2509603&amp;_pii=S0140673698111340&amp;_orig=browse&amp;_coverDate=09%2F25%2F1999&amp;_sk=996450815&amp;view=c&amp;wchp=dGLbVzz-zSkWb&amp;md5=652b497b2f57a2542c3028dec2c7e9d8&amp;ie=/sdarticle.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/oversikt/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/oversikt/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-79/surrogate/Hemodynamisk%20monitorering%20med%20hj%c3%a4lp%20av%20PiCCO.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/2015/02/CVK_riktlinjer-inkl-Appendix.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-130/surrogate/Hemodynamisk%20monitorering%20med%20PA-kateter.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://content.nejm.org/cgi/content/abstract/296/23/1305" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://skl.se/web/Hem.aspx" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/oversikt/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://content.nejm.org/cgi/content/abstract/296/23/1305" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/oversikt/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-79/surrogate/Hemodynamisk%20monitorering%20med%20hj%c3%a4lp%20av%20PiCCO.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-130/surrogate/Hemodynamisk%20monitorering%20med%20PA-kateter.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ovidsp.uk.ovid.com/sp-2.3.1b/ovidweb.cgi?WebLinkFrameset=1&amp;S=KCLJPDIALMHFJDPAFNELPDAGABMBAA00&amp;returnUrl=http%3a%2f%2fovidsp.uk.ovid.com%2fsp-2.3.1b%2fovidweb.cgi%3f%26TOC%3dS.sh.15.17.22.45%257c15%257c50%26FORMAT%3dtoc%26FIELDS%3dTOC%26S%3dKCLJPDIAL" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/oversikt/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/2015/02/CVK_riktlinjer-inkl-Appendix.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science?_ob=MImg&amp;_imagekey=B6T1B-3XR7WRP-D-1&amp;_cdi=4886&amp;_user=2509603&amp;_pii=S0140673698111340&amp;_orig=browse&amp;_coverDate=09%2F25%2F1999&amp;_sk=996450815&amp;view=c&amp;wchp=dGLbVzz-zSkWb&amp;md5=652b497b2f57a2542c3028dec2c7e9d8&amp;ie=/sdarticle.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/2015/02/CVK_riktlinjer-inkl-Appendix.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -17302,71 +16134,71 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>24052</Characters>
+  <Pages>19</Pages>
+  <Words>3502</Words>
+  <Characters>25326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>200</Lines>
+  <Lines>211</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28533</CharactersWithSpaces>
+  <CharactersWithSpaces>28771</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>CVK - Övergripande rutin</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Carina Isbrand Fransson</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>