--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -8,98 +8,89 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="558CF9C9" w:rsidP="77789B6A" w:rsidRDefault="558CF9C9" w14:paraId="1F8CA827" w14:textId="51A10C58">
+    <w:p w:rsidR="558CF9C9" w:rsidP="64AE4425" w:rsidRDefault="558CF9C9" w14:paraId="1F8CA827" w14:textId="1642C607">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:beforeAutospacing="off"/>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidR="792A2B55">
+        <w:rPr/>
+        <w:t xml:space="preserve">Team </w:t>
+      </w:r>
       <w:r w:rsidR="312F49C9">
         <w:rPr/>
         <w:t>Triage, Röda larm</w:t>
       </w:r>
       <w:r w:rsidR="7738952E">
         <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="312F49C9">
         <w:rPr/>
         <w:t>Traum</w:t>
       </w:r>
       <w:r w:rsidR="60AA69B2">
         <w:rPr/>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="57429A45">
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3C611018">
         <w:rPr/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="57429A45">
         <w:rPr/>
         <w:t>hecklista</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>SSK/USK</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9615" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1650"/>
         <w:gridCol w:w="7965"/>
       </w:tblGrid>
       <w:tr w:rsidR="48DA2B85" w:rsidTr="1004FE2A" w14:paraId="090A99C8">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:themeColor="text2" w:sz="4"/>
             </w:tcBorders>
             <w:tcMar/>
           </w:tcPr>
@@ -2511,237 +2502,268 @@
     </w:tbl>
     <w:p w:rsidR="757B6007" w:rsidP="435DBE8A" w:rsidRDefault="757B6007" w14:paraId="7293C030" w14:textId="32D4E8A6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:suppressLineNumbers w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="868"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="05BC5C51" w:rsidRDefault="05BC5C51" w14:paraId="1FFBF37F" w14:textId="79248B8D">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="28B92F53" w:rsidP="35E963DC" w:rsidRDefault="28B92F53" w14:paraId="551ECF3A" w14:textId="156B5C4E">
+    <w:p w:rsidR="28B92F53" w:rsidP="35E963DC" w:rsidRDefault="28B92F53" w14:paraId="551ECF3A" w14:textId="169F0721">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers w:val="0"/>
         <w:bidi w:val="0"/>
         <w:spacing w:before="240" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
         <w:ind w:left="992" w:right="868"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="35E963DC" w:rsidR="28B92F53">
+      <w:r w:rsidRPr="6B71341D" w:rsidR="205C06F3">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Team </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6B71341D" w:rsidR="28B92F53">
         <w:rPr>
           <w:noProof w:val="0"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Triage, Röda larm och Trauma </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="28B92F53" w:rsidP="18C04CB9" w:rsidRDefault="28B92F53" w14:paraId="3D18B9C1" w14:textId="799F2744">
+    <w:p w:rsidR="28B92F53" w:rsidP="18C04CB9" w:rsidRDefault="28B92F53" w14:paraId="3D18B9C1" w14:textId="0EA81AF2">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:suppressLineNumbers w:val="0"/>
         <w:bidi w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="off" w:after="40" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
         <w:ind w:left="992" w:right="868"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="18C04CB9" w:rsidR="28B92F53">
-[...4 lines deleted...]
-        <w:t>Arbetsordning SSK/USK</w:t>
+      <w:r w:rsidRPr="64AE4425" w:rsidR="28B92F53">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Arbetsordnin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="64AE4425" w:rsidR="2E7E2965">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>g</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="695875D6" w:rsidP="05BC5C51" w:rsidRDefault="695875D6" w14:paraId="3C05AE38" w14:textId="08BDE065">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
         <w:ind w:left="992" w:right="868"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="05BC5C51" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Larmtelefoner och telefon</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="695875D6" w:rsidP="2D5D2EC9" w:rsidRDefault="695875D6" w14:paraId="141D3420" w14:textId="31744D4A">
+    <w:p w:rsidR="695875D6" w:rsidP="3958ECF8" w:rsidRDefault="695875D6" w14:paraId="141D3420" w14:textId="59817A45">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
         <w:ind w:left="992" w:right="868"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2D5D2EC9" w:rsidR="695875D6">
+      <w:r w:rsidRPr="3958ECF8" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid arbetspassets början ta emot larmtelefon/telefon från </w:t>
       </w:r>
-      <w:r w:rsidRPr="2D5D2EC9" w:rsidR="695875D6">
+      <w:r w:rsidRPr="3958ECF8" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="2D5D2EC9" w:rsidR="74B1664E">
+      <w:r w:rsidRPr="3958ECF8" w:rsidR="74B1664E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="2D5D2EC9" w:rsidR="695875D6">
+      <w:r w:rsidRPr="3958ECF8" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>gående</w:t>
       </w:r>
-      <w:r w:rsidRPr="2D5D2EC9" w:rsidR="695875D6">
+      <w:r w:rsidRPr="3958ECF8" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> team, se färgschemat vilken telefon som ska bäras under arbetspasset.</w:t>
+        <w:t xml:space="preserve"> team, se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3958ECF8" w:rsidR="5ACD86C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>telefonlista (vid färgschemat/telefonrampen).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="695875D6" w:rsidP="2D5D2EC9" w:rsidRDefault="695875D6" w14:paraId="2952232D" w14:textId="4EF742D7">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="120" w:beforeAutospacing="off"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2D5D2EC9" w:rsidR="695875D6">
@@ -3907,90 +3929,90 @@
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>örontermometer</w:t>
       </w:r>
       <w:r w:rsidRPr="4CE928AB" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>, skyddshylsor</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="695875D6" w:rsidP="64F3B8DD" w:rsidRDefault="695875D6" w14:paraId="374B1835" w14:textId="49601172">
+    <w:p w:rsidR="695875D6" w:rsidP="762E4216" w:rsidRDefault="695875D6" w14:paraId="374B1835" w14:textId="36504C19">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="64F3B8DD" w:rsidR="695875D6">
+      <w:r w:rsidRPr="762E4216" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>Spoldesinfektorer</w:t>
+        <w:t>Spoldesinfektor</w:t>
       </w:r>
-      <w:r w:rsidRPr="64F3B8DD" w:rsidR="695875D6">
+      <w:r w:rsidRPr="762E4216" w:rsidR="695875D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>: kontroll av diskmedelnivå, att rätt diskmedel är monterat, kör ett standardprogram, signera på checklista.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="695875D6" w:rsidP="64F3B8DD" w:rsidRDefault="695875D6" w14:paraId="56A9DD85" w14:textId="66EA61AE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
         <w:rPr>
@@ -9780,50 +9802,51 @@
     <w:rsid w:val="1ED2DBF2"/>
     <w:rsid w:val="1EDF1FF5"/>
     <w:rsid w:val="1EECDB64"/>
     <w:rsid w:val="1EFCA949"/>
     <w:rsid w:val="1F066A47"/>
     <w:rsid w:val="1F08E82B"/>
     <w:rsid w:val="1F0D50E6"/>
     <w:rsid w:val="1F82EC56"/>
     <w:rsid w:val="1F844F75"/>
     <w:rsid w:val="1F8CCDEA"/>
     <w:rsid w:val="1F8CDCBE"/>
     <w:rsid w:val="1F8CE8EE"/>
     <w:rsid w:val="1F90D4C5"/>
     <w:rsid w:val="1FA8791F"/>
     <w:rsid w:val="1FAB3FDB"/>
     <w:rsid w:val="1FAC5B74"/>
     <w:rsid w:val="1FAF8F2C"/>
     <w:rsid w:val="1FDB83CA"/>
     <w:rsid w:val="1FDE5779"/>
     <w:rsid w:val="1FE38B65"/>
     <w:rsid w:val="1FE6267D"/>
     <w:rsid w:val="1FEE74C1"/>
     <w:rsid w:val="202419A6"/>
     <w:rsid w:val="202E679C"/>
     <w:rsid w:val="20327C7D"/>
+    <w:rsid w:val="205C06F3"/>
     <w:rsid w:val="205F9A88"/>
     <w:rsid w:val="2077599C"/>
     <w:rsid w:val="207B729B"/>
     <w:rsid w:val="207BCE94"/>
     <w:rsid w:val="207EE8BA"/>
     <w:rsid w:val="2080FE72"/>
     <w:rsid w:val="2084B118"/>
     <w:rsid w:val="20A536DF"/>
     <w:rsid w:val="20A5DAC3"/>
     <w:rsid w:val="20A68A51"/>
     <w:rsid w:val="20A769EE"/>
     <w:rsid w:val="20AA9B4E"/>
     <w:rsid w:val="20AB5C99"/>
     <w:rsid w:val="20B3E8D7"/>
     <w:rsid w:val="20C9BDDF"/>
     <w:rsid w:val="20E6CD9E"/>
     <w:rsid w:val="2112D9D5"/>
     <w:rsid w:val="2115484C"/>
     <w:rsid w:val="212D675A"/>
     <w:rsid w:val="213247EC"/>
     <w:rsid w:val="21324D08"/>
     <w:rsid w:val="21399375"/>
     <w:rsid w:val="214D9416"/>
     <w:rsid w:val="215B9950"/>
     <w:rsid w:val="215F00FA"/>
@@ -10043,50 +10066,51 @@
     <w:rsid w:val="2D51904A"/>
     <w:rsid w:val="2D5BB3A4"/>
     <w:rsid w:val="2D5BE2A0"/>
     <w:rsid w:val="2D5C2B72"/>
     <w:rsid w:val="2D5D2EC9"/>
     <w:rsid w:val="2D72CCBA"/>
     <w:rsid w:val="2D93DC86"/>
     <w:rsid w:val="2D9D5E52"/>
     <w:rsid w:val="2DA34435"/>
     <w:rsid w:val="2DA98526"/>
     <w:rsid w:val="2DB57D69"/>
     <w:rsid w:val="2DBCE7A3"/>
     <w:rsid w:val="2DBDA40F"/>
     <w:rsid w:val="2DC2F33F"/>
     <w:rsid w:val="2DD192CE"/>
     <w:rsid w:val="2DD3F918"/>
     <w:rsid w:val="2E037D56"/>
     <w:rsid w:val="2E0587BA"/>
     <w:rsid w:val="2E0CC044"/>
     <w:rsid w:val="2E112855"/>
     <w:rsid w:val="2E182155"/>
     <w:rsid w:val="2E20DDB3"/>
     <w:rsid w:val="2E503184"/>
     <w:rsid w:val="2E61F310"/>
     <w:rsid w:val="2E696787"/>
+    <w:rsid w:val="2E7E2965"/>
     <w:rsid w:val="2E8E3306"/>
     <w:rsid w:val="2E93F99C"/>
     <w:rsid w:val="2EACCB87"/>
     <w:rsid w:val="2EAFB76A"/>
     <w:rsid w:val="2EBDBA6D"/>
     <w:rsid w:val="2EC0D1BF"/>
     <w:rsid w:val="2EEC5115"/>
     <w:rsid w:val="2EF9C0E2"/>
     <w:rsid w:val="2EFB55D0"/>
     <w:rsid w:val="2F23DECF"/>
     <w:rsid w:val="2F26725F"/>
     <w:rsid w:val="2F284C60"/>
     <w:rsid w:val="2F311F11"/>
     <w:rsid w:val="2F4DF052"/>
     <w:rsid w:val="2F678379"/>
     <w:rsid w:val="2F8BAB10"/>
     <w:rsid w:val="2FB29148"/>
     <w:rsid w:val="2FBF6F69"/>
     <w:rsid w:val="2FBF932D"/>
     <w:rsid w:val="2FCE0811"/>
     <w:rsid w:val="2FF0598C"/>
     <w:rsid w:val="2FF9934A"/>
     <w:rsid w:val="304CC3EB"/>
     <w:rsid w:val="3051298F"/>
     <w:rsid w:val="307C3131"/>
@@ -10228,50 +10252,51 @@
     <w:rsid w:val="37CBA120"/>
     <w:rsid w:val="37D8E14D"/>
     <w:rsid w:val="38034B23"/>
     <w:rsid w:val="38106850"/>
     <w:rsid w:val="3814AC0F"/>
     <w:rsid w:val="381E7B7D"/>
     <w:rsid w:val="3823D5C8"/>
     <w:rsid w:val="38267A7D"/>
     <w:rsid w:val="3834051B"/>
     <w:rsid w:val="384345E4"/>
     <w:rsid w:val="3845971A"/>
     <w:rsid w:val="38641BF8"/>
     <w:rsid w:val="386EE604"/>
     <w:rsid w:val="38711CEF"/>
     <w:rsid w:val="3877B3D2"/>
     <w:rsid w:val="388D5299"/>
     <w:rsid w:val="3894076F"/>
     <w:rsid w:val="389D9226"/>
     <w:rsid w:val="389DDFFC"/>
     <w:rsid w:val="38B45920"/>
     <w:rsid w:val="38C60298"/>
     <w:rsid w:val="38D56418"/>
     <w:rsid w:val="3908BF1B"/>
     <w:rsid w:val="3940EBD6"/>
     <w:rsid w:val="395438EE"/>
+    <w:rsid w:val="3958ECF8"/>
     <w:rsid w:val="395AF3C6"/>
     <w:rsid w:val="39631141"/>
     <w:rsid w:val="396DB6EB"/>
     <w:rsid w:val="39920AFB"/>
     <w:rsid w:val="399787FE"/>
     <w:rsid w:val="399F99AA"/>
     <w:rsid w:val="39AC674F"/>
     <w:rsid w:val="39B3214C"/>
     <w:rsid w:val="39B740D3"/>
     <w:rsid w:val="39BBEB63"/>
     <w:rsid w:val="39BE2780"/>
     <w:rsid w:val="39DBA892"/>
     <w:rsid w:val="3A062B5E"/>
     <w:rsid w:val="3A063FA5"/>
     <w:rsid w:val="3A1C584B"/>
     <w:rsid w:val="3A23BDDB"/>
     <w:rsid w:val="3A26E087"/>
     <w:rsid w:val="3A2D2B5D"/>
     <w:rsid w:val="3A3785F1"/>
     <w:rsid w:val="3A482CDF"/>
     <w:rsid w:val="3A4AA6D9"/>
     <w:rsid w:val="3A683A76"/>
     <w:rsid w:val="3A699A41"/>
     <w:rsid w:val="3A7B3BBD"/>
     <w:rsid w:val="3A9693A5"/>
@@ -10832,50 +10857,51 @@
     <w:rsid w:val="590E7BB7"/>
     <w:rsid w:val="591A2997"/>
     <w:rsid w:val="5934696A"/>
     <w:rsid w:val="5935DB47"/>
     <w:rsid w:val="5950500A"/>
     <w:rsid w:val="5957C5D8"/>
     <w:rsid w:val="595A84F1"/>
     <w:rsid w:val="596DF6A7"/>
     <w:rsid w:val="59840636"/>
     <w:rsid w:val="59A345D5"/>
     <w:rsid w:val="59A445F4"/>
     <w:rsid w:val="59AC9C62"/>
     <w:rsid w:val="59C3E383"/>
     <w:rsid w:val="59F5661C"/>
     <w:rsid w:val="59F9BB94"/>
     <w:rsid w:val="59FB3A53"/>
     <w:rsid w:val="5A1B611D"/>
     <w:rsid w:val="5A43A012"/>
     <w:rsid w:val="5A5BFB60"/>
     <w:rsid w:val="5A66A298"/>
     <w:rsid w:val="5A6B2100"/>
     <w:rsid w:val="5A70FA72"/>
     <w:rsid w:val="5A90B595"/>
     <w:rsid w:val="5A91B7BE"/>
     <w:rsid w:val="5AC22EB4"/>
+    <w:rsid w:val="5ACD86C0"/>
     <w:rsid w:val="5AE2AC37"/>
     <w:rsid w:val="5AEBBE0B"/>
     <w:rsid w:val="5AFF75BC"/>
     <w:rsid w:val="5B1826F4"/>
     <w:rsid w:val="5B1BE25A"/>
     <w:rsid w:val="5B301FC0"/>
     <w:rsid w:val="5B3925B5"/>
     <w:rsid w:val="5B3E68C5"/>
     <w:rsid w:val="5B4A6E4D"/>
     <w:rsid w:val="5B514D14"/>
     <w:rsid w:val="5B662178"/>
     <w:rsid w:val="5B69BF01"/>
     <w:rsid w:val="5B80CE66"/>
     <w:rsid w:val="5B9C0A31"/>
     <w:rsid w:val="5B9C3EDA"/>
     <w:rsid w:val="5BA4E928"/>
     <w:rsid w:val="5BC4191E"/>
     <w:rsid w:val="5BD6B181"/>
     <w:rsid w:val="5BDC0616"/>
     <w:rsid w:val="5BDF63DC"/>
     <w:rsid w:val="5BF392A1"/>
     <w:rsid w:val="5C106F71"/>
     <w:rsid w:val="5C156A75"/>
     <w:rsid w:val="5C1D3341"/>
     <w:rsid w:val="5C255276"/>
@@ -10992,50 +11018,51 @@
     <w:rsid w:val="62D2E437"/>
     <w:rsid w:val="62E12514"/>
     <w:rsid w:val="62EBC7EC"/>
     <w:rsid w:val="62ED6D32"/>
     <w:rsid w:val="630835B5"/>
     <w:rsid w:val="6313ABE3"/>
     <w:rsid w:val="6319BCC8"/>
     <w:rsid w:val="631A3A90"/>
     <w:rsid w:val="632BACDC"/>
     <w:rsid w:val="632FEC5D"/>
     <w:rsid w:val="6376B10D"/>
     <w:rsid w:val="6388272E"/>
     <w:rsid w:val="6397B082"/>
     <w:rsid w:val="63B10F7B"/>
     <w:rsid w:val="63C0CFE3"/>
     <w:rsid w:val="64066FBB"/>
     <w:rsid w:val="6408A38E"/>
     <w:rsid w:val="641D2E1C"/>
     <w:rsid w:val="6421D3C7"/>
     <w:rsid w:val="6427ED48"/>
     <w:rsid w:val="643F02B5"/>
     <w:rsid w:val="645F8B3D"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="649614E2"/>
     <w:rsid w:val="64A09000"/>
+    <w:rsid w:val="64AE4425"/>
     <w:rsid w:val="64C3950F"/>
     <w:rsid w:val="64F3B8DD"/>
     <w:rsid w:val="64FA2AA3"/>
     <w:rsid w:val="6502CFB0"/>
     <w:rsid w:val="6508AD6C"/>
     <w:rsid w:val="6513285F"/>
     <w:rsid w:val="65324543"/>
     <w:rsid w:val="6548E8F0"/>
     <w:rsid w:val="655CCD9C"/>
     <w:rsid w:val="656262F8"/>
     <w:rsid w:val="656884F3"/>
     <w:rsid w:val="657E29E2"/>
     <w:rsid w:val="65E56C59"/>
     <w:rsid w:val="65F7CA82"/>
     <w:rsid w:val="6602FEFF"/>
     <w:rsid w:val="6604ACE2"/>
     <w:rsid w:val="6604DA36"/>
     <w:rsid w:val="661E2C3B"/>
     <w:rsid w:val="66210304"/>
     <w:rsid w:val="66329CC0"/>
     <w:rsid w:val="664D18B2"/>
     <w:rsid w:val="665BE3CC"/>
     <w:rsid w:val="6661C6E4"/>
     <w:rsid w:val="668F1159"/>
     <w:rsid w:val="66A56FA4"/>
@@ -11080,50 +11107,51 @@
     <w:rsid w:val="698F8C6C"/>
     <w:rsid w:val="69922E9B"/>
     <w:rsid w:val="69A9C038"/>
     <w:rsid w:val="69FD053F"/>
     <w:rsid w:val="6A30E908"/>
     <w:rsid w:val="6A52E8BE"/>
     <w:rsid w:val="6A54CD1C"/>
     <w:rsid w:val="6A6738CF"/>
     <w:rsid w:val="6A9A6E16"/>
     <w:rsid w:val="6AACFE79"/>
     <w:rsid w:val="6ABAAE1E"/>
     <w:rsid w:val="6ABDA54A"/>
     <w:rsid w:val="6AC342BE"/>
     <w:rsid w:val="6AD8CCFF"/>
     <w:rsid w:val="6AE25F1D"/>
     <w:rsid w:val="6AF5FCC9"/>
     <w:rsid w:val="6AFADF41"/>
     <w:rsid w:val="6B012F10"/>
     <w:rsid w:val="6B1D4316"/>
     <w:rsid w:val="6B207E73"/>
     <w:rsid w:val="6B2BBAE3"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B6188FD"/>
     <w:rsid w:val="6B62509A"/>
     <w:rsid w:val="6B642D59"/>
+    <w:rsid w:val="6B71341D"/>
     <w:rsid w:val="6B83C4CC"/>
     <w:rsid w:val="6B9C4CDE"/>
     <w:rsid w:val="6BB54D01"/>
     <w:rsid w:val="6BC0E139"/>
     <w:rsid w:val="6BDA1FE3"/>
     <w:rsid w:val="6BE4466D"/>
     <w:rsid w:val="6BEA8C00"/>
     <w:rsid w:val="6BEC2A09"/>
     <w:rsid w:val="6C0E156F"/>
     <w:rsid w:val="6C115BDF"/>
     <w:rsid w:val="6C2672BD"/>
     <w:rsid w:val="6C3281B3"/>
     <w:rsid w:val="6C5A0F07"/>
     <w:rsid w:val="6C66B100"/>
     <w:rsid w:val="6C7CC244"/>
     <w:rsid w:val="6C7D4438"/>
     <w:rsid w:val="6C85C4A8"/>
     <w:rsid w:val="6C8BEBBF"/>
     <w:rsid w:val="6CBAD962"/>
     <w:rsid w:val="6CBAEC49"/>
     <w:rsid w:val="6CCE4338"/>
     <w:rsid w:val="6CE406A9"/>
     <w:rsid w:val="6CEE7847"/>
     <w:rsid w:val="6CEE8DF5"/>
     <w:rsid w:val="6D1821EE"/>
@@ -11285,91 +11313,93 @@
     <w:rsid w:val="74567AC7"/>
     <w:rsid w:val="746A721B"/>
     <w:rsid w:val="7472E65D"/>
     <w:rsid w:val="7485D95D"/>
     <w:rsid w:val="74B07EFE"/>
     <w:rsid w:val="74B1664E"/>
     <w:rsid w:val="74C82683"/>
     <w:rsid w:val="753DB43F"/>
     <w:rsid w:val="7555BFCB"/>
     <w:rsid w:val="7561B5E8"/>
     <w:rsid w:val="757B6007"/>
     <w:rsid w:val="757BD86C"/>
     <w:rsid w:val="75808AAA"/>
     <w:rsid w:val="7591FD41"/>
     <w:rsid w:val="7594B953"/>
     <w:rsid w:val="75B58261"/>
     <w:rsid w:val="75C0593D"/>
     <w:rsid w:val="75E41BBD"/>
     <w:rsid w:val="75EEF357"/>
     <w:rsid w:val="75F8A1D1"/>
     <w:rsid w:val="75FCBE2C"/>
     <w:rsid w:val="75FCE5F9"/>
     <w:rsid w:val="7608AB18"/>
     <w:rsid w:val="76149184"/>
     <w:rsid w:val="76251E9F"/>
+    <w:rsid w:val="762E4216"/>
     <w:rsid w:val="7647E70D"/>
     <w:rsid w:val="7686F7F0"/>
     <w:rsid w:val="768F2C0D"/>
     <w:rsid w:val="76980E19"/>
     <w:rsid w:val="76CC6766"/>
     <w:rsid w:val="76D96856"/>
     <w:rsid w:val="76EA399E"/>
     <w:rsid w:val="76FF050F"/>
     <w:rsid w:val="770E52EE"/>
     <w:rsid w:val="771499AF"/>
     <w:rsid w:val="771EFB88"/>
     <w:rsid w:val="772B7FEA"/>
     <w:rsid w:val="7735BE15"/>
     <w:rsid w:val="77380C07"/>
     <w:rsid w:val="7738952E"/>
     <w:rsid w:val="77634253"/>
     <w:rsid w:val="776D3BD5"/>
     <w:rsid w:val="77789B6A"/>
     <w:rsid w:val="77AEEAC2"/>
     <w:rsid w:val="77B4C252"/>
     <w:rsid w:val="77B56138"/>
     <w:rsid w:val="77B8589F"/>
     <w:rsid w:val="77B9B47C"/>
     <w:rsid w:val="77DCC481"/>
     <w:rsid w:val="77E42FD5"/>
     <w:rsid w:val="77ECC93C"/>
     <w:rsid w:val="7816B415"/>
     <w:rsid w:val="7823F017"/>
     <w:rsid w:val="7831BC32"/>
     <w:rsid w:val="783D8E7B"/>
     <w:rsid w:val="7875E6C1"/>
     <w:rsid w:val="789C94DA"/>
     <w:rsid w:val="78BDFCC0"/>
     <w:rsid w:val="78BFA75B"/>
     <w:rsid w:val="78C6E003"/>
     <w:rsid w:val="78DB4F03"/>
     <w:rsid w:val="78EF6C29"/>
     <w:rsid w:val="78F82470"/>
     <w:rsid w:val="78FA8CA1"/>
     <w:rsid w:val="7906EE67"/>
     <w:rsid w:val="7906F5C4"/>
+    <w:rsid w:val="792A2B55"/>
     <w:rsid w:val="795AC27A"/>
     <w:rsid w:val="79604356"/>
     <w:rsid w:val="7966EBB6"/>
     <w:rsid w:val="796D2FD8"/>
     <w:rsid w:val="7973EA1B"/>
     <w:rsid w:val="79795705"/>
     <w:rsid w:val="797CD69E"/>
     <w:rsid w:val="798CFB90"/>
     <w:rsid w:val="799206BA"/>
     <w:rsid w:val="799719C2"/>
     <w:rsid w:val="79B4B559"/>
     <w:rsid w:val="79B6D726"/>
     <w:rsid w:val="79C0C61B"/>
     <w:rsid w:val="79CD53C7"/>
     <w:rsid w:val="79D725C4"/>
     <w:rsid w:val="79DA455F"/>
     <w:rsid w:val="79E06ED9"/>
     <w:rsid w:val="79EE6599"/>
     <w:rsid w:val="7A0F1182"/>
     <w:rsid w:val="7A12543D"/>
     <w:rsid w:val="7A1537B8"/>
     <w:rsid w:val="7A16EAE1"/>
     <w:rsid w:val="7A174336"/>
     <w:rsid w:val="7A1F5967"/>
     <w:rsid w:val="7A235F1E"/>
@@ -14345,30 +14375,30 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Triage, Röda larm och Trauma Checklista och arbetsordning</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>1178</revision>
+  <revision>1182</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>