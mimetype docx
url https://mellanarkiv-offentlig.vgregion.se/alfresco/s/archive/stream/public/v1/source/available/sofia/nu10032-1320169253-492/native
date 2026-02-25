--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -57,1144 +57,1850 @@
         <w:bidi w:val="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="0CC41EDE" w14:textId="3B9DACAF">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:bidi w:val="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="029F7CFA" w14:textId="26D990D5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:bidi w:val="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="158EE416" w14:textId="5FF03E17">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:bidi w:val="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="51937DAA" w:rsidP="2230519C" w:rsidRDefault="51937DAA" w14:paraId="6DC1E4DE" w14:textId="41DAFCE7">
+    <w:p w:rsidR="51937DAA" w:rsidP="3B638CFD" w:rsidRDefault="51937DAA" w14:paraId="6DC1E4DE" w14:textId="1977B7D7">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:bidi w:val="0"/>
-        <w:spacing w:after="120" w:afterAutospacing="off"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidR="51937DAA">
         <w:rPr/>
-        <w:t>Urinbesvär</w:t>
+        <w:t>Urin</w:t>
+      </w:r>
+      <w:r w:rsidR="3B4DF5F1">
+        <w:rPr/>
+        <w:t>vägs</w:t>
+      </w:r>
+      <w:r w:rsidR="51937DAA">
+        <w:rPr/>
+        <w:t>besvär</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="1CBBA1DD" w:rsidP="3B638CFD" w:rsidRDefault="1CBBA1DD" w14:paraId="01378DB6" w14:textId="3F876DF4">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3B638CFD" w:rsidR="1CBBA1DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+        </w:rPr>
+        <w:t>Vårdprogram KIRURGI, Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10455" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4560"/>
-        <w:gridCol w:w="5005"/>
+        <w:gridCol w:w="4395"/>
+        <w:gridCol w:w="6060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="2230519C" w:rsidTr="2230519C" w14:paraId="575E3006">
+      <w:tr w:rsidR="2230519C" w:rsidTr="3B638CFD" w14:paraId="575E3006">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="65F9683F" w:rsidP="2230519C" w:rsidRDefault="65F9683F" w14:paraId="2C4C443B" w14:textId="63E28EC9">
+          <w:p w:rsidR="65F9683F" w:rsidP="3B638CFD" w:rsidRDefault="65F9683F" w14:paraId="2C4C443B" w14:textId="63E28EC9">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="65F9683F">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="282F52BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvårdnadsanames</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="50D037DA" w:rsidP="2230519C" w:rsidRDefault="50D037DA" w14:paraId="067B5BBF" w14:textId="5241D2EB">
+          <w:p w:rsidR="50D037DA" w:rsidP="3B638CFD" w:rsidRDefault="50D037DA" w14:paraId="067B5BBF" w14:textId="5241D2EB">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="50D037DA">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="3979D9CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Symtom?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="50D037DA" w:rsidP="2230519C" w:rsidRDefault="50D037DA" w14:paraId="158995D4" w14:textId="26367F34">
+          <w:p w:rsidR="50D037DA" w:rsidP="3B638CFD" w:rsidRDefault="50D037DA" w14:paraId="158995D4" w14:textId="26367F34">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="50D037DA">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="3979D9CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Debut?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="50D037DA" w:rsidP="2230519C" w:rsidRDefault="50D037DA" w14:paraId="72AE6C3F" w14:textId="31B74F5E">
+          <w:p w:rsidR="50D037DA" w:rsidP="3B638CFD" w:rsidRDefault="50D037DA" w14:paraId="4FF3118B" w14:textId="216AC81F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="50D037DA">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="3979D9CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tidigare sjukdomar? </w:t>
             </w:r>
-            <w:r w:rsidRPr="2230519C" w:rsidR="48A58D37">
-              <w:rPr>
+          </w:p>
+          <w:p w:rsidR="50D037DA" w:rsidP="3B638CFD" w:rsidRDefault="50D037DA" w14:paraId="72AE6C3F" w14:textId="61D1590F">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(ryggsmärta?)</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="2F1478FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="5FC870C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>yggsmärta?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="48A58D37" w:rsidP="2230519C" w:rsidRDefault="48A58D37" w14:paraId="207BE9C0" w14:textId="5FEB8AF0">
+          <w:p w:rsidR="48A58D37" w:rsidP="3B638CFD" w:rsidRDefault="48A58D37" w14:paraId="207BE9C0" w14:textId="5623B33A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="48A58D37">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="5B2C84A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Bortfall underliv</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Känselb</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="5FC870C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">ortfall </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="565189D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="5FC870C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>underliv</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="7011EAA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="3979D9CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="66F8F44F" w14:textId="2E40CEEF">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="66F8F44F" w14:textId="2E40CEEF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Läkemedelsbehandling?</w:t>
+              <w:t>Läkemedelsbeha</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dling?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="5BBACDDF" w14:textId="391246F1">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="5BBACDDF" w14:textId="2749A92A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ändrad </w:t>
             </w:r>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>miktion</w:t>
             </w:r>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="67786D33">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="67786D33">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>/avföringsvanor?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="56D69F6E" w14:textId="570CA776">
+          <w:p w:rsidR="2230519C" w:rsidP="3B638CFD" w:rsidRDefault="2230519C" w14:paraId="4A522C7C" w14:textId="5469EF10">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KAD?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="4A522C7C" w14:textId="1BC007C1">
+          <w:p w:rsidR="43671C85" w:rsidP="3B638CFD" w:rsidRDefault="43671C85" w14:paraId="7C2FD552" w14:textId="496F0854">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0" w:right="567"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="43671C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Alla &gt;75 år</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="43671C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: screening enligt FRESH, se WEST-A “Sköra äldre behov/proces</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4AA61EB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="43671C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="039A8F27" w14:textId="16469B0B">
+          <w:p w:rsidR="3B638CFD" w:rsidP="3B638CFD" w:rsidRDefault="3B638CFD" w14:paraId="249B0598" w14:textId="1E33A06F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="039A8F27" w14:textId="16469B0B">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvårdnadsstatus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="068D1E9B" w14:textId="3AAA47B9">
+          <w:p w:rsidR="2636C8EE" w:rsidP="3B638CFD" w:rsidRDefault="2636C8EE" w14:paraId="29DA2012" w14:textId="2CA9323F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="2636C8EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Cirkulation</w:t>
+              <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="3A311615" w14:textId="3D61A914">
+          <w:p w:rsidR="2636C8EE" w:rsidP="3B638CFD" w:rsidRDefault="2636C8EE" w14:paraId="236B466D" w14:textId="085A904A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="2636C8EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Medvetandegrad (AVPU)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="3B638CFD" w:rsidP="3B638CFD" w:rsidRDefault="3B638CFD" w14:paraId="61900B6B" w14:textId="578E4955">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="068D1E9B" w14:textId="3AAA47B9">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-[...2 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Feber/frossa</w:t>
-[...4 lines deleted...]
-                <w:bCs w:val="0"/>
+              <w:t>Cirkulation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="2230519C" w:rsidP="3B638CFD" w:rsidRDefault="2230519C" w14:paraId="4BF22074" w14:textId="05452F43">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Feber/frossa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="065EC31B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="4BF22074" w14:textId="1B60875C">
+          <w:p w:rsidR="3B638CFD" w:rsidP="3B638CFD" w:rsidRDefault="3B638CFD" w14:paraId="13ADD882" w14:textId="1F825D07">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:b w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="5861FE08" w14:textId="305DC870">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="5861FE08" w14:textId="305DC870">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Elimination</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="2355B6E6" w14:textId="25EC59E7">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="2355B6E6" w14:textId="25EC59E7">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Senaste vattenkastning?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="334BC41F" w14:textId="5AFBB0FB">
+          <w:p w:rsidR="2230519C" w:rsidP="3B638CFD" w:rsidRDefault="2230519C" w14:paraId="308E7AAC" w14:textId="55CDF988">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Blodig urin?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="308E7AAC" w14:textId="1535061E">
+          <w:p w:rsidR="3B638CFD" w:rsidP="3B638CFD" w:rsidRDefault="3B638CFD" w14:paraId="0B70DED1" w14:textId="5DFD43F4">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:b w:val="0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="1162787A" w14:textId="7B8B6A8A">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="1162787A" w14:textId="7B8B6A8A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Smärta</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="2641E1B8" w14:textId="4739B221">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="2641E1B8" w14:textId="4739B221">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Karaktär?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="3ED84648" w14:textId="768587C6">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="3ED84648" w14:textId="768587C6">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lokalisation?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="2230519C" w:rsidP="3B638CFD" w:rsidRDefault="2230519C" w14:paraId="0D8DA953" w14:textId="2C34DE1C">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
-              <w:ind w:left="0"/>
-[...22 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="5DB58B0D" w14:textId="7596198B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="0254A6B4" w14:textId="2B7F9F94">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5005" w:type="dxa"/>
+            <w:tcW w:w="6060" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="6C5BCABA" w14:textId="19D92379">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="6C5BCABA" w14:textId="19D92379">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:ind w:left="0"/>
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvårdnadsåtgärder</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3BDBE677" w:rsidP="2230519C" w:rsidRDefault="3BDBE677" w14:paraId="420F3315" w14:textId="1E45DA00">
+          <w:p w:rsidR="3BDBE677" w:rsidP="3B638CFD" w:rsidRDefault="3BDBE677" w14:paraId="420F3315" w14:textId="1E45DA00">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="3BDBE677">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6BE1B3D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4A6FA015" w:rsidP="2230519C" w:rsidRDefault="4A6FA015" w14:paraId="5B3CB09A" w14:textId="0C63D769">
+          <w:p w:rsidR="74CB81C0" w:rsidP="3B638CFD" w:rsidRDefault="74CB81C0" w14:paraId="1DAFC619" w14:textId="38B1DB4A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="74CB81C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Rektaltemp</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Alla &gt;75 år</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="74CB81C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: omvårdnadsåtgärder enligt “Sköra äldre behov/process</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4CFA32C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”, se WEST-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4CFA32C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4A6FA015" w:rsidP="2230519C" w:rsidRDefault="4A6FA015" w14:paraId="6D22A7C6" w14:textId="1A5AFA5E">
+          <w:p w:rsidR="562C88C4" w:rsidP="3B638CFD" w:rsidRDefault="562C88C4" w14:paraId="5C250C37" w14:textId="53B15A44">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="4A6FA015">
-[...25 lines deleted...]
-              <w:t>krea</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="562C88C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Vitalparametrar enligt NEWS2.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4A6FA015" w:rsidP="2230519C" w:rsidRDefault="4A6FA015" w14:paraId="75FD7B21" w14:textId="1763684A">
+          <w:p w:rsidR="4A6FA015" w:rsidP="3B638CFD" w:rsidRDefault="4A6FA015" w14:paraId="5B3CB09A" w14:textId="0C63D769">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="4A6FA015">
-[...11 lines deleted...]
-              <w:t>waranbehandling</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Rektaltemp</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4A6FA015" w:rsidP="2230519C" w:rsidRDefault="4A6FA015" w14:paraId="55F61B79" w14:textId="2F565E18">
+          <w:p w:rsidR="4A6FA015" w:rsidP="3B638CFD" w:rsidRDefault="4A6FA015" w14:paraId="6D22A7C6" w14:textId="6D304383">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="4A6FA015">
-[...4 lines deleted...]
-              <w:t>Blododling och blodgrupp enligt PM</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prover: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>venös</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="2EE01BFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="2EE01BFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>blod</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>gas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>krea</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="458214A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4A6FA015" w:rsidP="2230519C" w:rsidRDefault="4A6FA015" w14:paraId="5E2DA2D0" w14:textId="4EC6313B">
+          <w:p w:rsidR="4A6FA015" w:rsidP="3B638CFD" w:rsidRDefault="4A6FA015" w14:paraId="75FD7B21" w14:textId="3CF590CB">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="4A6FA015">
-[...18 lines deleted...]
-              <w:t>hematuri</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>PK</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="119A6519">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APTT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="3A0EACF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">om </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="396DBE21">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>aranbehandling</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6A91B3C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller blödning.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4A6FA015" w:rsidP="2230519C" w:rsidRDefault="4A6FA015" w14:paraId="6B579EFB" w14:textId="7E076BEB">
+          <w:p w:rsidR="4A6FA015" w:rsidP="3B638CFD" w:rsidRDefault="4A6FA015" w14:paraId="5E2DA2D0" w14:textId="184BDE08">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="4A6FA015">
-[...11 lines deleted...]
-              <w:t>dling</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="756EB1B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>lodgrupp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="06654AA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ering. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Bastest</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="1052DEFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="6A6B1A57">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>vid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>hematur</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="49FA8624">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4A6FA015" w:rsidP="2230519C" w:rsidRDefault="4A6FA015" w14:paraId="51ED1CC3" w14:textId="50FB2044">
+          <w:p w:rsidR="4A6FA015" w:rsidP="3B638CFD" w:rsidRDefault="4A6FA015" w14:paraId="6B579EFB" w14:textId="13C5E8DC">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="4A6FA015">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> även på KAD patienter</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Urinsticka och o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>dling</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4FCAC759">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="30594FB3" w:rsidP="2230519C" w:rsidRDefault="30594FB3" w14:paraId="02F3041C" w14:textId="0C448D1D">
+          <w:p w:rsidR="4FCAC759" w:rsidP="3B638CFD" w:rsidRDefault="4FCAC759" w14:paraId="1D787DA9" w14:textId="553AC235">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="30594FB3">
-[...4 lines deleted...]
-              <w:t>KAD enligt ordination</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4FCAC759">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Gravtest på kvinnor i fertil ålder.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="30594FB3" w:rsidP="2230519C" w:rsidRDefault="30594FB3" w14:paraId="442104B3" w14:textId="1EBBA142">
+          <w:p w:rsidR="4A6FA015" w:rsidP="3B638CFD" w:rsidRDefault="4A6FA015" w14:paraId="51ED1CC3" w14:textId="4D133E5D">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="30594FB3">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> NEWS poäng</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Bladderscan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="00D42971">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>även på</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="11253124">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>patienter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="747BBB0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med KAD.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="708AF282" w14:textId="4E31AF35">
+          <w:p w:rsidR="30594FB3" w:rsidP="3B638CFD" w:rsidRDefault="30594FB3" w14:paraId="02F3041C" w14:textId="2E7166AE">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="73D2B4DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KAD enligt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4DFE9A47">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>läkar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="73D2B4DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>ordination</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="47CA59EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="2230519C" w:rsidP="3B638CFD" w:rsidRDefault="2230519C" w14:paraId="708AF282" w14:textId="4E31AF35">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="30594FB3" w:rsidP="2230519C" w:rsidRDefault="30594FB3" w14:paraId="7AFD087E" w14:textId="5806EDEA">
+          <w:p w:rsidR="30594FB3" w:rsidP="3B638CFD" w:rsidRDefault="30594FB3" w14:paraId="7AFD087E" w14:textId="5806EDEA">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="30594FB3">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="73D2B4DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Läkemedelshantering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="30594FB3" w:rsidP="2230519C" w:rsidRDefault="30594FB3" w14:paraId="4BAA49EF" w14:textId="12C9D3DF">
+          <w:p w:rsidR="30594FB3" w:rsidP="3B638CFD" w:rsidRDefault="30594FB3" w14:paraId="4BAA49EF" w14:textId="12C9D3DF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="30594FB3">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="73D2B4DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Smärtlindring/läkemedel enligt</w:t>
             </w:r>
-            <w:r w:rsidR="518758C3">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="69762109">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="30594FB3">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="73D2B4DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>ordination</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2230519C" w:rsidP="2230519C" w:rsidRDefault="2230519C" w14:paraId="143592D3" w14:textId="5583129D">
+          <w:p w:rsidR="2230519C" w:rsidP="3B638CFD" w:rsidRDefault="2230519C" w14:paraId="143592D3" w14:textId="5583129D">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="7D35B5E9" w:rsidP="2230519C" w:rsidRDefault="7D35B5E9" w14:paraId="278652F5" w14:textId="44FE53DE">
+          <w:p w:rsidR="7D35B5E9" w:rsidP="3B638CFD" w:rsidRDefault="7D35B5E9" w14:paraId="278652F5" w14:textId="44FE53DE">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="7D35B5E9">
-              <w:rPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="305585B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Speciell omvårdnad</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="7D35B5E9" w:rsidP="2230519C" w:rsidRDefault="7D35B5E9" w14:paraId="61346659" w14:textId="32BA03C7">
+          <w:p w:rsidR="7D35B5E9" w:rsidP="3B638CFD" w:rsidRDefault="7D35B5E9" w14:paraId="61346659" w14:textId="66F44431">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="69D16DC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Följ vitalparametrar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="1B2240A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">enligt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="305585B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>NEWS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="3E36F464">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4633BB9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="4FFB4A64" w:rsidP="3B638CFD" w:rsidRDefault="4FFB4A64" w14:paraId="599E3202" w14:textId="6E993803">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="72EA94F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>NEWS</w:t>
+              <w:t>OBS!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="72EA94F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vid misstanke om </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="72EA94F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>urosepsis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="72EA94F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> uteslut alltid avflödeshinder!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="7D35B5E9" w:rsidP="2230519C" w:rsidRDefault="7D35B5E9" w14:paraId="46E8B6E0" w14:textId="74F3AA3C">
+          <w:p w:rsidR="41CD0682" w:rsidP="3B638CFD" w:rsidRDefault="41CD0682" w14:paraId="213F8C5E" w14:textId="3BEC860D">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="7D35B5E9">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> - lämna informationsblad/skötselråd av KAD vid hemgång</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="41CD0682">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kvinnor </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="51824437">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>utan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="41CD0682">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> avflödeshinder ska omhändertas på medicin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="28F7FC61">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4FFB4A64" w:rsidP="2230519C" w:rsidRDefault="4FFB4A64" w14:paraId="599E3202" w14:textId="6E993803">
+          <w:p w:rsidR="2230519C" w:rsidP="3B638CFD" w:rsidRDefault="2230519C" w14:paraId="43450CB0" w14:textId="69FE77BD">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2230519C" w:rsidR="4FFB4A64">
-              <w:rPr>
+          </w:p>
+          <w:p w:rsidR="57563422" w:rsidP="3B638CFD" w:rsidRDefault="57563422" w14:paraId="361F1A74" w14:textId="43BE4386">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="60AEE86A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>NEWS2-poäng styr behovet av övervakningsfrekvens, åtgärd, behov av läkarbedömning, tillsyn och kontroll av vitalparametra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="06043A46">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>r (VP). Teamets bedömning, tillsyn och (VP) ska dokumenteras på Akut</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="32A5EA22">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>journal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="5842F7C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="57563422" w:rsidP="3B638CFD" w:rsidRDefault="57563422" w14:paraId="60E12E4E" w14:textId="35A612EB">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="57563422" w:rsidP="3B638CFD" w:rsidRDefault="57563422" w14:paraId="424BB221" w14:textId="5646159D">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t>OBS!</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> uteslut alltid avflödeshinder!</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="1356C642">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t>KAD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="235B32A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – information</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="1356C642">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> inför hemgång</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="57563422" w:rsidP="2230519C" w:rsidRDefault="57563422" w14:paraId="7B6D9181" w14:textId="148BE49F">
+          <w:p w:rsidR="57563422" w:rsidP="3B638CFD" w:rsidRDefault="57563422" w14:paraId="19F90761" w14:textId="44783C9E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="57563422">
-[...65 lines deleted...]
-              <w:t>Teamets bedömning, tillsyn och vitalparametrar dokumenteras på Akutjournal</w:t>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="4907F6E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Lämna broschyr “Urinvägskateter. Information och råd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3B638CFD" w:rsidR="7C8962CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="007141F4" w:rsidR="007141F4" w:rsidP="007141F4" w:rsidRDefault="007141F4" w14:paraId="175C9C18" w14:textId="2D6F705E">
+    <w:p w:rsidRPr="007141F4" w:rsidR="007141F4" w:rsidP="3B638CFD" w:rsidRDefault="007141F4" w14:paraId="175C9C18" w14:textId="2D6F705E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007141F4">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E3AE4D1" wp14:editId="246ABA07">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="1778000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -4567,50 +5273,51 @@
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D42971"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
@@ -4621,113 +5328,227 @@
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="013B6FD6"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="04CCE493"/>
     <w:rsid w:val="055FFFE8"/>
+    <w:rsid w:val="06043A46"/>
+    <w:rsid w:val="065EC31B"/>
+    <w:rsid w:val="06654AA7"/>
     <w:rsid w:val="069D375B"/>
+    <w:rsid w:val="0734DAA6"/>
     <w:rsid w:val="08D1FA39"/>
+    <w:rsid w:val="0A9A0525"/>
     <w:rsid w:val="0DF50205"/>
+    <w:rsid w:val="0F3ACB74"/>
+    <w:rsid w:val="1052DEFB"/>
+    <w:rsid w:val="11253124"/>
     <w:rsid w:val="1199A8E2"/>
+    <w:rsid w:val="119A6519"/>
+    <w:rsid w:val="1356C642"/>
     <w:rsid w:val="13994685"/>
     <w:rsid w:val="147C690A"/>
+    <w:rsid w:val="150F00CE"/>
+    <w:rsid w:val="17762D4E"/>
+    <w:rsid w:val="1B2240A6"/>
+    <w:rsid w:val="1BD93866"/>
     <w:rsid w:val="1BFCD838"/>
+    <w:rsid w:val="1C5715F6"/>
+    <w:rsid w:val="1CBBA1DD"/>
     <w:rsid w:val="1DDCF70D"/>
     <w:rsid w:val="1E0D3343"/>
     <w:rsid w:val="1F5C9776"/>
     <w:rsid w:val="2230519C"/>
+    <w:rsid w:val="235B32A1"/>
     <w:rsid w:val="25C2DF3D"/>
+    <w:rsid w:val="2636C8EE"/>
+    <w:rsid w:val="269725CF"/>
+    <w:rsid w:val="2828293C"/>
+    <w:rsid w:val="282F52BB"/>
+    <w:rsid w:val="2870552A"/>
+    <w:rsid w:val="28F7FC61"/>
+    <w:rsid w:val="29DBAACC"/>
+    <w:rsid w:val="2C87C275"/>
+    <w:rsid w:val="2D4D7DAC"/>
     <w:rsid w:val="2EA0EBC8"/>
+    <w:rsid w:val="2EE01BFE"/>
+    <w:rsid w:val="2F1478FA"/>
+    <w:rsid w:val="2F38BBDB"/>
+    <w:rsid w:val="3032F270"/>
+    <w:rsid w:val="305585B8"/>
     <w:rsid w:val="30594FB3"/>
     <w:rsid w:val="311DA6EE"/>
     <w:rsid w:val="312BA1AF"/>
+    <w:rsid w:val="319206AA"/>
+    <w:rsid w:val="31B7E335"/>
+    <w:rsid w:val="31C44397"/>
+    <w:rsid w:val="31F2DB43"/>
+    <w:rsid w:val="32A5EA22"/>
+    <w:rsid w:val="3354D6C0"/>
+    <w:rsid w:val="343BCAD3"/>
     <w:rsid w:val="34D0E57F"/>
     <w:rsid w:val="35A077EC"/>
+    <w:rsid w:val="365B04AF"/>
+    <w:rsid w:val="3684905E"/>
     <w:rsid w:val="36CAF6A9"/>
     <w:rsid w:val="375E1C00"/>
+    <w:rsid w:val="383EE949"/>
     <w:rsid w:val="3860E788"/>
     <w:rsid w:val="386D590F"/>
+    <w:rsid w:val="396DBE21"/>
+    <w:rsid w:val="3979D9CC"/>
+    <w:rsid w:val="3A0EACF4"/>
+    <w:rsid w:val="3AF0EFDF"/>
     <w:rsid w:val="3B3CF1A4"/>
+    <w:rsid w:val="3B4DF5F1"/>
+    <w:rsid w:val="3B638CFD"/>
     <w:rsid w:val="3BDBE677"/>
+    <w:rsid w:val="3DAB8289"/>
+    <w:rsid w:val="3E36F464"/>
+    <w:rsid w:val="3F8408A7"/>
+    <w:rsid w:val="401285C0"/>
     <w:rsid w:val="40778897"/>
     <w:rsid w:val="41488F8C"/>
+    <w:rsid w:val="41CD0682"/>
     <w:rsid w:val="428C210C"/>
+    <w:rsid w:val="43671C85"/>
+    <w:rsid w:val="44417EA2"/>
     <w:rsid w:val="452F5370"/>
+    <w:rsid w:val="4579A92F"/>
+    <w:rsid w:val="458214A6"/>
+    <w:rsid w:val="4633BB9D"/>
+    <w:rsid w:val="46A7B72D"/>
     <w:rsid w:val="476EE195"/>
+    <w:rsid w:val="47CA59EB"/>
     <w:rsid w:val="47E03C2F"/>
     <w:rsid w:val="48A58D37"/>
+    <w:rsid w:val="4907F6E2"/>
+    <w:rsid w:val="49FA8624"/>
+    <w:rsid w:val="4A689A0A"/>
     <w:rsid w:val="4A6FA015"/>
+    <w:rsid w:val="4AA61EB7"/>
+    <w:rsid w:val="4CFA32C4"/>
     <w:rsid w:val="4DA60A58"/>
+    <w:rsid w:val="4DFE9A47"/>
+    <w:rsid w:val="4EA8C02E"/>
+    <w:rsid w:val="4FCAC759"/>
     <w:rsid w:val="4FFB4A64"/>
     <w:rsid w:val="500CE6C9"/>
     <w:rsid w:val="50D037DA"/>
     <w:rsid w:val="51260429"/>
     <w:rsid w:val="513AD583"/>
+    <w:rsid w:val="51824437"/>
     <w:rsid w:val="518758C3"/>
     <w:rsid w:val="51937DAA"/>
+    <w:rsid w:val="52629C1F"/>
     <w:rsid w:val="52769656"/>
+    <w:rsid w:val="52816746"/>
+    <w:rsid w:val="538C1580"/>
     <w:rsid w:val="554C9F3E"/>
+    <w:rsid w:val="55CBDDC5"/>
+    <w:rsid w:val="562C88C4"/>
+    <w:rsid w:val="565189D7"/>
     <w:rsid w:val="57563422"/>
+    <w:rsid w:val="5842F7C0"/>
+    <w:rsid w:val="58DF4764"/>
+    <w:rsid w:val="58E7D5A7"/>
+    <w:rsid w:val="5B2C84A5"/>
+    <w:rsid w:val="5B7F11EE"/>
     <w:rsid w:val="5DA302C6"/>
+    <w:rsid w:val="5DDF1532"/>
+    <w:rsid w:val="5DF4F9A7"/>
     <w:rsid w:val="5E437A8C"/>
     <w:rsid w:val="5EE3970B"/>
+    <w:rsid w:val="5FC870C0"/>
     <w:rsid w:val="5FD6DF5C"/>
+    <w:rsid w:val="60AEE86A"/>
+    <w:rsid w:val="60B7601B"/>
     <w:rsid w:val="60CF27AC"/>
+    <w:rsid w:val="61B5E49A"/>
+    <w:rsid w:val="62833A01"/>
     <w:rsid w:val="62A14B75"/>
     <w:rsid w:val="62AD8B2D"/>
     <w:rsid w:val="631B8CE7"/>
     <w:rsid w:val="63514B62"/>
+    <w:rsid w:val="639460FD"/>
+    <w:rsid w:val="6458903C"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="65F9683F"/>
+    <w:rsid w:val="660C7F84"/>
+    <w:rsid w:val="66BBC5EC"/>
+    <w:rsid w:val="672671CE"/>
+    <w:rsid w:val="67786D33"/>
     <w:rsid w:val="677D8747"/>
+    <w:rsid w:val="69762109"/>
+    <w:rsid w:val="69D16DC1"/>
+    <w:rsid w:val="6A2FED88"/>
+    <w:rsid w:val="6A6B1A57"/>
+    <w:rsid w:val="6A91B3C6"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6BDBCB8C"/>
+    <w:rsid w:val="6BE1B3D4"/>
     <w:rsid w:val="6D54C50B"/>
+    <w:rsid w:val="6D8C99AB"/>
     <w:rsid w:val="6DDFDF62"/>
     <w:rsid w:val="6F5388DD"/>
+    <w:rsid w:val="7011EAA3"/>
     <w:rsid w:val="7096E9E6"/>
     <w:rsid w:val="7123645E"/>
+    <w:rsid w:val="7207199D"/>
+    <w:rsid w:val="727643A7"/>
+    <w:rsid w:val="72EA94F1"/>
+    <w:rsid w:val="72ECF20E"/>
     <w:rsid w:val="737AA010"/>
+    <w:rsid w:val="73D2B4DF"/>
+    <w:rsid w:val="747BBB0A"/>
+    <w:rsid w:val="74CB81C0"/>
+    <w:rsid w:val="756EB1B5"/>
+    <w:rsid w:val="757C4F34"/>
+    <w:rsid w:val="78A093BC"/>
+    <w:rsid w:val="7A6CE087"/>
+    <w:rsid w:val="7AB75F66"/>
     <w:rsid w:val="7C703FD8"/>
+    <w:rsid w:val="7C8962CC"/>
     <w:rsid w:val="7D35B5E9"/>
     <w:rsid w:val="7E41C948"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
@@ -7567,32 +8388,32 @@
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Urinbesvär</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Monica Ivarsson</lastModifiedBy>
-  <revision>9</revision>
+  <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
+  <revision>11</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>