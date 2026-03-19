--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -1,108 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00A87D96" w:rsidP="271F0DAB" w:rsidRDefault="00A87D96" w14:paraId="4922A496" w14:textId="6861BC41">
+    <w:p w:rsidR="00A87D96" w:rsidP="684CBA76" w:rsidRDefault="00A87D96" w14:paraId="4922A496" w14:textId="6861BC41">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:ind w:left="630"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A87D96" w:rsidSect="00A87D96">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
-      <w:r w:rsidRPr="368F05F7" w:rsidR="2613D58F">
+      <w:r w:rsidRPr="684CBA76" w:rsidR="5E215BD6">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Sårskador ortopediska, distalt om hand-</w:t>
       </w:r>
-      <w:r w:rsidRPr="368F05F7" w:rsidR="50D7E868">
+      <w:r w:rsidRPr="684CBA76" w:rsidR="3050FE76">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="368F05F7" w:rsidR="2613D58F">
+      <w:r w:rsidRPr="684CBA76" w:rsidR="5E215BD6">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>fotled</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="438E5423" w:rsidP="271F0DAB" w:rsidRDefault="438E5423" w14:paraId="1FBF0785" w14:textId="14DB85F6">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="233E5BC7" w:rsidR="438E5423">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
@@ -118,115 +119,121 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORTOPEDI</w:t>
       </w:r>
       <w:r w:rsidRPr="233E5BC7" w:rsidR="438E5423">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9740" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4535"/>
         <w:gridCol w:w="5205"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="533838C9" w:rsidTr="0D26925E" w14:paraId="3E673A9E" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="533838C9" w:rsidTr="684CBA76" w14:paraId="3E673A9E" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="200DA18D" w:rsidP="5462AE2E" w:rsidRDefault="200DA18D" w14:paraId="3914E55D" w14:textId="2DAC89AC">
+          <w:p w:rsidR="200DA18D" w:rsidP="4A3B5012" w:rsidRDefault="200DA18D" w14:paraId="3914E55D" w14:textId="2DAC89AC">
             <w:pPr>
               <w:pStyle w:val="MellanrubrikVGR"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5462AE2E" w:rsidR="0A0D04CA">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="437A3B41">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvår</w:t>
             </w:r>
-            <w:r w:rsidRPr="5462AE2E" w:rsidR="0A0D04CA">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="437A3B41">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>dnadsanamnes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="200DA18D" w:rsidP="5462AE2E" w:rsidRDefault="200DA18D" w14:paraId="1DA780C2" w14:textId="5FAAA24B">
+          <w:p w:rsidR="200DA18D" w:rsidP="4A3B5012" w:rsidRDefault="200DA18D" w14:paraId="1DA780C2" w14:textId="5FAAA24B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5462AE2E" w:rsidR="0A0D04CA">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="437A3B41">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Debut?</w:t>
             </w:r>
-            <w:r w:rsidRPr="5462AE2E" w:rsidR="286D4508">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="3B2B1784">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="5462AE2E" w:rsidR="0A0D04CA">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="437A3B41">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Beskrivning av händelseförloppet.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="200DA18D" w:rsidP="5462AE2E" w:rsidRDefault="200DA18D" w14:paraId="2D4D5790" w14:textId="48DFDB89">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="0A0D04CA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -329,59 +336,59 @@
             <w:r w:rsidRPr="271F0DAB" w:rsidR="7FE821C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> “S</w:t>
             </w:r>
             <w:r w:rsidRPr="271F0DAB" w:rsidR="580D509A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>köra äldre behov/process</w:t>
             </w:r>
             <w:r w:rsidRPr="271F0DAB" w:rsidR="7FE821C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>”.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="271F0DAB" w:rsidP="271F0DAB" w:rsidRDefault="271F0DAB" w14:paraId="7E863D99" w14:textId="7560CE04">
+          <w:p w:rsidR="271F0DAB" w:rsidP="4A3B5012" w:rsidRDefault="271F0DAB" w14:paraId="7E863D99" w14:textId="7560CE04">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="181530E5" w:rsidP="271F0DAB" w:rsidRDefault="181530E5" w14:paraId="7568473C" w14:textId="74BA9629">
             <w:pPr>
               <w:pStyle w:val="MellanrubrikVGR"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="271F0DAB" w:rsidR="5EA12E16">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvårdnads</w:t>
             </w:r>
@@ -399,72 +406,82 @@
               <w:pStyle w:val="Normal"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="271F0DAB" w:rsidR="5EA12E16">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="181530E5" w:rsidP="5462AE2E" w:rsidRDefault="181530E5" w14:paraId="2577E24E" w14:textId="1EBEED4E">
+          <w:p w:rsidR="181530E5" w:rsidP="5462AE2E" w:rsidRDefault="181530E5" w14:paraId="2577E24E" w14:textId="645C46A1">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="5EA12E16">
-[...7 lines deleted...]
-              <w:t>Medvetandegrad? (GCS)</w:t>
+            <w:r w:rsidRPr="39888078" w:rsidR="5EA12E16">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medvetandegrad (GCS)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="39888078" w:rsidR="47F240A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="181530E5" w:rsidP="5462AE2E" w:rsidRDefault="181530E5" w14:paraId="1BC35CD8" w14:textId="37874766">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="5EA12E16">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Orienterad?</w:t>
             </w:r>
@@ -1167,149 +1184,179 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="5EA12E16">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Helhetsbedömning av patienten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5205" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="7EE29081" w:rsidP="5462AE2E" w:rsidRDefault="7EE29081" w14:paraId="535BCAA2" w14:textId="29C586BC">
+          <w:p w:rsidR="284132F8" w:rsidP="4A3B5012" w:rsidRDefault="284132F8" w14:paraId="1AAD9807" w14:textId="6225A51C">
             <w:pPr>
               <w:pStyle w:val="MellanrubrikVGR"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="on" w:line="276" w:lineRule="auto"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5462AE2E" w:rsidR="2A6409D4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="18C42F64">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvårdnadsåtgärder</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="6948F249" w14:textId="231EDAE2">
+          <w:p w:rsidR="284132F8" w:rsidP="4A3B5012" w:rsidRDefault="284132F8" w14:paraId="2EDC985A" w14:textId="7377BB3C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:pStyle w:val="MellanrubrikVGR"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5462AE2E" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0DEA462E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="284132F8" w:rsidP="271F0DAB" w:rsidRDefault="284132F8" w14:paraId="121CF080" w14:textId="34D4780A">
+          <w:p w:rsidR="284132F8" w:rsidP="4A3B5012" w:rsidRDefault="284132F8" w14:paraId="121CF080" w14:textId="1D33CDA4">
+            <w:pPr>
+              <w:pStyle w:val="MellanrubrikVGR"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0E7C9E91">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Alla ≥75 år</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0E7C9E91">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0E7C9E91">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> omvårdnadsåtgärder enligt “Sköra äldre behov/process”, se WEST-A.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="284132F8" w:rsidP="4A3B5012" w:rsidRDefault="284132F8" w14:paraId="71E4A085" w14:textId="21D1FB31">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="396E7374">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="6C6FD404">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vitalparametrar enligt NEWS2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="396E7374">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="6C6FD404">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="2BE0468D" w14:textId="175A0B4A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="275F3D68">
               <w:rPr>
@@ -1539,92 +1586,102 @@
           </w:p>
           <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="2646AABE" w14:textId="37F08647">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="275F3D68">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Läkemedelshantering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="284132F8" w:rsidP="0D26925E" w:rsidRDefault="284132F8" w14:paraId="35953B64" w14:textId="6567ABE1">
+          <w:p w:rsidR="284132F8" w:rsidP="0D26925E" w:rsidRDefault="284132F8" w14:paraId="35953B64" w14:textId="53329071">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0D26925E" w:rsidR="7C6904F0">
+            <w:r w:rsidRPr="39888078" w:rsidR="7C6904F0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Smärtlindring enligt </w:t>
             </w:r>
-            <w:r w:rsidRPr="0D26925E" w:rsidR="7C6904F0">
+            <w:r w:rsidRPr="39888078" w:rsidR="7C6904F0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">läkarordination eller </w:t>
             </w:r>
-            <w:r w:rsidRPr="0D26925E" w:rsidR="7BBC3BAE">
+            <w:r w:rsidRPr="39888078" w:rsidR="7BBC3BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>generella direktiv vuxen eller barn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="39888078" w:rsidR="63FC99F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VAS före och efter smärtstillande givits, dokumentera på Akutjournal.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="08B85522" w14:textId="5720D60E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0D26925E" w:rsidR="7C6904F0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ev</w:t>
             </w:r>
@@ -1857,164 +1914,164 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Förbered för ev. </w:t>
             </w:r>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="17CFD63A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="275F3D68">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nläggning/operation.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="6F9ACAB2" w14:textId="679037DA">
+          <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="6F9ACAB2" w14:textId="1DBE4E7B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Provtagning enligt läkarordination.</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="2C12FA60">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="45729953">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="764E589F">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="67C9E109">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">operation tas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Blodgrupp</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="1D2E4841">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="6A0B7CAD">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="6D495F65">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AS-</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>test</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="684CBA76" w:rsidR="4E5A948E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="1F3466E7" w14:textId="55DB4363">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="4A753753">
               <w:rPr>
@@ -2083,153 +2140,193 @@
           </w:p>
           <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="31083350" w14:textId="0ADA7C88">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5462AE2E" w:rsidR="275F3D68">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>EKG.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="655E8E67" w14:textId="575E072D">
+          <w:p w:rsidR="284132F8" w:rsidP="4A3B5012" w:rsidRDefault="284132F8" w14:paraId="1418A156" w14:textId="4256D455">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0DEA462E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vid transport till handkirurg</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="31F7AEBB">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0AC66023">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>en</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="6930C7D4">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="016DF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0DEA462E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> remiss</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="6F612BBB">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="3159D095">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> medskickas</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="41975929">
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0548B938">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> samt broschyren </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0548B938">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>“Välkommen till jourmottagningen på Handkirurgen”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0548B938">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="23C7B772">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+          </w:p>
+          <w:p w:rsidR="284132F8" w:rsidP="5462AE2E" w:rsidRDefault="284132F8" w14:paraId="655E8E67" w14:textId="2A319523">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Beställ lämplig transport</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="271F0DAB" w:rsidR="275F3D68">
+            </w:pPr>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0DEA462E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>Beställ lämplig transport</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4A3B5012" w:rsidR="0DEA462E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="4A3B5012" w:rsidP="4A3B5012" w:rsidRDefault="4A3B5012" w14:paraId="5D7C3EE2" w14:textId="0C8E1900">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w:rsidR="284132F8" w:rsidP="271F0DAB" w:rsidRDefault="284132F8" w14:paraId="1F054AA1" w14:textId="7E9467AA">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="271F0DAB" w:rsidR="28CB94C6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEWS2-poäng styr behovet av ö</w:t>
             </w:r>
             <w:r w:rsidRPr="271F0DAB" w:rsidR="1EB306BB">
@@ -3011,50 +3108,64 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+  <int2:observations>
+    <int2:textHash int2:hashCode="SZ+Z8f3iJ/bWsC" int2:id="XD6TEdlB">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="CWnMdKUzIs6buJ" int2:id="hD2vD5QA">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5544,283 +5655,318 @@
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="01314246"/>
+    <w:rsid w:val="0146DABA"/>
+    <w:rsid w:val="016DF9B8"/>
     <w:rsid w:val="01C1A7A7"/>
     <w:rsid w:val="020DBA9E"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="02C52521"/>
     <w:rsid w:val="0322DFBE"/>
     <w:rsid w:val="039DC2A8"/>
     <w:rsid w:val="040EE709"/>
+    <w:rsid w:val="04832B94"/>
     <w:rsid w:val="049D9A44"/>
     <w:rsid w:val="050231F9"/>
     <w:rsid w:val="05188A08"/>
     <w:rsid w:val="052B5B53"/>
+    <w:rsid w:val="0548B938"/>
     <w:rsid w:val="05F5A2A6"/>
     <w:rsid w:val="0668144E"/>
     <w:rsid w:val="06DF4DFF"/>
+    <w:rsid w:val="075904F1"/>
     <w:rsid w:val="07E5022C"/>
     <w:rsid w:val="087B1E60"/>
     <w:rsid w:val="0917750A"/>
     <w:rsid w:val="0980D28D"/>
     <w:rsid w:val="0A0D04CA"/>
+    <w:rsid w:val="0AC66023"/>
     <w:rsid w:val="0BAAD19C"/>
     <w:rsid w:val="0BC47923"/>
     <w:rsid w:val="0C328E61"/>
     <w:rsid w:val="0C9AD5E9"/>
     <w:rsid w:val="0D26925E"/>
     <w:rsid w:val="0DE4F7C4"/>
+    <w:rsid w:val="0DEA462E"/>
+    <w:rsid w:val="0E7C9E91"/>
     <w:rsid w:val="0EE2725E"/>
     <w:rsid w:val="0F934EB8"/>
     <w:rsid w:val="0FEF5DAE"/>
     <w:rsid w:val="0FFE4DD3"/>
     <w:rsid w:val="107E42BF"/>
     <w:rsid w:val="1121B2B3"/>
     <w:rsid w:val="121A1320"/>
     <w:rsid w:val="12386F5E"/>
     <w:rsid w:val="127A0A6C"/>
     <w:rsid w:val="12A1088F"/>
     <w:rsid w:val="130D9D38"/>
     <w:rsid w:val="1362AF37"/>
     <w:rsid w:val="139FCD73"/>
     <w:rsid w:val="144D0D77"/>
     <w:rsid w:val="1551B3E2"/>
     <w:rsid w:val="1635189F"/>
     <w:rsid w:val="170EC8CD"/>
     <w:rsid w:val="171A78FD"/>
     <w:rsid w:val="17AE990D"/>
     <w:rsid w:val="17CFD63A"/>
     <w:rsid w:val="181530E5"/>
+    <w:rsid w:val="18C42F64"/>
     <w:rsid w:val="1915BBA6"/>
     <w:rsid w:val="1951B01F"/>
     <w:rsid w:val="19ED1AAD"/>
     <w:rsid w:val="1A252505"/>
     <w:rsid w:val="1A9C39DD"/>
     <w:rsid w:val="1AB88B06"/>
     <w:rsid w:val="1B29963B"/>
     <w:rsid w:val="1BC8E2EC"/>
     <w:rsid w:val="1D0543DD"/>
     <w:rsid w:val="1D2E4841"/>
     <w:rsid w:val="1D63A936"/>
+    <w:rsid w:val="1D9CEAD2"/>
     <w:rsid w:val="1E628DDA"/>
     <w:rsid w:val="1EB306BB"/>
     <w:rsid w:val="1EF89628"/>
     <w:rsid w:val="1F739B98"/>
     <w:rsid w:val="1F81250F"/>
     <w:rsid w:val="200DA18D"/>
     <w:rsid w:val="20D3EC7A"/>
     <w:rsid w:val="211F216A"/>
     <w:rsid w:val="22406BE7"/>
     <w:rsid w:val="2312BF06"/>
     <w:rsid w:val="233E5BC7"/>
     <w:rsid w:val="23648A82"/>
     <w:rsid w:val="23C7B772"/>
+    <w:rsid w:val="24ACEA44"/>
     <w:rsid w:val="25348181"/>
     <w:rsid w:val="257DB485"/>
     <w:rsid w:val="2613D58F"/>
     <w:rsid w:val="264B162B"/>
     <w:rsid w:val="271F0DAB"/>
     <w:rsid w:val="27363535"/>
     <w:rsid w:val="275F3D68"/>
     <w:rsid w:val="284132F8"/>
     <w:rsid w:val="286D4508"/>
     <w:rsid w:val="28A4F65D"/>
     <w:rsid w:val="28A765F4"/>
     <w:rsid w:val="28CB94C6"/>
     <w:rsid w:val="298F7CBB"/>
+    <w:rsid w:val="2A0A232A"/>
     <w:rsid w:val="2A1B3569"/>
     <w:rsid w:val="2A6409D4"/>
     <w:rsid w:val="2A854254"/>
     <w:rsid w:val="2AC59A77"/>
     <w:rsid w:val="2BDF06B6"/>
     <w:rsid w:val="2C12FA60"/>
     <w:rsid w:val="2C8E1A3C"/>
     <w:rsid w:val="2D7AD717"/>
     <w:rsid w:val="2DBAE070"/>
     <w:rsid w:val="2FF1420E"/>
+    <w:rsid w:val="3050FE76"/>
+    <w:rsid w:val="3159D095"/>
     <w:rsid w:val="318D126F"/>
     <w:rsid w:val="31F7AEBB"/>
     <w:rsid w:val="324E483A"/>
     <w:rsid w:val="333135A4"/>
+    <w:rsid w:val="3390A288"/>
     <w:rsid w:val="33C7F90B"/>
     <w:rsid w:val="33DD7898"/>
     <w:rsid w:val="340B3162"/>
     <w:rsid w:val="3426BD5D"/>
     <w:rsid w:val="34573CCA"/>
     <w:rsid w:val="352AE15E"/>
+    <w:rsid w:val="35889EF3"/>
     <w:rsid w:val="35B9E6FA"/>
     <w:rsid w:val="36608392"/>
     <w:rsid w:val="368F05F7"/>
     <w:rsid w:val="36B68287"/>
     <w:rsid w:val="372CB618"/>
     <w:rsid w:val="37435FE0"/>
     <w:rsid w:val="3801E46E"/>
+    <w:rsid w:val="38839FAB"/>
     <w:rsid w:val="38CDD2D4"/>
     <w:rsid w:val="38D8B0E4"/>
     <w:rsid w:val="391FAEB9"/>
     <w:rsid w:val="396E7374"/>
+    <w:rsid w:val="39888078"/>
     <w:rsid w:val="3A8C9DAA"/>
+    <w:rsid w:val="3B2B1784"/>
     <w:rsid w:val="3B89F3AA"/>
     <w:rsid w:val="3CDE96B2"/>
     <w:rsid w:val="3DAA5FAC"/>
     <w:rsid w:val="3DCD9FA3"/>
     <w:rsid w:val="3DD394C3"/>
     <w:rsid w:val="3EA0E84E"/>
+    <w:rsid w:val="3ED9F163"/>
     <w:rsid w:val="3F128F9B"/>
     <w:rsid w:val="3F167934"/>
     <w:rsid w:val="3F294BB0"/>
     <w:rsid w:val="3F5B99C4"/>
     <w:rsid w:val="3F697004"/>
     <w:rsid w:val="3FE8D06C"/>
     <w:rsid w:val="405230CE"/>
     <w:rsid w:val="414C9253"/>
     <w:rsid w:val="41975929"/>
     <w:rsid w:val="42933A86"/>
     <w:rsid w:val="432758A7"/>
+    <w:rsid w:val="433BDB28"/>
+    <w:rsid w:val="437A3B41"/>
     <w:rsid w:val="438E5423"/>
     <w:rsid w:val="442F0AE7"/>
     <w:rsid w:val="443F092E"/>
     <w:rsid w:val="4566E7BF"/>
+    <w:rsid w:val="45729953"/>
     <w:rsid w:val="45CADB48"/>
     <w:rsid w:val="465AA360"/>
     <w:rsid w:val="47AA2931"/>
+    <w:rsid w:val="47F240A7"/>
     <w:rsid w:val="4913C270"/>
     <w:rsid w:val="4A374285"/>
+    <w:rsid w:val="4A3B5012"/>
     <w:rsid w:val="4A753753"/>
     <w:rsid w:val="4A9E4C6B"/>
     <w:rsid w:val="4AF5ED94"/>
     <w:rsid w:val="4B3FAE68"/>
     <w:rsid w:val="4B968467"/>
     <w:rsid w:val="4C4E90D1"/>
     <w:rsid w:val="4CEB6E4B"/>
     <w:rsid w:val="4E138DF4"/>
+    <w:rsid w:val="4E5A948E"/>
     <w:rsid w:val="4ED50617"/>
     <w:rsid w:val="4FC7127F"/>
     <w:rsid w:val="5026C5FA"/>
     <w:rsid w:val="50D7E868"/>
     <w:rsid w:val="510D8DEF"/>
     <w:rsid w:val="519C6868"/>
     <w:rsid w:val="51EC9D8E"/>
     <w:rsid w:val="52A95E50"/>
     <w:rsid w:val="533838C9"/>
     <w:rsid w:val="533C29AE"/>
     <w:rsid w:val="5462AE2E"/>
     <w:rsid w:val="54ED0456"/>
     <w:rsid w:val="54EDEF73"/>
     <w:rsid w:val="55B12514"/>
     <w:rsid w:val="55CF15A2"/>
     <w:rsid w:val="55E0FF12"/>
     <w:rsid w:val="56B258FA"/>
     <w:rsid w:val="580D509A"/>
     <w:rsid w:val="584702EA"/>
     <w:rsid w:val="58FC2DC0"/>
     <w:rsid w:val="590B23A3"/>
     <w:rsid w:val="595D7037"/>
     <w:rsid w:val="596F035F"/>
     <w:rsid w:val="59E87BBC"/>
     <w:rsid w:val="5AA6F404"/>
     <w:rsid w:val="5B205A33"/>
+    <w:rsid w:val="5C0E160E"/>
     <w:rsid w:val="5CA8063A"/>
     <w:rsid w:val="5CB1EBB7"/>
     <w:rsid w:val="5CB7EF99"/>
+    <w:rsid w:val="5CBAE4DC"/>
     <w:rsid w:val="5DEBFCFA"/>
+    <w:rsid w:val="5E215BD6"/>
     <w:rsid w:val="5E231328"/>
     <w:rsid w:val="5EA12E16"/>
     <w:rsid w:val="5ECDF115"/>
     <w:rsid w:val="5F613CCA"/>
     <w:rsid w:val="605580FC"/>
     <w:rsid w:val="60627BEE"/>
     <w:rsid w:val="607F2285"/>
     <w:rsid w:val="60B0BAE8"/>
     <w:rsid w:val="60FD0D2B"/>
     <w:rsid w:val="61FE4C4F"/>
     <w:rsid w:val="62038387"/>
     <w:rsid w:val="630804DE"/>
     <w:rsid w:val="6372C7FF"/>
     <w:rsid w:val="63A67F3F"/>
+    <w:rsid w:val="63FC99F9"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64E564D6"/>
     <w:rsid w:val="64EC9695"/>
     <w:rsid w:val="65040034"/>
     <w:rsid w:val="652BD437"/>
     <w:rsid w:val="6535ED11"/>
     <w:rsid w:val="663FA5A0"/>
     <w:rsid w:val="665D7ECA"/>
     <w:rsid w:val="670425FC"/>
     <w:rsid w:val="673414B0"/>
     <w:rsid w:val="6736FA51"/>
+    <w:rsid w:val="67C9E109"/>
     <w:rsid w:val="67DC83FC"/>
+    <w:rsid w:val="684CBA76"/>
     <w:rsid w:val="686D8DD3"/>
     <w:rsid w:val="69068A1A"/>
     <w:rsid w:val="6930C7D4"/>
     <w:rsid w:val="6A0B7CAD"/>
     <w:rsid w:val="6A114BBA"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B594D2A"/>
     <w:rsid w:val="6BAD1C1B"/>
+    <w:rsid w:val="6C6FD404"/>
     <w:rsid w:val="6C9E0303"/>
     <w:rsid w:val="6D40FEF6"/>
+    <w:rsid w:val="6D495F65"/>
     <w:rsid w:val="6D4D6185"/>
     <w:rsid w:val="6E200E95"/>
     <w:rsid w:val="6EBB64C6"/>
     <w:rsid w:val="6EE4BCDD"/>
     <w:rsid w:val="6F612BBB"/>
     <w:rsid w:val="7099407E"/>
     <w:rsid w:val="711330F5"/>
     <w:rsid w:val="7196AF42"/>
     <w:rsid w:val="7220D2A8"/>
     <w:rsid w:val="736F6A86"/>
     <w:rsid w:val="73A87CDE"/>
     <w:rsid w:val="74BDCBAE"/>
     <w:rsid w:val="75244453"/>
     <w:rsid w:val="7548AC44"/>
     <w:rsid w:val="764E589F"/>
     <w:rsid w:val="76D095DF"/>
     <w:rsid w:val="76DBB43F"/>
     <w:rsid w:val="77C6F0DB"/>
+    <w:rsid w:val="78EC10D2"/>
     <w:rsid w:val="7958637C"/>
     <w:rsid w:val="79B2D0DB"/>
     <w:rsid w:val="7B94ADD1"/>
     <w:rsid w:val="7BBC3BAE"/>
     <w:rsid w:val="7C075EF3"/>
     <w:rsid w:val="7C6904F0"/>
     <w:rsid w:val="7C9FFA30"/>
     <w:rsid w:val="7E3F298D"/>
     <w:rsid w:val="7EE29081"/>
     <w:rsid w:val="7FE821C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
@@ -8311,51 +8457,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R5b0e6b44d0944d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10032-1320169253-483/surrogate/Suturering.pdf" TargetMode="External" Id="Ra99dc6dbaf8e4b30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R5b0e6b44d0944d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10032-1320169253-483/surrogate/Suturering.pdf" TargetMode="External" Id="Ra99dc6dbaf8e4b30" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="Rada79e64cad04251" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -8773,31 +8919,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Sårskador ortopediska, distalt om hand-, fotled</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>10</revision>
+  <revision>13</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>