--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -364,1011 +364,1007 @@
         <w:keepNext w:val="1"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0506A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" Requires="wps">
             <w:drawing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
               <wp:anchor xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C667A94" wp14:editId="1044555A">
                 <wp:simplePos xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" x="0" y="0"/>
                 <wp:positionH xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="column">
                   <wp:posOffset>2906395</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="paragraph">
                   <wp:posOffset>49530</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3086100" cy="7543800"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:extent cx="3748405" cy="7543800"/>
+                <wp:effectExtent l="0" t="0" r="23495" b="19050"/>
                 <wp:wrapNone xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
                 <wp:docPr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3086100" cy="7543800"/>
+                          <a:ext cx="3748405" cy="7543800"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:kern w:val="0"/>
-                                <w:sz w:val="24"/>
-                                <w:szCs w:val="24"/>
                                 <w:lang w:val="en-US"/>
                                 <w14:ligatures xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:val="none"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omvårdnadsåtgärder</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Förberedelser</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Blodtryck och puls</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>EKG</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>POX</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>AF</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Temp</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>PVK</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Prover: </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>M</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>edicinrutin och kapillärt glukos</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Läkemedelshantering</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Överväg syrgasbehandling</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Ge läkemedel enligt ordination</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Speciell omvårdnad</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Följ vitala parametrar: blodtryck, puls, AF och POX.</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:u w:val="single"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Lämna inte patienten utan tillsyn!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Titta efter eventuella skador som kan ha uppstått i samband med krampanfallet.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000E1DFD" w:rsidP="000E1DFD" w:rsidRDefault="000E1DFD">
+                          <w:p w:rsidR="0068645C" w:rsidP="000E1DFD" w:rsidRDefault="0068645C">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omprio enligt RETTS</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="91440" tIns="90000" rIns="91440" bIns="45720" anchor="t" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback/>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A0506A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" Requires="wps">
             <w:drawing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
               <wp:anchor xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1279703C" wp14:editId="0E26A051">
                 <wp:simplePos xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" x="0" y="0"/>
                 <wp:positionH xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="column">
                   <wp:posOffset>-522605</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="paragraph">
                   <wp:posOffset>49530</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3086100" cy="8896350"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:extent cx="3435985" cy="9228455"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="10795"/>
                 <wp:wrapNone xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
                 <wp:docPr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3086100" cy="8896350"/>
+                          <a:ext cx="3435985" cy="9228455"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:kern w:val="0"/>
-                                <w:sz w:val="24"/>
-                                <w:szCs w:val="24"/>
                                 <w:lang w:val="en-US"/>
                                 <w14:ligatures xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:val="none"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omvårdnadsanamnes</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tidigare sjukdomar? Känd EP?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tidigare kramper?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Händelseförlopp?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Alkohol? Droger?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Trauma?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omvårdnadsstatus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Kommunikation</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Medvetandegrad? (RLS/GCS)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Pupiller?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Orienterad?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Motorisk orolig?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Andning</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Fri luftväg?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Andningspåverkan?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>AF?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Aspirationsrisk?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Cirkulation</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Pulskvalitet/frekvens?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Blodtryck?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Hud</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Färg?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Kallsvettig?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Nutrition</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Kräkning?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Illamående?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Elimination</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Urinavgång? Faecesavgång?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Smärta</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Huvudvärk?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00151E9D" w:rsidP="00151E9D" w:rsidRDefault="00151E9D">
+                          <w:p w:rsidR="0001475E" w:rsidP="00151E9D" w:rsidRDefault="0001475E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Skada i samband med krampanfall?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="91440" tIns="90000" rIns="91440" bIns="45720" anchor="t" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback/>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00A0506A">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
@@ -4545,51 +4541,53 @@
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="471DA730"/>
     <w:rsid w:val="52F48639"/>
     <w:rsid w:val="646E1938"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="65AB4356"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6C5815D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
@@ -7500,31 +7498,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Kramper</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>3</revision>
+  <revision>4</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>