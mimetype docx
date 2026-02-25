--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -10,109 +10,138 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00FD4002" w:rsidP="4220D4E2" w:rsidRDefault="00FD4002" w14:paraId="07910898" w14:textId="1D4BEE50">
+    <w:p w:rsidR="140D0751" w:rsidP="140D0751" w:rsidRDefault="140D0751" w14:paraId="16AA0FE6" w14:textId="02621BA7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="140D0751" w:rsidP="140D0751" w:rsidRDefault="140D0751" w14:paraId="24870CFB" w14:textId="00D87521">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:ind w:left="-450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD4002" w:rsidP="140D0751" w:rsidRDefault="00FD4002" w14:paraId="07910898" w14:textId="1D4BEE50">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:left="-450"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
       <w:r w:rsidR="39BBBF55">
         <w:rPr/>
         <w:t>KOL/Astma</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="05E1BE66" w:rsidP="4220D4E2" w:rsidRDefault="05E1BE66" w14:paraId="062072C2" w14:textId="3D237EF7">
+    <w:p w:rsidR="05E1BE66" w:rsidP="140D0751" w:rsidRDefault="05E1BE66" w14:paraId="062072C2" w14:textId="16C69C83">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:left="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:sectPr w:rsidR="00FD4002" w:rsidSect="00FD4002">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="4220D4E2" w:rsidR="05E1BE66">
+      <w:r w:rsidRPr="140D0751" w:rsidR="05E1BE66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Vårdprogram Akutmottagningen NÄL</w:t>
+        <w:t xml:space="preserve">Vårdprogram </w:t>
+      </w:r>
+      <w:r w:rsidRPr="140D0751" w:rsidR="28DC981C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MEDICIN, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="140D0751" w:rsidR="05E1BE66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10204" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4535"/>
+        <w:gridCol w:w="5102"/>
         <w:gridCol w:w="5102"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="238EAB49" w:rsidTr="05AD6D97" w14:paraId="0984FE1A" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="238EAB49" w:rsidTr="140D0751" w14:paraId="0984FE1A" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcW w:w="5102" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="7D041FDD" w:rsidP="238EAB49" w:rsidRDefault="7D041FDD" w14:paraId="7BCDAD44" w14:textId="296EE631">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="7D041FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvårdnadsanamnes</w:t>
             </w:r>
@@ -265,57 +294,59 @@
             <w:r w:rsidRPr="05AD6D97" w:rsidR="7D1F089E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>äldre</w:t>
             </w:r>
             <w:r w:rsidRPr="05AD6D97" w:rsidR="58ED1C49">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="05AD6D97" w:rsidR="7D1F089E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>behov</w:t>
             </w:r>
             <w:r w:rsidRPr="05AD6D97" w:rsidR="7D1F089E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>/process”.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="238EAB49" w:rsidP="238EAB49" w:rsidRDefault="238EAB49" w14:paraId="4BDB3563" w14:textId="0AEC7F2E">
+          <w:p w:rsidR="238EAB49" w:rsidP="140D0751" w:rsidRDefault="238EAB49" w14:paraId="4BDB3563" w14:textId="0AEC7F2E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="7D041FDD" w:rsidP="238EAB49" w:rsidRDefault="7D041FDD" w14:paraId="5768BCB1" w14:textId="062E03E0">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="7D041FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Omvårdnadsstatus</w:t>
@@ -481,64 +512,64 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="7D041FDD" w:rsidP="238EAB49" w:rsidRDefault="7D041FDD" w14:paraId="5D06FF7D" w14:textId="546AB592">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="7D041FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Cirkulation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="7D041FDD" w:rsidP="238EAB49" w:rsidRDefault="7D041FDD" w14:paraId="771B8477" w14:textId="701229F8">
+          <w:p w:rsidR="7D041FDD" w:rsidP="238EAB49" w:rsidRDefault="7D041FDD" w14:paraId="771B8477" w14:textId="04E6EF9A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="238EAB49" w:rsidR="7D041FDD">
-[...3 lines deleted...]
-              <w:t>Pulskvalitet/frekvens?</w:t>
+            <w:r w:rsidRPr="140D0751" w:rsidR="7C7AF425">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Pulskvalitet?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="7D041FDD" w:rsidP="238EAB49" w:rsidRDefault="7D041FDD" w14:paraId="7A7109E8" w14:textId="2647E22C">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="7D041FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Feber? Frossa?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="7D041FDD" w:rsidP="238EAB49" w:rsidRDefault="7D041FDD" w14:paraId="501229CB" w14:textId="6E183B32">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -761,66 +792,66 @@
             <w:r w:rsidRPr="238EAB49" w:rsidR="669D037B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">” se </w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="2FAC17CE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>WEST</w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="62080259">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>-A</w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="472D2666">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="353B65EF" w:rsidP="238EAB49" w:rsidRDefault="353B65EF" w14:paraId="462173E1" w14:textId="2A6BC2CB">
+          <w:p w:rsidR="353B65EF" w:rsidP="238EAB49" w:rsidRDefault="353B65EF" w14:paraId="462173E1" w14:textId="1CA9646A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="05AD6D97" w:rsidR="353B65EF">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="05AD6D97" w:rsidR="362AA06E">
+            <w:r w:rsidRPr="140D0751" w:rsidR="21878F0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Vitalparametrar enligt NEWS2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="140D0751" w:rsidR="2DEF2382">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="353B65EF" w:rsidP="238EAB49" w:rsidRDefault="353B65EF" w14:paraId="488B82A5" w14:textId="552B3025">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="353B65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Provtagning: </w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="353B65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
@@ -833,57 +864,59 @@
               <w:t xml:space="preserve">, venös </w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="353B65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>blodgas</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="353B65EF" w:rsidP="238EAB49" w:rsidRDefault="353B65EF" w14:paraId="3205A47A" w14:textId="3D3571E3">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="353B65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="238EAB49" w:rsidP="238EAB49" w:rsidRDefault="238EAB49" w14:paraId="38A0DBFC" w14:textId="121C54ED">
+          <w:p w:rsidR="238EAB49" w:rsidP="140D0751" w:rsidRDefault="238EAB49" w14:paraId="38A0DBFC" w14:textId="121C54ED">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="2E0F6BE4" w:rsidP="238EAB49" w:rsidRDefault="2E0F6BE4" w14:paraId="5A1C450B" w14:textId="21C2FC5F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="2E0F6BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Omvårdnad</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="2E0F6BE4" w:rsidP="238EAB49" w:rsidRDefault="2E0F6BE4" w14:paraId="4CE63CDB" w14:textId="57573BB3">
             <w:pPr>
@@ -923,57 +956,59 @@
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="2E0F6BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>arm dryck</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="2E0F6BE4" w:rsidP="238EAB49" w:rsidRDefault="2E0F6BE4" w14:paraId="7D59F473" w14:textId="6514E212">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="2E0F6BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Lämna inte andningspåverkad patient utan tillsyn!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="238EAB49" w:rsidP="238EAB49" w:rsidRDefault="238EAB49" w14:paraId="34D843F3" w14:textId="1F9300B2">
+          <w:p w:rsidR="238EAB49" w:rsidP="140D0751" w:rsidRDefault="238EAB49" w14:paraId="34D843F3" w14:textId="1F9300B2">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="353B65EF" w:rsidP="238EAB49" w:rsidRDefault="353B65EF" w14:paraId="4A123A3B" w14:textId="339E5433">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="353B65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Läkemedelshan</w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="353B65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1040,97 +1075,123 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="353B65EF" w:rsidP="238EAB49" w:rsidRDefault="353B65EF" w14:paraId="4C3262D7" w14:textId="0BC19D41">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="353B65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="238EAB49" w:rsidR="2FCEFAB5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2FCEFAB5" w:rsidP="238EAB49" w:rsidRDefault="2FCEFAB5" w14:paraId="43826087" w14:textId="2566015A">
+          <w:p w:rsidR="1833A1FA" w:rsidP="140D0751" w:rsidRDefault="1833A1FA" w14:paraId="3D48032E" w14:textId="5190549F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="238EAB49" w:rsidR="2FCEFAB5">
+            <w:r w:rsidRPr="140D0751" w:rsidR="1833A1FA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>OBS! Var försiktig med syrgas till patient med kroniska lungsjukdomar. Risk för koldioxidretention! Saturationsvärdet</w:t>
             </w:r>
-            <w:r w:rsidRPr="238EAB49" w:rsidR="4EC78665">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="238EAB49" w:rsidR="2513EE53">
+            <w:r w:rsidRPr="140D0751" w:rsidR="5E84C40F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bör hållas mellan 8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="140D0751" w:rsidR="34FAF307">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="140D0751" w:rsidR="5E84C40F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>90%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="140D0751" w:rsidR="32BEC8CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="140D0751" w:rsidR="5E84C40F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Utvärdera </w:t>
+            </w:r>
+            <w:r w:rsidRPr="140D0751" w:rsidR="127BD534">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="238EAB49" w:rsidR="4EC78665">
+            <w:r w:rsidRPr="140D0751" w:rsidR="5E84C40F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>fta</w:t>
             </w:r>
-            <w:r w:rsidRPr="238EAB49" w:rsidR="1E0E0E9E">
+            <w:r w:rsidRPr="140D0751" w:rsidR="430DFEE5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="238EAB49" w:rsidP="238EAB49" w:rsidRDefault="238EAB49" w14:paraId="6D31C6D4" w14:textId="0598FE38">
+          <w:p w:rsidR="238EAB49" w:rsidP="140D0751" w:rsidRDefault="238EAB49" w14:paraId="6D31C6D4" w14:textId="0598FE38">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="4EC78665" w:rsidP="238EAB49" w:rsidRDefault="4EC78665" w14:paraId="06878CBA" w14:textId="5A09750E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="238EAB49" w:rsidR="4EC78665">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Speciell omvårdnad</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="13F11027" w:rsidP="05AD6D97" w:rsidRDefault="13F11027" w14:paraId="7FE08BDF" w14:textId="438A8E93">
             <w:pPr>
@@ -4364,156 +4425,174 @@
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD4002"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="0188CA3A"/>
+    <w:rsid w:val="01F49734"/>
     <w:rsid w:val="022350DF"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0251ED8B"/>
     <w:rsid w:val="02D0894C"/>
     <w:rsid w:val="03EDBDEC"/>
     <w:rsid w:val="03FBE66A"/>
     <w:rsid w:val="046C59AD"/>
     <w:rsid w:val="049A534E"/>
     <w:rsid w:val="04C85882"/>
     <w:rsid w:val="05AD6D97"/>
     <w:rsid w:val="05E1BE66"/>
     <w:rsid w:val="06082A0E"/>
     <w:rsid w:val="0675900A"/>
     <w:rsid w:val="085D7585"/>
     <w:rsid w:val="090D4840"/>
     <w:rsid w:val="0993DC1F"/>
     <w:rsid w:val="0B379A06"/>
     <w:rsid w:val="0EFE8A67"/>
     <w:rsid w:val="119EEE04"/>
+    <w:rsid w:val="127BD534"/>
     <w:rsid w:val="13F11027"/>
+    <w:rsid w:val="140D0751"/>
     <w:rsid w:val="14B5E824"/>
     <w:rsid w:val="16339EE0"/>
     <w:rsid w:val="17F00560"/>
+    <w:rsid w:val="1833A1FA"/>
     <w:rsid w:val="1AC729F1"/>
     <w:rsid w:val="1B27A622"/>
     <w:rsid w:val="1E0E0E9E"/>
     <w:rsid w:val="20116F87"/>
     <w:rsid w:val="20212EF3"/>
     <w:rsid w:val="20FBC989"/>
+    <w:rsid w:val="21878F0F"/>
     <w:rsid w:val="219DC37D"/>
     <w:rsid w:val="238EAB49"/>
     <w:rsid w:val="2423FE80"/>
     <w:rsid w:val="2513EE53"/>
     <w:rsid w:val="28067939"/>
     <w:rsid w:val="2866BCC5"/>
+    <w:rsid w:val="28DC981C"/>
     <w:rsid w:val="2A3E3E3A"/>
+    <w:rsid w:val="2DEF2382"/>
     <w:rsid w:val="2E0F6BE4"/>
     <w:rsid w:val="2FAC17CE"/>
     <w:rsid w:val="2FCEFAB5"/>
     <w:rsid w:val="312A7CE8"/>
     <w:rsid w:val="31BFCCAB"/>
+    <w:rsid w:val="3232E609"/>
+    <w:rsid w:val="32BEC8CA"/>
     <w:rsid w:val="34A90FA5"/>
+    <w:rsid w:val="34FAF307"/>
     <w:rsid w:val="353B65EF"/>
     <w:rsid w:val="35914D27"/>
     <w:rsid w:val="362AA06E"/>
     <w:rsid w:val="36E12C47"/>
     <w:rsid w:val="37DE1F33"/>
     <w:rsid w:val="38028D1F"/>
     <w:rsid w:val="38DDBF2D"/>
     <w:rsid w:val="39BBBF55"/>
     <w:rsid w:val="3A19135D"/>
     <w:rsid w:val="3A798F8E"/>
     <w:rsid w:val="3AB8CF99"/>
     <w:rsid w:val="3BB4E3BE"/>
     <w:rsid w:val="3C436523"/>
     <w:rsid w:val="3DF0705B"/>
     <w:rsid w:val="408854E1"/>
     <w:rsid w:val="4220D4E2"/>
+    <w:rsid w:val="430DFEE5"/>
     <w:rsid w:val="46648EAC"/>
     <w:rsid w:val="472D2666"/>
     <w:rsid w:val="48209E6F"/>
     <w:rsid w:val="49F30ED1"/>
     <w:rsid w:val="4A7F527A"/>
+    <w:rsid w:val="4CDA287F"/>
     <w:rsid w:val="4CF9BE7A"/>
     <w:rsid w:val="4D342383"/>
     <w:rsid w:val="4DC6BCA2"/>
     <w:rsid w:val="4EC78665"/>
     <w:rsid w:val="4F628D03"/>
     <w:rsid w:val="520794A6"/>
     <w:rsid w:val="526D5A12"/>
     <w:rsid w:val="529A2DC5"/>
     <w:rsid w:val="53A36507"/>
     <w:rsid w:val="55D1CE87"/>
     <w:rsid w:val="55DA5385"/>
     <w:rsid w:val="5876D62A"/>
     <w:rsid w:val="58B17816"/>
     <w:rsid w:val="58ED1C49"/>
     <w:rsid w:val="5B38EC0E"/>
     <w:rsid w:val="5CD4BC6F"/>
     <w:rsid w:val="5DE4CDF2"/>
     <w:rsid w:val="5E3E0A40"/>
     <w:rsid w:val="5E57A192"/>
     <w:rsid w:val="5E708CD0"/>
+    <w:rsid w:val="5E84C40F"/>
     <w:rsid w:val="5EE617AE"/>
     <w:rsid w:val="62080259"/>
+    <w:rsid w:val="63CB0F12"/>
     <w:rsid w:val="6437F2BC"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="652F4184"/>
     <w:rsid w:val="669D037B"/>
+    <w:rsid w:val="67920B25"/>
     <w:rsid w:val="67CBC429"/>
     <w:rsid w:val="6A28CA55"/>
     <w:rsid w:val="6AA92E0D"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B3E06D7"/>
     <w:rsid w:val="6BC49AB6"/>
     <w:rsid w:val="6EA79BF0"/>
     <w:rsid w:val="709FF95F"/>
+    <w:rsid w:val="72229B2E"/>
     <w:rsid w:val="734918BC"/>
     <w:rsid w:val="74B38744"/>
     <w:rsid w:val="74E4E91D"/>
     <w:rsid w:val="751AFBD4"/>
     <w:rsid w:val="75736A82"/>
     <w:rsid w:val="770F3AE3"/>
+    <w:rsid w:val="780E8D81"/>
     <w:rsid w:val="787C6E98"/>
     <w:rsid w:val="78AB0B44"/>
     <w:rsid w:val="7A03F960"/>
+    <w:rsid w:val="7C7AF425"/>
     <w:rsid w:val="7D041FDD"/>
     <w:rsid w:val="7D1F089E"/>
     <w:rsid w:val="7DC2763C"/>
     <w:rsid w:val="7DD67116"/>
     <w:rsid w:val="7E512977"/>
     <w:rsid w:val="7FECF9D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -7462,31 +7541,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>KOL, Astma</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>7</revision>
+  <revision>8</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>