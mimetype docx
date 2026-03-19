--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -1,92 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="184A0C72" w:rsidP="184A0C72" w:rsidRDefault="184A0C72" w14:paraId="036B1B41" w14:textId="0BBC8489">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="184A0C72" w:rsidP="184A0C72" w:rsidRDefault="184A0C72" w14:paraId="3F939EA1" w14:textId="3AD4E290">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="53EC675E" w:rsidP="184A0C72" w:rsidRDefault="53EC675E" w14:paraId="3F0282CC" w14:textId="7F1F50F9">
+    <w:p w:rsidR="53EC675E" w:rsidP="2F27B144" w:rsidRDefault="53EC675E" w14:paraId="3F0282CC" w14:textId="7F1F50F9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="1170"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="184A0C72" w:rsidR="53EC675E">
+      <w:r w:rsidR="53EC675E">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Hälseneruptur</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="167D36CB" w:rsidP="6D64A1B1" w:rsidRDefault="167D36CB" w14:paraId="0C3488B0" w14:textId="7B0AF642">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:sectPr w:rsidR="00797A4A" w:rsidSect="00797A4A">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
@@ -104,51 +105,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORTOPEDI</w:t>
       </w:r>
       <w:r w:rsidRPr="6D64A1B1" w:rsidR="167D36CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
         <w:t>, Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9515" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4335"/>
         <w:gridCol w:w="5180"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="5166E4C8" w:rsidTr="6D64A1B1" w14:paraId="27BE15D2" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="5166E4C8" w:rsidTr="2F27B144" w14:paraId="27BE15D2" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4335" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="1654B753" w:rsidP="184A0C72" w:rsidRDefault="1654B753" w14:paraId="35F6B91F" w14:textId="6DA2E80F">
             <w:pPr>
               <w:pStyle w:val="MellanrubrikVGR"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="184A0C72" w:rsidR="5B03FC7B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -855,94 +856,104 @@
           </w:p>
           <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="1F832B52" w14:textId="3E49203C">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Smärta</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="6036D539" w14:textId="4EB43CE7">
+          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="6036D539" w14:textId="0AD6AAFC">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="2F27B144" w:rsidR="48AEABA4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">VAS – intensitet, </w:t>
             </w:r>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="2F27B144" w:rsidR="48AEABA4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>lokalisatio</w:t>
             </w:r>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="2F27B144" w:rsidR="48AEABA4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="2F27B144" w:rsidR="3A05BA92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, karaktär</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F27B144" w:rsidR="48AEABA4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="27E5B90B" w14:textId="616437EF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
               <w:rPr>
@@ -1227,92 +1238,102 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Läke</w:t>
             </w:r>
             <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>medelshantering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="6D64A1B1" w:rsidRDefault="31599B3B" w14:paraId="2B01EC4D" w14:textId="02970B1A">
+          <w:p w:rsidR="31599B3B" w:rsidP="6D64A1B1" w:rsidRDefault="31599B3B" w14:paraId="2B01EC4D" w14:textId="5663658E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6D64A1B1" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="395634A1" w:rsidR="0065F9EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Smärtlindring enligt läkarordination</w:t>
             </w:r>
-            <w:r w:rsidRPr="6D64A1B1" w:rsidR="60D1BAA7">
+            <w:r w:rsidRPr="395634A1" w:rsidR="60D1BAA7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller</w:t>
             </w:r>
-            <w:r w:rsidRPr="6D64A1B1" w:rsidR="4D043AD7">
+            <w:r w:rsidRPr="395634A1" w:rsidR="4D043AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> generella direktiv till vuxen eller barn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="395634A1" w:rsidR="43B9F868">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VAS före och efter smärtstillande givits, dokumentera på Akutjournal.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="31599B3B" w:rsidP="6D64A1B1" w:rsidRDefault="31599B3B" w14:paraId="53654B7C" w14:textId="1EB06323">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="0FFE4FF6" w14:textId="30B6A11C">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -1333,224 +1354,224 @@
           </w:p>
           <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="3885E483" w14:textId="08A3F9F5">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Förbered för cirkulär underbensgips.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="7E5AD51D" w14:textId="75E0FE0B">
+          <w:p w:rsidR="31599B3B" w:rsidP="395634A1" w:rsidRDefault="31599B3B" w14:paraId="03EC6650" w14:textId="6AF1C544">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6D64A1B1" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="395634A1" w:rsidR="0065F9EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prover enligt läkarordination.</w:t>
             </w:r>
-            <w:r w:rsidRPr="6D64A1B1" w:rsidR="70EE20DA">
-[...77 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="395634A1" w:rsidR="70EE20DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="58F4027E" w14:textId="3141916B">
+          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="7E5AD51D" w14:textId="2539ED24">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
-[...7 lines deleted...]
-              <w:t>PVK</w:t>
+            <w:r w:rsidRPr="395634A1" w:rsidR="26E4B03E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vid </w:t>
+            </w:r>
+            <w:r w:rsidRPr="395634A1" w:rsidR="0065F9EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="395634A1" w:rsidR="2EF5FF90">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: finns</w:t>
+            </w:r>
+            <w:r w:rsidRPr="395634A1" w:rsidR="0065F9EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="395634A1" w:rsidR="0065F9EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Blodgrup</w:t>
+            </w:r>
+            <w:r w:rsidRPr="395634A1" w:rsidR="0145B038">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="395634A1" w:rsidR="0065F9EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="5F851F5D" w14:textId="6784BAD1">
+          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="58F4027E" w14:textId="3DCDDAE6">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
-[...7 lines deleted...]
-              <w:t>Ev. EKG</w:t>
+            <w:r w:rsidRPr="2F27B144" w:rsidR="48AEABA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PVK</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F27B144" w:rsidR="508BA482">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="16CDB074" w14:textId="4EC90932">
+          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="16CDB074" w14:textId="5DFFDD86">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
-[...7 lines deleted...]
-              <w:t>Fasta</w:t>
+            <w:r w:rsidRPr="395634A1" w:rsidR="0065F9EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ev. EKG</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="674E40B3" w14:textId="4B6A097B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="184A0C72" w:rsidR="376D751F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Läkare: m</w:t>
             </w:r>
@@ -1628,120 +1649,140 @@
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="R54dd848585424ade">
               <w:r w:rsidRPr="6D64A1B1" w:rsidR="2747B777">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Patientinformation Hälseneruptur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="495C81FE" w14:textId="55FB6065">
+          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="495C81FE" w14:textId="0D13AAB9">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="2F27B144" w:rsidR="48AEABA4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Träningsprogram</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F27B144" w:rsidR="3F1A5E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="5CEC9799" w14:textId="1845D567">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ansvarsförbindelse för kryckor skrivs på av pat.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="0919C7F7" w14:textId="51DC8A98">
+          <w:p w:rsidR="31599B3B" w:rsidP="184A0C72" w:rsidRDefault="31599B3B" w14:paraId="0919C7F7" w14:textId="5278CD61">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="184A0C72" w:rsidR="0065F9EA">
+            <w:r w:rsidRPr="2F27B144" w:rsidR="48AEABA4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Återbesök</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2F27B144" w:rsidR="6199F717">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="5166E4C8" w:rsidP="184A0C72" w:rsidRDefault="5166E4C8" w14:paraId="6A306DF4" w14:textId="73E9C63C">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="5166E4C8" w:rsidP="6D64A1B1" w:rsidRDefault="5166E4C8" w14:paraId="3CF9523C" w14:textId="45414007">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -2478,50 +2519,61 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+  <int2:observations>
+    <int2:textHash int2:hashCode="CWnMdKUzIs6buJ" int2:id="4Photxib">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5048,111 +5100,125 @@
     <w:rsid w:val="092E90F4"/>
     <w:rsid w:val="09A0977F"/>
     <w:rsid w:val="09D3672D"/>
     <w:rsid w:val="0ADAC6A4"/>
     <w:rsid w:val="0B003AFE"/>
     <w:rsid w:val="0C74AA97"/>
     <w:rsid w:val="0C85B405"/>
     <w:rsid w:val="0D225CC6"/>
     <w:rsid w:val="0E7408A2"/>
     <w:rsid w:val="109A722B"/>
     <w:rsid w:val="10BCF4F5"/>
     <w:rsid w:val="121E6682"/>
     <w:rsid w:val="128643FA"/>
     <w:rsid w:val="14E34A26"/>
     <w:rsid w:val="151A0F18"/>
     <w:rsid w:val="1654B753"/>
     <w:rsid w:val="167D36CB"/>
     <w:rsid w:val="167F1A87"/>
     <w:rsid w:val="16E26EE6"/>
     <w:rsid w:val="1740422E"/>
     <w:rsid w:val="184A0C72"/>
     <w:rsid w:val="1A608508"/>
     <w:rsid w:val="1BA9E1DA"/>
     <w:rsid w:val="1DA75426"/>
     <w:rsid w:val="205D0E2F"/>
+    <w:rsid w:val="2271AF61"/>
     <w:rsid w:val="22B85F31"/>
     <w:rsid w:val="2303E9D9"/>
     <w:rsid w:val="25C2CDAF"/>
     <w:rsid w:val="25D40886"/>
+    <w:rsid w:val="26E4B03E"/>
     <w:rsid w:val="2747B777"/>
     <w:rsid w:val="27D75AFC"/>
+    <w:rsid w:val="29EED9EC"/>
     <w:rsid w:val="2E064F55"/>
+    <w:rsid w:val="2EF5FF90"/>
     <w:rsid w:val="2F1D6DD8"/>
+    <w:rsid w:val="2F27B144"/>
     <w:rsid w:val="30793F78"/>
     <w:rsid w:val="3116BB2D"/>
     <w:rsid w:val="313B20BF"/>
     <w:rsid w:val="31599B3B"/>
     <w:rsid w:val="316514E5"/>
     <w:rsid w:val="31A14A9C"/>
     <w:rsid w:val="31F155C3"/>
     <w:rsid w:val="32D20B06"/>
     <w:rsid w:val="34F49FC5"/>
     <w:rsid w:val="357386FF"/>
     <w:rsid w:val="376D751F"/>
     <w:rsid w:val="37D90A85"/>
     <w:rsid w:val="38609747"/>
     <w:rsid w:val="38ABC448"/>
+    <w:rsid w:val="395634A1"/>
+    <w:rsid w:val="3A05BA92"/>
     <w:rsid w:val="3A878B85"/>
     <w:rsid w:val="3AF91B25"/>
     <w:rsid w:val="3D214721"/>
     <w:rsid w:val="3DE1E306"/>
     <w:rsid w:val="3EF5B28D"/>
+    <w:rsid w:val="3F1A5E0E"/>
     <w:rsid w:val="4125FB55"/>
     <w:rsid w:val="4207798D"/>
+    <w:rsid w:val="42BADA21"/>
+    <w:rsid w:val="43B9F868"/>
     <w:rsid w:val="44BABD1F"/>
     <w:rsid w:val="453F1A4F"/>
     <w:rsid w:val="45A64B50"/>
+    <w:rsid w:val="484AD1F1"/>
     <w:rsid w:val="4867573D"/>
+    <w:rsid w:val="48AEABA4"/>
     <w:rsid w:val="48B4FF88"/>
     <w:rsid w:val="48C514C9"/>
     <w:rsid w:val="4A01509B"/>
     <w:rsid w:val="4B2A9936"/>
     <w:rsid w:val="4BC8CAC8"/>
     <w:rsid w:val="4CD386E3"/>
     <w:rsid w:val="4D043AD7"/>
     <w:rsid w:val="4D5975CF"/>
     <w:rsid w:val="4E1F9EE8"/>
     <w:rsid w:val="4EEDEA1B"/>
     <w:rsid w:val="4F7E90FB"/>
+    <w:rsid w:val="508BA482"/>
     <w:rsid w:val="5166E4C8"/>
     <w:rsid w:val="520728A2"/>
     <w:rsid w:val="5245FBA5"/>
     <w:rsid w:val="5361DA27"/>
     <w:rsid w:val="53EC675E"/>
     <w:rsid w:val="554BF0C8"/>
     <w:rsid w:val="55DB6C54"/>
     <w:rsid w:val="56C50602"/>
     <w:rsid w:val="5883918A"/>
     <w:rsid w:val="5A294DC0"/>
     <w:rsid w:val="5B03FC7B"/>
     <w:rsid w:val="5BBB324C"/>
     <w:rsid w:val="5C1863E4"/>
     <w:rsid w:val="5F24DDF9"/>
     <w:rsid w:val="60D1BAA7"/>
     <w:rsid w:val="6161507F"/>
     <w:rsid w:val="61983A29"/>
+    <w:rsid w:val="6199F717"/>
     <w:rsid w:val="63BAD8C6"/>
     <w:rsid w:val="63BE56AB"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64AC5FE7"/>
     <w:rsid w:val="65621492"/>
     <w:rsid w:val="6634C1A2"/>
     <w:rsid w:val="69E7EAB9"/>
     <w:rsid w:val="6A2D9D27"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6BE65FB7"/>
     <w:rsid w:val="6D64A1B1"/>
     <w:rsid w:val="6E31025F"/>
     <w:rsid w:val="6FE3916E"/>
     <w:rsid w:val="70813AB2"/>
     <w:rsid w:val="70EE20DA"/>
     <w:rsid w:val="7121667D"/>
     <w:rsid w:val="731B3230"/>
     <w:rsid w:val="764AE56C"/>
     <w:rsid w:val="77909999"/>
     <w:rsid w:val="78108E2C"/>
     <w:rsid w:val="794DF107"/>
     <w:rsid w:val="798CABED"/>
     <w:rsid w:val="79D4C4DA"/>
     <w:rsid w:val="7C166365"/>
     <w:rsid w:val="7CC21476"/>
@@ -7661,51 +7727,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rbbabf50569484e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu9870-1474583383-69/surrogate/H%c3%a4lseneruptur.pdf" TargetMode="External" Id="R54dd848585424ade" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rbbabf50569484e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu9870-1474583383-69/surrogate/H%c3%a4lseneruptur.pdf" TargetMode="External" Id="R54dd848585424ade" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="Rf76511ef815b4e18" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -8123,31 +8189,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hälseneruptur</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>6</revision>
+  <revision>8</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>