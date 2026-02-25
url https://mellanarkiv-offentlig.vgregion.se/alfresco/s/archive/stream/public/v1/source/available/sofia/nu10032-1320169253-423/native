--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -30,2280 +30,2902 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="001B35D8" w:rsidP="00F35B05" w:rsidRDefault="001B35D8" w14:paraId="6783BB95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="001B35D8" w:rsidSect="001B35D8">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w:rsidRPr="001B35D8" w:rsidR="001B35D8" w:rsidP="3F9637A1" w:rsidRDefault="001B35D8" w14:paraId="66668D70" w14:textId="0404AA88">
+    <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="1A5EEF26" w14:textId="34473FAE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="2F2DA632" w14:textId="11357B25">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="0871BA5E" w14:textId="3075B492">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001B35D8" w:rsidR="001B35D8" w:rsidP="599E3A5B" w:rsidRDefault="001B35D8" w14:paraId="66668D70" w14:textId="0404AA88">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidR="002453E2">
         <w:rPr/>
         <w:t>Hypotermi</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="05F7F4AB" w:rsidP="3F9637A1" w:rsidRDefault="05F7F4AB" w14:paraId="3A6A7D55" w14:textId="2A93FFC6">
+    <w:p w:rsidR="05F7F4AB" w:rsidP="599E3A5B" w:rsidRDefault="05F7F4AB" w14:paraId="3A6A7D55" w14:textId="58DA9FEB">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="4590"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="off"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3F9637A1" w:rsidR="05F7F4AB">
+      <w:r w:rsidRPr="599E3A5B" w:rsidR="05F7F4AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Vårdprogram Akutmottagningen NÄL</w:t>
+        <w:t>Vårdprogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="599E3A5B" w:rsidR="19DD72F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MEDICIN,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="599E3A5B" w:rsidR="05F7F4AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="5102"/>
       </w:tblGrid>
-      <w:tr w:rsidR="3F9637A1" w:rsidTr="3F9637A1" w14:paraId="0839E685">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="3F9637A1" w:rsidTr="599E3A5B" w14:paraId="0839E685" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="4A11E614" w14:textId="1CAE2A37">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="4A11E614" w14:textId="1CAE2A37">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Omvårdnadsanamnes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="618D80E2" w14:textId="2DB82F63">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="618D80E2" w14:textId="2DB82F63">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Tidigare sjukdomar?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="4E5627F6" w14:textId="14165D58">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="4E5627F6" w14:textId="14165D58">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Händelseförlopp? Tid?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="2E78F191" w14:textId="55290148">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="2E78F191" w14:textId="55290148">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Alkohol? Droger?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="256D4032" w14:textId="347CB36E">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="256D4032" w14:textId="347CB36E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Trauma?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="5149249B" w14:textId="0CE5DAC0">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="5149249B" w14:textId="0CE5DAC0">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Neurologiska symtom?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="449156BC" w14:textId="2258601A">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="449156BC" w14:textId="56181AA3">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Alla &gt;75 år</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>: screening enligt FRESH, se WEST-A</w:t>
             </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="589C8586">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Skör</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="5492F403">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="589C8586">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> äldre behov/process.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="5F32B260" w14:textId="57D8044C">
+          <w:p w:rsidR="3EFF5716" w:rsidP="599E3A5B" w:rsidRDefault="3EFF5716" w14:paraId="5B80D803" w14:textId="5D1C4616">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="5F32B260" w14:textId="57D8044C">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Omvårdnadsstatus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="07E65636" w14:textId="0C4FC257">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="07E65636" w14:textId="0C4FC257">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="4EB155C5" w14:textId="5B4A1A0C">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="4EB155C5" w14:textId="5B4A1A0C">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Medvetandegrad? (GCS)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="20523293" w14:textId="7ED8D803">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="20523293" w14:textId="7ED8D803">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Orientera</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>d?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="32AB6E81" w14:textId="3303CE05">
-[...224 lines deleted...]
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="0DEBA4F5" w14:textId="3C17423F">
+          <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="1E8FB631" w14:textId="660865FD">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="35CD9937" w14:textId="76296426">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="32AB6E81" w14:textId="3303CE05">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t>Hud</w:t>
+              <w:t>Andning</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="7B93CBC2" w14:textId="15DC6AD5">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="20E53AEE" w14:textId="7BFF7DCC">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Andningspåverka</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="6031A831">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="02838411" w14:textId="3CDEC011">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="017DBA48" w14:textId="44A192EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Cirkulation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="4162721D" w:rsidP="599E3A5B" w:rsidRDefault="4162721D" w14:paraId="0303350E" w14:textId="6762C6C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Pulskvalitet?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="0DEBA4F5" w14:textId="3C17423F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...48 lines deleted...]
-              <w:t>Kall?</w:t>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Köldhuttringar?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="6B071E80" w14:textId="42C109C2">
+          <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="7E59D782" w14:textId="5E79441B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...32 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="58F9682E" w14:textId="34DA274F">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="35CD9937" w14:textId="76296426">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t>Nutrition</w:t>
+              <w:t>Hud</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="5163CEDB" w14:textId="41048281">
-[...109 lines deleted...]
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="6A3F8ED3" w14:textId="36E06D45">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="7B93CBC2" w14:textId="15DC6AD5">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...12 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...82 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Färg?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="4F98C7DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Kall?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="584E1225" w14:textId="2A540C70">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="6B071E80" w14:textId="42C109C2">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Sårskador</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>? Förfrysningsskador?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="2AE3ACAF" w14:textId="60EF5FE5">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="58F9682E" w14:textId="34DA274F">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Nutrition</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="5163CEDB" w14:textId="41048281">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Illamående? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Kräkning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="232A0B0F" w14:textId="513FDFA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="27569C28" w14:textId="145EEF4B">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Smärta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="6A3F8ED3" w14:textId="36E06D45">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Smärta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="6EDD2C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>förfrysningsskada</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="630DA0DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>/trauma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="4E2F9EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="584E1225" w14:textId="2A540C70">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Övrig smärta?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5102" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="14292829" w14:textId="52ACB464">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="14292829" w14:textId="52ACB464">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Omvårdnadsåtgärder</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="672A1904" w14:textId="70743902">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="672A1904" w14:textId="70743902">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="27BB3446" w14:textId="7FE60073">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="27BB3446" w14:textId="6775E554">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Alla ≥75 år</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...14 lines deleted...]
-              <w:t>: omvårdnadsåtgärder enl. “Skör äldre behov/process”, se WEST-A</w:t>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>: omvårdnadsåtgärder enl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="5A510CDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>igt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Skör</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="5497AC44">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> äldre behov/process”, se WEST-A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="6FBF4114" w14:textId="708AAA7A">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="6FBF4114" w14:textId="55DA054D">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...14 lines deleted...]
-              <w:t>Vitala parametrar enligt NEWS2</w:t>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Vitalparametrar enligt NEWS2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="657D0388">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="7F4FD399" w14:textId="45B070C3">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="7F4FD399" w14:textId="45B070C3">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Provtagning</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>AkutTriage</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="2E4B2125">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="2E4B2125">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="5207F07D">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="5207F07D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="342D8567">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="342D8567">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>kutIntox</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="342D8567">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="342D8567">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> venös </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>blodgas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="31624174" w14:textId="5F4A96FA">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="31624174" w14:textId="5F4A96FA">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3F9637A1" w:rsidP="3F9637A1" w:rsidRDefault="3F9637A1" w14:paraId="3D5C722F" w14:textId="317DE22B">
+          <w:p w:rsidR="3F9637A1" w:rsidP="599E3A5B" w:rsidRDefault="3F9637A1" w14:paraId="3D5C722F" w14:textId="317DE22B">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="7FAC2E6B" w14:textId="29EBAAB5">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="7FAC2E6B" w14:textId="29EBAAB5">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Läkemedelshantering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="77D919F2" w14:textId="78251AA3">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="77D919F2" w14:textId="78251AA3">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Läkemedel enligt läkarordination:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="793900FC" w:rsidP="3F9637A1" w:rsidRDefault="793900FC" w14:paraId="12E09DB9" w14:textId="62E2DF35">
+          <w:p w:rsidR="793900FC" w:rsidP="599E3A5B" w:rsidRDefault="793900FC" w14:paraId="12E09DB9" w14:textId="62E2DF35">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="793900FC">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="793900FC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Överväg syrgasbehandling</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="19E68E64" w:rsidP="3F9637A1" w:rsidRDefault="19E68E64" w14:paraId="6C391943" w14:textId="51CCFA29">
+          <w:p w:rsidR="19E68E64" w:rsidP="599E3A5B" w:rsidRDefault="19E68E64" w14:paraId="6C391943" w14:textId="4808ADFC">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="19E68E64">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="19E68E64">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">1000 ml varm </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="6A20692B">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Ringer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="1173A6B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Acetat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="6A20692B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="6A20692B">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="6A20692B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>i.v</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="6A20692B">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="6A20692B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">. Vid behov använd </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="6A20692B">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="1247189B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="6A20692B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Fluido</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="5107D5F3">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="195466B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="5107D5F3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2CA34A23" w:rsidP="3F9637A1" w:rsidRDefault="2CA34A23" w14:paraId="15FB7F6D" w14:textId="3DFC8968">
+          <w:p w:rsidR="2CA34A23" w:rsidP="599E3A5B" w:rsidRDefault="2CA34A23" w14:paraId="15FB7F6D" w14:textId="3DFC8968">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="2CA34A23">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="2CA34A23">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Smärtlindring</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3F9637A1" w:rsidP="3F9637A1" w:rsidRDefault="3F9637A1" w14:paraId="65FB94A3" w14:textId="0DBA8CCD">
+          <w:p w:rsidR="599E3A5B" w:rsidP="599E3A5B" w:rsidRDefault="599E3A5B" w14:paraId="71A0D7F6" w14:textId="3DB1AE7D">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="2D02B6C3" w14:textId="4D58DFFB">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="2D02B6C3" w14:textId="67C82CD7">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Speciell omvårdnad</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="164466B7" w:rsidP="3F9637A1" w:rsidRDefault="164466B7" w14:paraId="01E84FF3" w14:textId="578D906F">
+          <w:p w:rsidR="164466B7" w:rsidP="599E3A5B" w:rsidRDefault="164466B7" w14:paraId="01E84FF3" w14:textId="2E9CEBF1">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="164466B7">
-[...14 lines deleted...]
-              <w:t>NEWS2-poäng styr behovet av övervakningsfrekvens, åtgärd, behov av läkarbedömning, tillsyn och kontroll av vitala parametrar (VP).</w:t>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="164466B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>NEWS2-poäng styr behovet av övervakningsfrekvens, åtgärd, behov av läkarbedömning, tillsyn och kontroll av vitalparametrar (VP).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="47E6B42C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teamets bedömning, tillsyn och VP ska dokum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="3BB94FA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="47E6B42C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>teras på Akutjournalen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="588B7395" w:rsidP="3F9637A1" w:rsidRDefault="588B7395" w14:paraId="7226EC5E" w14:textId="112A4B04">
+          <w:p w:rsidR="3EFF5716" w:rsidP="599E3A5B" w:rsidRDefault="3EFF5716" w14:paraId="332CCA3E" w14:textId="53DC592F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
-              <w:rPr>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="588B7395">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="588B7395" w:rsidP="599E3A5B" w:rsidRDefault="588B7395" w14:paraId="63C9313B" w14:textId="0B97061E">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="588B7395">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="588B7395">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="588B7395">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedkyld patient ska ha varmt täcke, mössa, tossor och geldynor (</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="588B7395">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="701C34FB">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="718DF66F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">se </w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="132CC116">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="588B7395">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>kutrum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="701C34FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="588B7395">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="588B7395">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> som fin</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="7682CB5F">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="7682CB5F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="588B7395">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="588B7395">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>s i värmeskåp</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="0BB2F105">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="0BB2F105">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">. Använd gärna </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="16DC223B">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="20862AB7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="32CAA7EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>ko</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="26819430">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="32CAA7EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>vektionsvärmare</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="32CAA7EE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="20862AB7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="140330D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="2B05EAED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="2B05EAED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="7E801B8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="20862AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="015DE179">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">med värmefilt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="20862AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>men vid svårt nedkyld patient endast enligt läkarordination p.g.a.</w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="49FB0BFC">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="49FB0BFC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3F9637A1" w:rsidR="20862AB7">
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="20862AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>risk för hjärtarytmi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="588B7395" w:rsidP="599E3A5B" w:rsidRDefault="588B7395" w14:paraId="39F2AD5F" w14:textId="47704BBC">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="588B7395" w:rsidP="599E3A5B" w:rsidRDefault="588B7395" w14:paraId="7226EC5E" w14:textId="3A42EFFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="599E3A5B" w:rsidR="41A577E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>NEWS2-poäng styr behovet av övervakningsfrekvens, åtgärd, behov av läkarbedömning, tillsyn och kontroll av vitalparametrar (VP). Teamets bedömning, tillsyn och VP ska dokumenteras på Akutjournalen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="001B35D8">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2698,59 +3320,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="57766FA8">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS/tf0KwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGc883njezGR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMJNqljcn4znuTJomTO1UL1yOjNIIF2Vp4XO02ya1o&#10;wF5XybDfnyQN2dxYkso5eB+7IJ9F/qJQ0j8XhVOeVRnH23w8bTw34UxmU5FurTC7Up6eIf7hFbUo&#10;NZJeqB6FF2xvyz+o6lJaclT4nqQ6oaIopYo1oJpB/101q50wKtYCcZy5yOT+H618OrxYVuboHeTR&#10;okaP1qr1do8C4II+jXEpYCsDoG+/UAvs2e/gDGW3ha3DLwpiiIPqeFEXbEzCOZ5Mboc3CEnERsPR&#10;HWzQJ2//Ntb5r4pqFoyMW3QviioOS+c76BkSkmlalFUVO1hp1mR8MgLlbxGQVxo5Qg3dW4Pl2017&#10;KmxD+RF1Weomwxm5KJF8KZx/ERajgPdivP0zjqIiJKGTxdmO7M+/+QMeHUKUswajlXH3Yy+s4qz6&#10;ptG7z4PxGLQ+XsY3t0Nc7HVkcx3R+/qBML0DLJKR0Qx4X53NwlL9ii2Yh6wICS2RO+P+bD74buCx&#10;RVLN5xGE6TPCL/XKyEAdRAvSrttXYc1Jf4/OPdF5CEX6rg0dtpN7vvdUlLFHQeBO1ZPumNzY5dOW&#10;hdW4vkfU27dg9gsAAP//AwBQSwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwkAUhO8m/ofNM/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9&#10;OivOZgidJ4TZNAFhqPa6owbh8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QM&#10;dWucClPfG2Lv6AenIsuhkXpQFy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86&#10;fKSI93fjZgUimjFew/CHz+hQMFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFL+1/QrAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAhQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -2821,59 +3443,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="239D04C0">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPYP79LgIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGXuGNzPvzWR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMINqljcn4znuTJomTO1UL1yOjNJwF2Vp4XO02ya1o&#10;gF5XybDfnyQN2dxYkso5vD52Tj6L+EWhpH8uCqc8qzKO2nw8bTw34UxmU5FurTC7Up7KEP9QRS1K&#10;jaQXqEfhBdvb8g+oupSWHBW+J6lOqChKqWIP6GbQf9fNaieMir2AHGcuNLn/ByufDi+WlXnGJ5xp&#10;UUOitWq93aP+SWCnMS5F0MogzLdfqIXK53eHx9B0W9g6/KIdBj94Pl64BRiTeBxPJrfDG7gkfKPh&#10;6A424JO3fxvr/FdFNQtGxi20i5SKw9L5LvQcEpJpWpRVFfWrNGvQwAiQv3kAXmnkCD10tQbLt5s2&#10;dnzpY0P5Ee1Z6sbDGbkoUcNSOP8iLOYBZWPG/TOOoiLkopPF2Y7sz7+9h3jIBC9nDeYr4+7HXljF&#10;WfVNQ8DPg/E4DGS8jG9uh7jYa8/m2qP39QNhhAfYJiOjGeJ9dTYLS/UrVmEessIltETujPuz+eC7&#10;qccqSTWfxyCMoBF+qVdGBujAXWB43b4Ka04yeAj4ROdJFOk7NbrYjvX53lNRRqkCzx2rJ/oxvlHs&#10;06qF/bi+x6i3D8LsFwAAAP//AwBQSwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01PwzAMhu9I/IfISNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5Uev&#10;nzdfTa4XJzuGzpOGxVyBsFR701GjYf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDG&#10;OGRShrq1DsPcD5b4dvCjw8jr2Egz4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e&#10;1sPX/uNB69ubaf0EItopXmD402d1KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz2D+/S4CAABYBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -5035,51 +5657,51 @@
   <w:num w:numId="13" w16cid:durableId="504902482">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1731731859">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2092382466">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="39399961">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="478226708">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="370883560">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1603607388">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -5479,145 +6101,182 @@
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="012951AC"/>
+    <w:rsid w:val="015DE179"/>
+    <w:rsid w:val="01625DF4"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="02C5220D"/>
     <w:rsid w:val="0460F26E"/>
     <w:rsid w:val="05F7F4AB"/>
     <w:rsid w:val="09346391"/>
     <w:rsid w:val="0BB2F105"/>
     <w:rsid w:val="0EF3AA21"/>
     <w:rsid w:val="108F7A82"/>
+    <w:rsid w:val="1173A6B7"/>
+    <w:rsid w:val="1247189B"/>
+    <w:rsid w:val="132CC116"/>
+    <w:rsid w:val="140330D8"/>
     <w:rsid w:val="164466B7"/>
+    <w:rsid w:val="16504092"/>
     <w:rsid w:val="16DC223B"/>
+    <w:rsid w:val="195466B3"/>
+    <w:rsid w:val="19A6DF27"/>
+    <w:rsid w:val="19DD72F8"/>
     <w:rsid w:val="19E68E64"/>
     <w:rsid w:val="1D75EB10"/>
     <w:rsid w:val="20862AB7"/>
+    <w:rsid w:val="23A28CAF"/>
+    <w:rsid w:val="2577E279"/>
+    <w:rsid w:val="26819430"/>
     <w:rsid w:val="28109049"/>
+    <w:rsid w:val="2B05EAED"/>
     <w:rsid w:val="2BC5DB45"/>
     <w:rsid w:val="2BDF03A2"/>
     <w:rsid w:val="2CA34A23"/>
     <w:rsid w:val="2E4B2125"/>
+    <w:rsid w:val="32CAA7EE"/>
     <w:rsid w:val="33EA1587"/>
+    <w:rsid w:val="33EB13FF"/>
     <w:rsid w:val="342D8567"/>
+    <w:rsid w:val="34E03EF5"/>
     <w:rsid w:val="356CBD8B"/>
     <w:rsid w:val="3585E5E8"/>
     <w:rsid w:val="36AECDFB"/>
     <w:rsid w:val="380D8BB6"/>
+    <w:rsid w:val="3BB94FA1"/>
+    <w:rsid w:val="3EFF5716"/>
     <w:rsid w:val="3F9637A1"/>
     <w:rsid w:val="4162721D"/>
+    <w:rsid w:val="41A577E0"/>
+    <w:rsid w:val="422FEE1C"/>
     <w:rsid w:val="42532E19"/>
+    <w:rsid w:val="44EB0FAF"/>
+    <w:rsid w:val="47E6B42C"/>
     <w:rsid w:val="49FB0BFC"/>
+    <w:rsid w:val="4C4CB8EE"/>
     <w:rsid w:val="4E2F9EE5"/>
+    <w:rsid w:val="4EDB94DB"/>
     <w:rsid w:val="4F98C7DB"/>
+    <w:rsid w:val="502AAC97"/>
     <w:rsid w:val="5107D5F3"/>
     <w:rsid w:val="51B956EF"/>
     <w:rsid w:val="5207F07D"/>
+    <w:rsid w:val="5492F403"/>
+    <w:rsid w:val="5497AC44"/>
     <w:rsid w:val="588B7395"/>
+    <w:rsid w:val="589C8586"/>
+    <w:rsid w:val="599E3A5B"/>
+    <w:rsid w:val="5A510CDE"/>
     <w:rsid w:val="5CEACEBF"/>
     <w:rsid w:val="5E869F20"/>
     <w:rsid w:val="5F59C9E7"/>
+    <w:rsid w:val="6031A831"/>
     <w:rsid w:val="61A51785"/>
     <w:rsid w:val="61F28A9C"/>
     <w:rsid w:val="630DA0DC"/>
     <w:rsid w:val="6340E7E6"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="657D0388"/>
     <w:rsid w:val="6621B004"/>
+    <w:rsid w:val="6624B549"/>
     <w:rsid w:val="6691B105"/>
     <w:rsid w:val="69327F30"/>
     <w:rsid w:val="6A20692B"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6DECC7F6"/>
     <w:rsid w:val="6E05F053"/>
     <w:rsid w:val="6E58FA2A"/>
     <w:rsid w:val="6EDD2C4C"/>
     <w:rsid w:val="6F9085DD"/>
     <w:rsid w:val="701C34FB"/>
+    <w:rsid w:val="718DF66F"/>
     <w:rsid w:val="7682CB5F"/>
     <w:rsid w:val="791E3FC6"/>
     <w:rsid w:val="793900FC"/>
+    <w:rsid w:val="7E801B8E"/>
+    <w:rsid w:val="7F0B8B0A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8075,74 +8734,73 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R239464b60b8145d6" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{d76f09ad-3d3f-4d5e-91b8-414e5b7d4199}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="5487BA14">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5487BA14" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -8521,32 +9179,32 @@
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hypotermi</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>4</revision>
+  <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>