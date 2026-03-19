--- v0 (2026-01-09)
+++ v1 (2026-03-19)
@@ -10,65 +10,65 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="006975A8" w:rsidP="32D1656B" w:rsidRDefault="006975A8" w14:paraId="3C56D98F" w14:textId="4124F4CD">
+    <w:p w:rsidR="006975A8" w:rsidP="660EFCC2" w:rsidRDefault="006975A8" w14:paraId="3C56D98F" w14:textId="4124F4CD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:ind w:left="630"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
-      <w:r w:rsidRPr="32D1656B" w:rsidR="73D4535F">
+      <w:r w:rsidR="73D4535F">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Handled, underarm – frakturmisstanke</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="73D4535F" w:rsidP="00448AED" w:rsidRDefault="73D4535F" w14:paraId="1E26C0E2" w14:textId="1FD77E64">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="006975A8" w:rsidSect="006975A8">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
@@ -86,51 +86,51 @@
       <w:r w:rsidRPr="00448AED" w:rsidR="1F07822B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORTOPEDI</w:t>
       </w:r>
       <w:r w:rsidRPr="00448AED" w:rsidR="73D4535F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
         <w:t>, Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9570" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4425"/>
         <w:gridCol w:w="5145"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="01E21027" w:rsidTr="00448AED" w14:paraId="1CF27CC4" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="01E21027" w:rsidTr="660EFCC2" w14:paraId="1CF27CC4" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4425" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="4F8752F2" w:rsidP="7C19544D" w:rsidRDefault="4F8752F2" w14:paraId="1B77B270" w14:textId="1E72D2CD">
             <w:pPr>
               <w:pStyle w:val="MellanrubrikVGR"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="-90" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C19544D" w:rsidR="4F8752F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -385,82 +385,82 @@
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="46842934" w14:textId="18757D8A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="73D70806" w:rsidP="00448AED" w:rsidRDefault="73D70806" w14:paraId="05A30F4F" w14:textId="6609FC13">
+          <w:p w:rsidR="73D70806" w:rsidP="00448AED" w:rsidRDefault="73D70806" w14:paraId="05A30F4F" w14:textId="453CA19A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00448AED" w:rsidR="7701B0DD">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="28729A23" w:rsidR="7701B0DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medvetandegrad (GCS)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="28729A23" w:rsidR="31ED3273">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="783BFCEF" w14:textId="6A3795B6">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00448AED" w:rsidR="7701B0DD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Orienterad?</w:t>
             </w:r>
@@ -847,72 +847,92 @@
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="472553BA" w14:textId="2430C548">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Smärta</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="56B0EF41" w14:textId="034E7CE9">
+          <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="56B0EF41" w14:textId="0D67843A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
-[...7 lines deleted...]
-              <w:t>VAS – intensitet, lokalisation?</w:t>
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="73D70806">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>VAS – intensitet, lokalisation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="26B66139">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, karaktär</w:t>
+            </w:r>
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="73D70806">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="759DD3D3" w14:textId="1B63F269">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sammansatt status</w:t>
             </w:r>
@@ -1089,170 +1109,180 @@
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="3C151222" w14:textId="0510FABA">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ta av ringar och smycken.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="0FCBFFB9" w14:textId="02B5507F">
+          <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="0FCBFFB9" w14:textId="5B4D44C9">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
+            <w:r w:rsidRPr="28729A23" w:rsidR="73D70806">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ev. </w:t>
             </w:r>
-            <w:r w:rsidRPr="7C19544D" w:rsidR="123F3601">
+            <w:r w:rsidRPr="28729A23" w:rsidR="123F3601">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
-[...7 lines deleted...]
-              <w:t>tödförband (skumgummiskena).</w:t>
+            <w:r w:rsidRPr="28729A23" w:rsidR="73D70806">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tödförband.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="2838E390" w14:textId="3E60436B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C19544D" w:rsidR="73D70806">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Läkemedelshantering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="73D70806" w:rsidP="00448AED" w:rsidRDefault="73D70806" w14:paraId="0570021E" w14:textId="5CE70683">
+          <w:p w:rsidR="73D70806" w:rsidP="00448AED" w:rsidRDefault="73D70806" w14:paraId="0570021E" w14:textId="6F6D6F28">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00448AED" w:rsidR="7701B0DD">
+            <w:r w:rsidRPr="28729A23" w:rsidR="7701B0DD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Smärtlindring enligt läkarordination e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="09318966">
+            <w:r w:rsidRPr="28729A23" w:rsidR="09318966">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ller</w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="68A498CD">
+            <w:r w:rsidRPr="28729A23" w:rsidR="68A498CD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> generella direktiv för vuxen eller barn.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="09318966">
+            <w:r w:rsidRPr="28729A23" w:rsidR="09318966">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="28729A23" w:rsidR="690012E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>VAS före och efter smärtstillande givits, dokumentera på Akutjournal.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="00448AED" w:rsidRDefault="73D70806" w14:paraId="2CD5D6F6" w14:textId="58BB32D2">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="73D70806" w:rsidP="7C19544D" w:rsidRDefault="73D70806" w14:paraId="00986305" w14:textId="183896D1">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -1857,129 +1887,109 @@
               <w:t>terbesök</w:t>
             </w:r>
             <w:r w:rsidRPr="7C19544D" w:rsidR="20DCEEE9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="1FE80E39" w:rsidP="7C19544D" w:rsidRDefault="1FE80E39" w14:paraId="0FD8264D" w14:textId="4364CA99">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="1FE80E39" w:rsidP="00448AED" w:rsidRDefault="1FE80E39" w14:paraId="5B356FFB" w14:textId="45195448">
+          <w:p w:rsidR="1FE80E39" w:rsidP="7C19544D" w:rsidRDefault="1FE80E39" w14:paraId="6E9DD510" w14:textId="233FFC15">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00448AED" w:rsidR="4C034A24">
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="4C034A24">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">NEWS2-poäng styr behovet av övervakningsfrekvens, åtgärd, behov av läkarbedömning, tillsyn och kontroll av vitalparametrar (VP). </w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="34671146">
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="34671146">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Teamets bedömning, tillsyn och </w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="2EF0B43B">
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="2EF0B43B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VP ska</w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="34671146">
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="34671146">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dokumenteras på </w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="35D5ECA8">
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="35D5ECA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akutjournal</w:t>
             </w:r>
-            <w:r w:rsidRPr="00448AED" w:rsidR="770583A0">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00448AED" w:rsidR="35D5ECA8">
+            <w:r w:rsidRPr="660EFCC2" w:rsidR="35D5ECA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="006975A8">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5209,150 +5219,158 @@
     <w:rsid w:val="11814083"/>
     <w:rsid w:val="11B2B022"/>
     <w:rsid w:val="11BBEB19"/>
     <w:rsid w:val="1228C8DB"/>
     <w:rsid w:val="123F3601"/>
     <w:rsid w:val="14B06EA9"/>
     <w:rsid w:val="1505717F"/>
     <w:rsid w:val="171BEE0F"/>
     <w:rsid w:val="18219A43"/>
     <w:rsid w:val="1887BC6F"/>
     <w:rsid w:val="18BCAEF6"/>
     <w:rsid w:val="1A6FB539"/>
     <w:rsid w:val="1C0B859A"/>
     <w:rsid w:val="1CA25831"/>
     <w:rsid w:val="1F07822B"/>
     <w:rsid w:val="1F4DF6C5"/>
     <w:rsid w:val="1FA38063"/>
     <w:rsid w:val="1FE80E39"/>
     <w:rsid w:val="20602355"/>
     <w:rsid w:val="20DCEEE9"/>
     <w:rsid w:val="21A631EE"/>
     <w:rsid w:val="22414E71"/>
     <w:rsid w:val="22C1AA1E"/>
     <w:rsid w:val="25BCF98A"/>
     <w:rsid w:val="2662BB4E"/>
+    <w:rsid w:val="26B66139"/>
     <w:rsid w:val="273CFD6A"/>
     <w:rsid w:val="27DEE4BD"/>
     <w:rsid w:val="27FE8BAF"/>
     <w:rsid w:val="28451635"/>
+    <w:rsid w:val="28729A23"/>
     <w:rsid w:val="28C58171"/>
     <w:rsid w:val="28D8CDCB"/>
     <w:rsid w:val="2A294ADC"/>
     <w:rsid w:val="2AC1752E"/>
     <w:rsid w:val="2B362C71"/>
     <w:rsid w:val="2C238FEE"/>
     <w:rsid w:val="2D380FDF"/>
     <w:rsid w:val="2ECA6515"/>
     <w:rsid w:val="2EF0B43B"/>
     <w:rsid w:val="2F4D18B5"/>
     <w:rsid w:val="2FC094C3"/>
     <w:rsid w:val="30368DCB"/>
     <w:rsid w:val="30663576"/>
     <w:rsid w:val="31DB48CD"/>
     <w:rsid w:val="31E8DD7A"/>
+    <w:rsid w:val="31ED3273"/>
     <w:rsid w:val="32D1656B"/>
     <w:rsid w:val="3384ADDB"/>
     <w:rsid w:val="34671146"/>
     <w:rsid w:val="35D5ECA8"/>
     <w:rsid w:val="360C53A9"/>
     <w:rsid w:val="3A1C96C3"/>
     <w:rsid w:val="3A381B7E"/>
     <w:rsid w:val="3ADFC4CC"/>
     <w:rsid w:val="3AF0E059"/>
+    <w:rsid w:val="3C56F497"/>
     <w:rsid w:val="3F2784F4"/>
     <w:rsid w:val="4019811B"/>
     <w:rsid w:val="40959BA0"/>
     <w:rsid w:val="411A54BE"/>
     <w:rsid w:val="42370DF0"/>
     <w:rsid w:val="4270CF26"/>
     <w:rsid w:val="42F32BD1"/>
     <w:rsid w:val="43B41FA6"/>
     <w:rsid w:val="442D6024"/>
     <w:rsid w:val="449EE8E3"/>
     <w:rsid w:val="46D9966E"/>
     <w:rsid w:val="46E6AA4C"/>
     <w:rsid w:val="47515629"/>
     <w:rsid w:val="475EB29D"/>
     <w:rsid w:val="4768B4DB"/>
     <w:rsid w:val="49056DD9"/>
     <w:rsid w:val="498AAD1F"/>
     <w:rsid w:val="4A2FF53A"/>
     <w:rsid w:val="4A4DDB28"/>
     <w:rsid w:val="4A79B7AD"/>
     <w:rsid w:val="4AA8D346"/>
     <w:rsid w:val="4AEDADC9"/>
     <w:rsid w:val="4B267D80"/>
     <w:rsid w:val="4C034A24"/>
     <w:rsid w:val="4C2B7B4A"/>
     <w:rsid w:val="4F214C4B"/>
     <w:rsid w:val="4F8752F2"/>
     <w:rsid w:val="4F8B3DA1"/>
     <w:rsid w:val="504EF179"/>
+    <w:rsid w:val="509E6C2C"/>
     <w:rsid w:val="50BD1CAC"/>
     <w:rsid w:val="5195BF04"/>
     <w:rsid w:val="5258ED0D"/>
     <w:rsid w:val="53E7CAAB"/>
     <w:rsid w:val="541049D7"/>
     <w:rsid w:val="5492536C"/>
     <w:rsid w:val="55DFB03C"/>
     <w:rsid w:val="57964355"/>
     <w:rsid w:val="58D6A4FF"/>
     <w:rsid w:val="590A56CC"/>
     <w:rsid w:val="590B94F2"/>
     <w:rsid w:val="59659D3D"/>
     <w:rsid w:val="5A76E03B"/>
     <w:rsid w:val="5AA6272D"/>
     <w:rsid w:val="5CB7CACA"/>
     <w:rsid w:val="5D7F7151"/>
     <w:rsid w:val="5DB80AA2"/>
     <w:rsid w:val="5DC9D572"/>
     <w:rsid w:val="6103D560"/>
     <w:rsid w:val="61B3D054"/>
     <w:rsid w:val="63304EFD"/>
     <w:rsid w:val="63E86B8A"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6506F283"/>
     <w:rsid w:val="6523812B"/>
     <w:rsid w:val="65D74683"/>
+    <w:rsid w:val="660EFCC2"/>
     <w:rsid w:val="664571B6"/>
     <w:rsid w:val="67314723"/>
     <w:rsid w:val="67CED9C6"/>
     <w:rsid w:val="68A498CD"/>
+    <w:rsid w:val="690012E2"/>
     <w:rsid w:val="6963EA1B"/>
     <w:rsid w:val="69FABCB2"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6BB00DEA"/>
     <w:rsid w:val="6D42A9A0"/>
     <w:rsid w:val="6DC9300B"/>
     <w:rsid w:val="6F0C0DA6"/>
     <w:rsid w:val="6F1D1639"/>
     <w:rsid w:val="6FC617AF"/>
     <w:rsid w:val="713F8CC1"/>
     <w:rsid w:val="7191A899"/>
     <w:rsid w:val="71FDD3F1"/>
     <w:rsid w:val="72432A94"/>
+    <w:rsid w:val="72508F20"/>
     <w:rsid w:val="726491DD"/>
     <w:rsid w:val="729AE0AD"/>
     <w:rsid w:val="7367BCBD"/>
     <w:rsid w:val="73875185"/>
     <w:rsid w:val="73D4535F"/>
     <w:rsid w:val="73D70806"/>
     <w:rsid w:val="73E566F7"/>
     <w:rsid w:val="7556F030"/>
     <w:rsid w:val="7701B0DD"/>
     <w:rsid w:val="770583A0"/>
     <w:rsid w:val="774F4DA9"/>
     <w:rsid w:val="7812935D"/>
     <w:rsid w:val="7968D30E"/>
     <w:rsid w:val="79CF20E2"/>
     <w:rsid w:val="7A24379E"/>
     <w:rsid w:val="7A425AC0"/>
     <w:rsid w:val="7A46487F"/>
     <w:rsid w:val="7B6412AE"/>
     <w:rsid w:val="7C19544D"/>
     <w:rsid w:val="7C40BF95"/>
     <w:rsid w:val="7C4B70FA"/>
     <w:rsid w:val="7C69D7C0"/>
     <w:rsid w:val="7D8C493D"/>
     <w:rsid w:val="7DA5719A"/>
     <w:rsid w:val="7DE7415B"/>
@@ -8384,31 +8402,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Handled, underarm - frakturmisstanke</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>7</revision>
+  <revision>9</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>