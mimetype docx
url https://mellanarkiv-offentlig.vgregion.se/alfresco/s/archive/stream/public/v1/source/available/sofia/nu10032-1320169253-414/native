--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -37,53 +37,50 @@
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00B41795" w:rsidSect="00B41795">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00B41795" w:rsidR="00B41795" w:rsidP="00B41795" w:rsidRDefault="00B41795" w14:paraId="7E93D5DC" w14:textId="649E0276">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41795">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="343DA556" wp14:editId="0DB49AA9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -266,50 +263,59 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>12453</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
+    <w:p w:rsidR="7DBFB6AB" w:rsidP="7DBFB6AB" w:rsidRDefault="7DBFB6AB" w14:paraId="32F10D25" w14:textId="53D3BC75">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="00B41795" w:rsidR="00B41795" w:rsidTr="00DB7B9C" w14:paraId="3EDC72E4" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
@@ -363,642 +369,642 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B41795">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" Requires="wps">
             <w:drawing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
               <wp:anchor xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BFCB3B4" wp14:editId="6AEEE282">
                 <wp:simplePos xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" x="0" y="0"/>
                 <wp:positionH xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="column">
                   <wp:posOffset>-522605</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="paragraph">
                   <wp:posOffset>53340</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3378027" cy="9963785"/>
-                <wp:effectExtent l="0" t="0" r="13335" b="18415"/>
+                <wp:extent cx="3368675" cy="9963785"/>
+                <wp:effectExtent l="0" t="0" r="22225" b="18415"/>
                 <wp:wrapNone xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
                 <wp:docPr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3378027" cy="9963785"/>
+                          <a:ext cx="3368675" cy="9963785"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:kern w:val="0"/>
                                 <w:lang w:val="en-US"/>
                                 <w14:ligatures xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:val="none"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omvårdnadsanamnes</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Besvär - debut?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Graviditet?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Om gravid, vilken vecka?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tidigare utomkvedshavandeskap?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Sista mens första dag?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Blödning?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omvårdnadsstatus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Kommunikation</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Medvetandegrad? (RLS, GCS)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Orienterad?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Andning</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Andningspåverkad?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>AF?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Cirkulation</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Pulskvalitet/frekvens?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Blodtryck</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Feber? Frossa?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Hud</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Färg?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Varm? Kall?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Nutrition</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Illamående?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Kräkningar?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> Elimination</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Urinmängd?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Färg? Hur ofta?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Smärta</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Bukstatus?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Palpation?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Karaktär? </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>VAS?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00D57DA6" w:rsidP="006C1AE9" w:rsidRDefault="00D57DA6">
+                          <w:p w:rsidR="00A010C3" w:rsidP="006C1AE9" w:rsidRDefault="00A010C3">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
@@ -1011,453 +1017,451 @@
           </mc:Choice>
           <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00B41795">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" Requires="wps">
             <w:drawing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
               <wp:anchor xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6886C399" wp14:editId="6A2E2E23">
                 <wp:simplePos xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" x="0" y="0"/>
                 <wp:positionH xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="column">
                   <wp:posOffset>2906395</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="paragraph">
                   <wp:posOffset>53340</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3086100" cy="7545705"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="17145"/>
+                <wp:extent cx="4014470" cy="7545705"/>
+                <wp:effectExtent l="0" t="0" r="24130" b="17145"/>
                 <wp:wrapNone xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
                 <wp:docPr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3086100" cy="7545705"/>
+                          <a:ext cx="4014470" cy="7545705"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:kern w:val="0"/>
-                                <w:sz w:val="24"/>
-                                <w:szCs w:val="24"/>
                                 <w:lang w:val="en-US"/>
                                 <w14:ligatures xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:val="none"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omvårdnadsåtgärder</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Förberedelser</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Blodtryck och puls</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Temp</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Kapillärt Hb</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Kapillärt CRP</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Urinsticka</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>U-HCG – behövs ej vid säkerställd graviditet. Om ej säkerställd graviditet spara urin!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Läkemedelshantering</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Läkemedel enligt ordination</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Speciell omvårdnad</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Följ vitala parametrar: blodtryck, puls, AF och POX.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Håll patienten fastande.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omprio enligt RETTS</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00706173" w:rsidP="00706173" w:rsidRDefault="00706173">
+                          <w:p w:rsidR="00DE005E" w:rsidP="00706173" w:rsidRDefault="00DE005E">
                             <w:pPr>
                               <w:spacing w:line="256" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback/>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00B41795">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
@@ -4632,58 +4636,61 @@
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="07D56697"/>
     <w:rsid w:val="3720AC1C"/>
+    <w:rsid w:val="38287894"/>
     <w:rsid w:val="4DD984AB"/>
+    <w:rsid w:val="4E96133E"/>
     <w:rsid w:val="50F03A4A"/>
     <w:rsid w:val="51BAEF78"/>
     <w:rsid w:val="55E06583"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="69660627"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="7B466424"/>
+    <w:rsid w:val="7DBFB6AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
@@ -7594,31 +7601,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Gynpatient med buksmärtor med eller utan liten blödning</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>3</revision>
+  <revision>4</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>