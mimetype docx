--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -30,50 +30,58 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="00804D46" w:rsidP="1A341A71" w:rsidRDefault="00804D46" w14:paraId="3B8C024F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00804D46" w:rsidSect="00804D46">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="12C938F8" w:rsidP="12C938F8" w:rsidRDefault="12C938F8" w14:paraId="7B6E303F" w14:textId="22F388BA">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="4590"/>
+        </w:tabs>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00804D46" w:rsidR="00804D46" w:rsidP="1A341A71" w:rsidRDefault="00804D46" w14:textId="6195B967" w14:paraId="01384A2C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="4590"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00804D46">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="386A8FC6" wp14:editId="32938D05">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
@@ -270,60 +278,60 @@
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="50021BDA">
         <w:rPr/>
         <w:t xml:space="preserve">Gynekologisk stor blödning/akut smärta </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8153" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4155"/>
-        <w:gridCol w:w="3982"/>
+        <w:gridCol w:w="3998"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="1A341A71" w:rsidTr="2373AC05" w14:paraId="5D4D0FEA" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="1A341A71" w:rsidTr="12C938F8" w14:paraId="5D4D0FEA" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="11940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4155" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="5ED95267" w:rsidP="1A341A71" w:rsidRDefault="5ED95267" w14:paraId="365BF174" w14:textId="6FDC1256">
             <w:pPr>
               <w:pStyle w:val="Faktarutarubrik"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1A341A71" w:rsidR="5ED95267">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
               </w:rPr>
               <w:t>Omvårdnadsanamnes</w:t>
             </w:r>
             <w:r w:rsidR="5ED95267">
               <w:rPr/>
@@ -768,51 +776,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1A341A71" w:rsidR="69437B27">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Karaktär? </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="69437B27" w:rsidP="1A341A71" w:rsidRDefault="69437B27" w14:paraId="580636BD" w14:textId="616029CB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="1A341A71" w:rsidR="69437B27">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">VAS? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3982" w:type="dxa"/>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="07AFED32" w:rsidP="1A341A71" w:rsidRDefault="07AFED32" w14:paraId="0DFAAEAB" w14:textId="21788772">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1A341A71" w:rsidR="07AFED32">
               <w:rPr>
                 <w:rStyle w:val="Heading4Char"/>
               </w:rPr>
               <w:t>Omvårdnadsåtgärder</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="1A341A71" w:rsidR="5735156B">
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4323,50 +4331,51 @@
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="049368AB"/>
     <w:rsid w:val="06E655E5"/>
     <w:rsid w:val="071698D0"/>
     <w:rsid w:val="07AFED32"/>
     <w:rsid w:val="0811724A"/>
     <w:rsid w:val="09D7733A"/>
     <w:rsid w:val="0ABABF57"/>
     <w:rsid w:val="0EF167CA"/>
     <w:rsid w:val="0F908293"/>
+    <w:rsid w:val="12C938F8"/>
     <w:rsid w:val="1303A322"/>
     <w:rsid w:val="1577C3DC"/>
     <w:rsid w:val="16E35152"/>
     <w:rsid w:val="1A341A71"/>
     <w:rsid w:val="1B0EB507"/>
     <w:rsid w:val="1CAA8568"/>
     <w:rsid w:val="1F4B5393"/>
     <w:rsid w:val="2373AC05"/>
     <w:rsid w:val="25FAD141"/>
     <w:rsid w:val="2BCEA05B"/>
     <w:rsid w:val="2E45DD60"/>
     <w:rsid w:val="30A139E8"/>
     <w:rsid w:val="31F03FA2"/>
     <w:rsid w:val="3228C1DD"/>
     <w:rsid w:val="352AA761"/>
     <w:rsid w:val="373FFAFF"/>
     <w:rsid w:val="3A94A0FF"/>
     <w:rsid w:val="44B3D359"/>
     <w:rsid w:val="4500E6F5"/>
     <w:rsid w:val="4568E053"/>
     <w:rsid w:val="466C746B"/>
     <w:rsid w:val="469CB756"/>
     <w:rsid w:val="479D4E49"/>
     <w:rsid w:val="49ED9749"/>
     <w:rsid w:val="4B3FE58E"/>
@@ -7380,31 +7389,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Gynekologisk stor blödning, akut smärta</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>5</revision>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>