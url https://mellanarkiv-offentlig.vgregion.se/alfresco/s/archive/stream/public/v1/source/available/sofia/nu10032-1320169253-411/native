--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -285,54 +285,54 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00A2406C" w:rsidR="00A2406C" w:rsidTr="6DC6F58D" w14:paraId="4278A7AC" w14:textId="77777777">
+      <w:tr w:rsidRPr="00A2406C" w:rsidR="00A2406C" w:rsidTr="1EE52155" w14:paraId="4278A7AC" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="990"/>
+          <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="00A2406C" w:rsidR="00A2406C" w:rsidP="6DC6F58D" w:rsidRDefault="00A2406C" w14:paraId="4E8AEB7B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3686"/>
                 <w:tab w:val="left" w:leader="none" w:pos="7088"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -360,697 +360,693 @@
         <w:keepNext w:val="1"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="1161"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2406C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" Requires="wps">
             <w:drawing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
               <wp:anchor xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65AA3BBA" wp14:editId="7EB5255A">
                 <wp:simplePos xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" x="0" y="0"/>
                 <wp:positionH xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="column">
                   <wp:posOffset>2857500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="paragraph">
                   <wp:posOffset>49530</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3086100" cy="8991600"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:extent cx="4119245" cy="9352280"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="20320"/>
                 <wp:wrapNone xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
                 <wp:docPr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3086100" cy="8991600"/>
+                          <a:ext cx="4119245" cy="9352280"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:kern w:val="0"/>
                                 <w:lang w:val="en-US"/>
                                 <w14:ligatures xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:val="none"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Elimination</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Diarré? Frekvens? Blod?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Urinmängd?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Smärta</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Buksmärta?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Huvudvärk?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Sammansatt status</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="28"/>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="28"/>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omvårdnadsåtgärder</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Förberedelser</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Blodtryck och puls</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>POX</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>AF</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Temp</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>PVK</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Prover: bukrutin</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Blododling enl. PM</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Urinsticka</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>F</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>ecesodling enligt ordination</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Läkemedelshantering</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>1000 ml RingerAcetat iv.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Febernedsättande vb</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Speciell omvårdnad</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Vårda patienten i infektionsrum.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Så få personal som möjligt som vårdar patienten. Barriärvård och noggran handhygien.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Följ vitala parametrar: blodtryck, puls, AF   och POX</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Lämna inte patienten utan tillsyn!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>OBS! Patienter med Addisonkris kan ha diarréer, kräkningar och magsmärta. Dessa patienter kräver akut omhände</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>r</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>tagande!</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001B63BF" w:rsidP="001B63BF" w:rsidRDefault="001B63BF">
+                          <w:p w:rsidR="00033A5A" w:rsidP="004A14A3" w:rsidRDefault="00033A5A">
                             <w:pPr>
                               <w:spacing w:line="252" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Cambria"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Omprio enligt RETTS</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="91440" tIns="90000" rIns="91440" bIns="45720" anchor="t" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback/>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A2406C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" Requires="wps">
             <w:drawing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
               <wp:anchor xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EC24C4D" wp14:editId="23C75C2B">
                 <wp:simplePos xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" x="0" y="0"/>
                 <wp:positionH xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="column">
                   <wp:posOffset>-571500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" relativeFrom="paragraph">
                   <wp:posOffset>49530</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3324860" cy="9901555"/>
                 <wp:effectExtent l="0" t="0" r="27940" b="23495"/>
                 <wp:wrapNone xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
                 <wp:docPr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -4836,61 +4832,65 @@
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="081BBCE5"/>
     <w:rsid w:val="082DA1B0"/>
+    <w:rsid w:val="1EE52155"/>
+    <w:rsid w:val="22419714"/>
     <w:rsid w:val="2C23294C"/>
     <w:rsid w:val="2EB986E5"/>
     <w:rsid w:val="3DF66DAC"/>
     <w:rsid w:val="4CF1BAC7"/>
     <w:rsid w:val="4E93807E"/>
     <w:rsid w:val="594CE056"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6A3C47ED"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6DC6F58D"/>
     <w:rsid w:val="702AF5FB"/>
+    <w:rsid w:val="772AE28D"/>
+    <w:rsid w:val="7F362889"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
@@ -7833,31 +7833,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Gastroenterit</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>4</revision>
+  <revision>5</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>