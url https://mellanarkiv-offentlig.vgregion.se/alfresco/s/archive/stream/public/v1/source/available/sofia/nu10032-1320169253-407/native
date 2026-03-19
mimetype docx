--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -1,50 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="144B17A7" w:rsidP="144B17A7" w:rsidRDefault="144B17A7" w14:paraId="4C14B0E5" w14:textId="63F742A0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="144B17A7" w:rsidP="144B17A7" w:rsidRDefault="144B17A7" w14:paraId="2D2F3EEF" w14:textId="10409BAF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:b w:val="1"/>
@@ -139,51 +140,51 @@
       <w:r w:rsidRPr="7C6E309A" w:rsidR="0CFDC7B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORTOPEDI</w:t>
       </w:r>
       <w:r w:rsidRPr="7C6E309A" w:rsidR="12FE9FD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
         <w:t>, Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9570" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4380"/>
         <w:gridCol w:w="5190"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="37D50D55" w:rsidTr="7C6E309A" w14:paraId="577868A9" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="37D50D55" w:rsidTr="5A1A9C13" w14:paraId="577868A9" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="583857A3" w:rsidP="144B17A7" w:rsidRDefault="583857A3" w14:paraId="39F3767F" w14:textId="7BD2A201">
             <w:pPr>
               <w:pStyle w:val="MellanrubrikVGR"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="144B17A7" w:rsidR="13E9C2ED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -432,82 +433,102 @@
           </w:p>
           <w:p w:rsidR="03140DBF" w:rsidP="144B17A7" w:rsidRDefault="03140DBF" w14:paraId="20F17118" w14:textId="56473499">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="144B17A7" w:rsidR="03A4A69E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="03140DBF" w:rsidP="7C6E309A" w:rsidRDefault="03140DBF" w14:paraId="5CE8C7DD" w14:textId="591DF25A">
+          <w:p w:rsidR="03140DBF" w:rsidP="7C6E309A" w:rsidRDefault="03140DBF" w14:paraId="5CE8C7DD" w14:textId="77B3D2EF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="03A4A69E">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="6B5B0320">
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="03A4A69E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Medvetandegrad</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="5CDFBA26">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="03A4A69E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(GCS)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="4E7BB47C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="03140DBF" w:rsidP="144B17A7" w:rsidRDefault="03140DBF" w14:paraId="6E30995D" w14:textId="28C66BC9">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C6E309A" w:rsidR="03A4A69E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Orienterad?</w:t>
             </w:r>
@@ -968,72 +989,92 @@
           </w:p>
           <w:p w:rsidR="03140DBF" w:rsidP="144B17A7" w:rsidRDefault="03140DBF" w14:paraId="6B477CA5" w14:textId="6A73640C">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="144B17A7" w:rsidR="03A4A69E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Smärta</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="03140DBF" w:rsidP="144B17A7" w:rsidRDefault="03140DBF" w14:paraId="271F462B" w14:textId="49B8E0BF">
+          <w:p w:rsidR="03140DBF" w:rsidP="144B17A7" w:rsidRDefault="03140DBF" w14:paraId="271F462B" w14:textId="7499FCC7">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="144B17A7" w:rsidR="03A4A69E">
-[...7 lines deleted...]
-              <w:t>VAS – intensitet/lokalisation?</w:t>
+            <w:r w:rsidRPr="5A1A9C13" w:rsidR="03A4A69E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VAS – intensitet/lokalisation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1A9C13" w:rsidR="443E789A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, karaktär</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5A1A9C13" w:rsidR="03A4A69E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="03140DBF" w:rsidP="144B17A7" w:rsidRDefault="03140DBF" w14:paraId="25EDAE90" w14:textId="74FDBD3F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="144B17A7" w:rsidR="03A4A69E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sammansatt status</w:t>
             </w:r>
@@ -1232,92 +1273,102 @@
           </w:p>
           <w:p w:rsidR="03140DBF" w:rsidP="144B17A7" w:rsidRDefault="03140DBF" w14:paraId="24665362" w14:textId="13D46789">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="144B17A7" w:rsidR="03A4A69E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Läkemedelshantering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0BE39BFF" w:rsidP="7C6E309A" w:rsidRDefault="0BE39BFF" w14:paraId="42C9507D" w14:textId="5C0F6ABD">
+          <w:p w:rsidR="0BE39BFF" w:rsidP="7C6E309A" w:rsidRDefault="0BE39BFF" w14:paraId="42C9507D" w14:textId="5D03E6F0">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="03A4A69E">
+            <w:r w:rsidRPr="17B710A7" w:rsidR="03A4A69E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Smärtlindring enligt läkarordination eller</w:t>
             </w:r>
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="52E61B57">
+            <w:r w:rsidRPr="17B710A7" w:rsidR="52E61B57">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> generella direktiv för vuxen eller barn.</w:t>
             </w:r>
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="6E0B2D52">
+            <w:r w:rsidRPr="17B710A7" w:rsidR="6E0B2D52">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="17B710A7" w:rsidR="1E09D85D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VAS före och efter smärtstillande givits, dokumentera på Akutjournal.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0BE39BFF" w:rsidP="7C6E309A" w:rsidRDefault="0BE39BFF" w14:paraId="1A4568F0" w14:textId="74BBE86B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0BE39BFF" w:rsidP="144B17A7" w:rsidRDefault="0BE39BFF" w14:paraId="6C51B0C7" w14:textId="405C2304">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -1486,154 +1537,148 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>repo</w:t>
             </w:r>
             <w:r w:rsidRPr="144B17A7" w:rsidR="43B99C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nering</w:t>
             </w:r>
             <w:r w:rsidRPr="144B17A7" w:rsidR="54D5190B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0BE39BFF" w:rsidP="144B17A7" w:rsidRDefault="0BE39BFF" w14:paraId="3BDAD56C" w14:textId="01526AE0">
+          <w:p w:rsidR="0BE39BFF" w:rsidP="2C6A27A7" w:rsidRDefault="0BE39BFF" w14:paraId="62FDB1FE" w14:textId="33F1720C">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="54D5190B">
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="54D5190B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prover enligt läkarordination.</w:t>
             </w:r>
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="53B2FA30">
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="53B2FA30">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Inför</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="54D5190B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0BE39BFF" w:rsidP="144B17A7" w:rsidRDefault="0BE39BFF" w14:paraId="3BDAD56C" w14:textId="714088A6">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> operation tas </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="54D5190B">
+            </w:pPr>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="304720D2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Blodgrupp</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="6420940B">
+              <w:t>Vid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="54D5190B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ering</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="54D5190B">
+              <w:t xml:space="preserve"> operatio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="294992A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="54D5190B">
+              <w:t>n: finns</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="54D5190B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>B</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="4BC16E9B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="54D5190B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>AS-</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="7C6E309A" w:rsidR="54D5190B">
+              <w:t>Blodgrupp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C6A27A7" w:rsidR="54D5190B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0BE39BFF" w:rsidP="144B17A7" w:rsidRDefault="0BE39BFF" w14:paraId="7A574F2A" w14:textId="2018B575">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="144B17A7" w:rsidR="54D5190B">
               <w:rPr>
@@ -2651,50 +2696,64 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+  <int2:observations>
+    <int2:textHash int2:hashCode="CWnMdKUzIs6buJ" int2:id="GHozUTM6">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="LQVjBx5lX2sZDt" int2:id="Owft2dUd">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5106,50 +5165,51 @@
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C3C6C9"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
@@ -5213,129 +5273,140 @@
     <w:rsid w:val="03A4A69E"/>
     <w:rsid w:val="05366E91"/>
     <w:rsid w:val="05E7AD50"/>
     <w:rsid w:val="084BEA3C"/>
     <w:rsid w:val="093276E4"/>
     <w:rsid w:val="09EFA823"/>
     <w:rsid w:val="0ACE4745"/>
     <w:rsid w:val="0BE39BFF"/>
     <w:rsid w:val="0C599507"/>
     <w:rsid w:val="0CFDC7B6"/>
     <w:rsid w:val="0D503557"/>
     <w:rsid w:val="0E09F1B0"/>
     <w:rsid w:val="0EB1DE6F"/>
     <w:rsid w:val="0FA1B868"/>
     <w:rsid w:val="0FD2B3DF"/>
     <w:rsid w:val="11E97F31"/>
     <w:rsid w:val="124841F3"/>
     <w:rsid w:val="12FE9FD8"/>
     <w:rsid w:val="13854F92"/>
     <w:rsid w:val="13E9C2ED"/>
     <w:rsid w:val="144B17A7"/>
     <w:rsid w:val="149563C1"/>
     <w:rsid w:val="1507F796"/>
     <w:rsid w:val="16A3C7F7"/>
     <w:rsid w:val="16B1B247"/>
+    <w:rsid w:val="17B710A7"/>
     <w:rsid w:val="18872E3E"/>
     <w:rsid w:val="196CB167"/>
     <w:rsid w:val="19C34443"/>
+    <w:rsid w:val="19DFC4A0"/>
     <w:rsid w:val="19F04B08"/>
     <w:rsid w:val="1B578E70"/>
     <w:rsid w:val="1BA19C4E"/>
     <w:rsid w:val="1D717826"/>
     <w:rsid w:val="1DAD5793"/>
     <w:rsid w:val="1E07F22B"/>
+    <w:rsid w:val="1E09D85D"/>
     <w:rsid w:val="1E12D659"/>
     <w:rsid w:val="1E1EE471"/>
     <w:rsid w:val="2063D29A"/>
+    <w:rsid w:val="221D33DA"/>
     <w:rsid w:val="22824FA1"/>
     <w:rsid w:val="2304A0C5"/>
     <w:rsid w:val="23EA566D"/>
     <w:rsid w:val="24E603B0"/>
     <w:rsid w:val="2757D6BD"/>
     <w:rsid w:val="2852B38B"/>
+    <w:rsid w:val="294992A6"/>
     <w:rsid w:val="2953DAC9"/>
+    <w:rsid w:val="2C6A27A7"/>
     <w:rsid w:val="2CABE614"/>
     <w:rsid w:val="2E16DCD7"/>
     <w:rsid w:val="2EEF6647"/>
     <w:rsid w:val="2FC9FB70"/>
+    <w:rsid w:val="304720D2"/>
     <w:rsid w:val="30B78335"/>
     <w:rsid w:val="30C9B075"/>
     <w:rsid w:val="3125D470"/>
     <w:rsid w:val="3473095F"/>
     <w:rsid w:val="36226F8C"/>
     <w:rsid w:val="37C3D27E"/>
     <w:rsid w:val="37D50D55"/>
     <w:rsid w:val="39B82EDB"/>
     <w:rsid w:val="3AFB7340"/>
     <w:rsid w:val="3C7E1B44"/>
     <w:rsid w:val="3D11A965"/>
     <w:rsid w:val="3EB878F1"/>
     <w:rsid w:val="3F01478A"/>
     <w:rsid w:val="3F026FC5"/>
     <w:rsid w:val="3FF81AEF"/>
     <w:rsid w:val="41518C67"/>
     <w:rsid w:val="416AB4C4"/>
     <w:rsid w:val="43202D54"/>
     <w:rsid w:val="4335CF12"/>
     <w:rsid w:val="43B99C3E"/>
+    <w:rsid w:val="443E789A"/>
     <w:rsid w:val="462CEB10"/>
     <w:rsid w:val="463E25E7"/>
     <w:rsid w:val="46AB9336"/>
     <w:rsid w:val="46E6F253"/>
     <w:rsid w:val="475BBC03"/>
     <w:rsid w:val="47776BA3"/>
     <w:rsid w:val="47D9F648"/>
     <w:rsid w:val="47E6E479"/>
     <w:rsid w:val="47E86CE2"/>
     <w:rsid w:val="48826FFE"/>
     <w:rsid w:val="48B490DE"/>
     <w:rsid w:val="49D87B31"/>
     <w:rsid w:val="4ACDB77F"/>
     <w:rsid w:val="4BC16E9B"/>
     <w:rsid w:val="4C3AB937"/>
     <w:rsid w:val="4C664A1E"/>
     <w:rsid w:val="4D0C64E7"/>
     <w:rsid w:val="4D9877FC"/>
+    <w:rsid w:val="4E7BB47C"/>
     <w:rsid w:val="4FCD5758"/>
     <w:rsid w:val="51939B25"/>
     <w:rsid w:val="520E2B03"/>
     <w:rsid w:val="52E61B57"/>
     <w:rsid w:val="53B2FA30"/>
     <w:rsid w:val="53D665AE"/>
     <w:rsid w:val="54569F5D"/>
     <w:rsid w:val="54A73E79"/>
     <w:rsid w:val="54D5190B"/>
     <w:rsid w:val="559F05F8"/>
     <w:rsid w:val="562A466A"/>
     <w:rsid w:val="572EE447"/>
     <w:rsid w:val="57EBE106"/>
     <w:rsid w:val="583857A3"/>
     <w:rsid w:val="58B979D1"/>
+    <w:rsid w:val="5A1A9C13"/>
     <w:rsid w:val="5A866FD0"/>
     <w:rsid w:val="5C08532F"/>
     <w:rsid w:val="5C8283DD"/>
+    <w:rsid w:val="5CDFBA26"/>
     <w:rsid w:val="5D85CAA2"/>
     <w:rsid w:val="5D9E25CB"/>
     <w:rsid w:val="5E3D4253"/>
     <w:rsid w:val="5E731263"/>
     <w:rsid w:val="5F531E89"/>
     <w:rsid w:val="60EEEEEA"/>
     <w:rsid w:val="611B6A96"/>
     <w:rsid w:val="617486AA"/>
     <w:rsid w:val="6176F10D"/>
     <w:rsid w:val="636D8D1B"/>
     <w:rsid w:val="638FE33C"/>
     <w:rsid w:val="6420940B"/>
     <w:rsid w:val="64448954"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="666620D5"/>
     <w:rsid w:val="66AF5926"/>
     <w:rsid w:val="67225F92"/>
     <w:rsid w:val="6733CD3A"/>
     <w:rsid w:val="68F5D202"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B5B0320"/>
     <w:rsid w:val="6DBC371B"/>
     <w:rsid w:val="6E0B2D52"/>
     <w:rsid w:val="708D675F"/>
     <w:rsid w:val="70FA1EC0"/>
@@ -7857,51 +7928,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R2e0070cd11584611" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R2e0070cd11584611" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R636ad8b789794d20" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -8319,31 +8390,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Fotled - fraktur, luxation</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>8</revision>
+  <revision>11</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>