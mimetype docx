--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -10,1681 +10,2070 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="007E2FFD" w:rsidP="30897A3D" w:rsidRDefault="007E2FFD" w14:paraId="7056AE39" w14:textId="00C6DD32">
+    <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="74D271DC" w14:textId="2F748624">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="125FC8C7" w14:textId="16FD9881">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="3594BC12" w14:textId="534F97B0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:hanging="1442"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E2FFD" w:rsidP="5EDD6A8E" w:rsidRDefault="007E2FFD" w14:paraId="7056AE39" w14:textId="00C6DD32">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:hanging="1442"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:r w:rsidR="092661E0">
+        <w:rPr/>
+        <w:t>Erysipelas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2DA83F1C" w:rsidP="5EDD6A8E" w:rsidRDefault="2DA83F1C" w14:paraId="7A1201E5" w14:textId="57DA3B17">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:left="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+        </w:rPr>
         <w:sectPr w:rsidR="007E2FFD" w:rsidSect="007E2FFD">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
-[...2 lines deleted...]
-        <w:t>Erysipelas</w:t>
+      <w:r w:rsidRPr="5EDD6A8E" w:rsidR="2DA83F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+        </w:rPr>
+        <w:t>Vårdprogram</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:afterAutospacing="off"/>
+      <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4014DF3E">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="30897A3D" w:rsidR="0ABE6290">
+        <w:t xml:space="preserve"> MEDICIN,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5EDD6A8E" w:rsidR="2DA83F1C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
-        <w:t>Vårdprogram Akutmottagningen NÄL</w:t>
+        <w:t xml:space="preserve"> Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9637" w:type="dxa"/>
+        <w:tblW w:w="10488" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4535"/>
         <w:gridCol w:w="5102"/>
+        <w:gridCol w:w="5386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="227FA3CE" w:rsidTr="30897A3D" w14:paraId="515D32AA">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="227FA3CE" w:rsidTr="5EDD6A8E" w14:paraId="515D32AA" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcW w:w="5102" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="28B6FEE6" w14:textId="2AD501F2">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="28B6FEE6" w14:textId="2AD501F2">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Omvårdnadsanamnes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="279B8944" w14:textId="7E66E7E7">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="279B8944" w14:textId="7E66E7E7">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Tidigare sjukdomar?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="63827769" w14:textId="65759DF5">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="63827769" w14:textId="65759DF5">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Besvär? Debut?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="7EAA57AE" w14:textId="2F16643A">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="7EAA57AE" w14:textId="2F16643A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Känt sår sedan tidigare? Eksem?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="35FA78F4" w14:textId="593C028B">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="35FA78F4" w14:textId="593C028B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Feber?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="6075F5AB" w:rsidP="30897A3D" w:rsidRDefault="6075F5AB" w14:paraId="4B2F9AA2" w14:textId="6AC314FB">
+          <w:p w:rsidR="6075F5AB" w:rsidP="5EDD6A8E" w:rsidRDefault="6075F5AB" w14:paraId="4B2F9AA2" w14:textId="6AC314FB">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="36C1EFD1">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="36C1EFD1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Läkemedel</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="293A7591">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="293A7591">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="7E6D4D75" w:rsidP="30897A3D" w:rsidRDefault="7E6D4D75" w14:paraId="2356B282" w14:textId="36E1E1CE">
+          <w:p w:rsidR="7E6D4D75" w:rsidP="5EDD6A8E" w:rsidRDefault="7E6D4D75" w14:paraId="2356B282" w14:textId="5809FFB8">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="569872E6">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="57142645">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="36C1EFD1">
-[...13 lines deleted...]
-              <w:t>? Cytostatika?</w:t>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="7885851F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>mmun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="7885851F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="63837E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>pression</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="63837E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="7885851F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Cytostatika?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="28A6972A" w:rsidP="30897A3D" w:rsidRDefault="28A6972A" w14:paraId="294C09ED" w14:textId="436531BB">
+          <w:p w:rsidR="28A6972A" w:rsidP="5EDD6A8E" w:rsidRDefault="28A6972A" w14:paraId="294C09ED" w14:textId="5438A5E5">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="53ADE32E">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="320E9CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infektion hos </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="53ADE32E">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="320E9CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t>immunsupprimerad</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="30897A3D" w:rsidR="53ADE32E">
+              <w:t>immun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="320E9CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
+              <w:t>sup</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="18263569">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="320E9CA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t>rimerad</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="320E9CA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> är allvarlig oavsett NEWS2-poäng.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="40616B57" w:rsidP="30897A3D" w:rsidRDefault="40616B57" w14:paraId="31EB40E8" w14:textId="29A79082">
+          <w:p w:rsidR="40616B57" w:rsidP="5EDD6A8E" w:rsidRDefault="40616B57" w14:paraId="31EB40E8" w14:textId="15751C69">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="184D9643">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5095EC07">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Alla</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="53758B6F">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6026F7A0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="1071BFD2">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4C51734E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>&gt;75 å</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F89ADA1">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="27683591">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F89ADA1">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="27683591">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="0B871591">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="52AAB93C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">screening </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="0DD04E04">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5BE0FA26">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>enl</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="691FB616">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="7843157E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>igt</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="0DD04E04">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5BE0FA26">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="1071BFD2">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4C51734E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="35F3F460">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6ECD8979">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>RESH</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="0993B78C">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="22323EA6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>, se WEST-A</w:t>
             </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="51C42C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Sköra äldre behov/process”.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="23DE4316" w14:textId="0547CD79">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="4BAB51E6" w14:textId="659A9654">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="23DE4316" w14:textId="0547CD79">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Omvårdnadsstatus</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="6653EECC" w14:textId="1205C512">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="6653EECC" w14:textId="1205C512">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Kommunikation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="3F149338" w14:textId="2B5167E7">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="3F149338" w14:textId="2B5167E7">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Medvetandegrad? (GCS)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2D69E2B0" w:rsidP="30897A3D" w:rsidRDefault="2D69E2B0" w14:paraId="1539726B" w14:textId="45B1A798">
+          <w:p w:rsidR="2D69E2B0" w:rsidP="5EDD6A8E" w:rsidRDefault="2D69E2B0" w14:paraId="1539726B" w14:textId="45B1A798">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="37613131">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="37613131">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Påverka</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="56CF2005">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="56CF2005">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>d och n</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="37613131">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="37613131">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>ackstelhet?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="2E05E52F" w14:textId="1DE4D884">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="538EEDC8" w14:textId="4C2291B5">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="2E05E52F" w14:textId="1DE4D884">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Andning</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="596868C5" w14:textId="593CA824">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="596868C5" w14:textId="593CA824">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Andningspåverkad</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="37815E29" w14:textId="632E784F">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="37815E29" w14:textId="14FC81AD">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="631E7482" w14:textId="4280F00E">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="631E7482" w14:textId="4280F00E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Obstruktiv?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="3046C138" w14:textId="77500A30">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="3046C138" w14:textId="77500A30">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hosta? Upphostningar? Färg på </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>sputa</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="2F59059D" w14:textId="48F78437">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="1192FE05" w14:textId="5AF39B76">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="2F59059D" w14:textId="48F78437">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Cirkulation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="25CA1C7F" w14:textId="293CB732">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="25CA1C7F" w14:textId="60BB91D0">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pulskvalitet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="52445A93" w14:textId="3FEA3499">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="52445A93" w14:textId="3FEA3499">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Feber? Frossa?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="19384107" w14:textId="76F58EC7">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="12FB5561" w14:textId="51930DE3">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="19384107" w14:textId="76F58EC7">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Hud</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="25F76A49" w:rsidP="30897A3D" w:rsidRDefault="25F76A49" w14:paraId="63DBF194" w14:textId="147F209A">
+          <w:p w:rsidR="25F76A49" w:rsidP="5EDD6A8E" w:rsidRDefault="25F76A49" w14:paraId="63DBF194" w14:textId="147F209A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="107B7499">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="107B7499">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Rodnad</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="1E8ACFB4">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="1E8ACFB4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Värmeökning? Svullnad?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="6A08BAB4" w:rsidP="30897A3D" w:rsidRDefault="6A08BAB4" w14:paraId="3E9308CE" w14:textId="0BC13282">
+          <w:p w:rsidR="6A08BAB4" w:rsidP="5EDD6A8E" w:rsidRDefault="6A08BAB4" w14:paraId="3E9308CE" w14:textId="0BE56134">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="1CC5BC60">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="30897A3D" w:rsidR="1CC5BC60">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="1CC5BC60">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pete</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0B513020">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="1CC5BC60">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>ier</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="1CC5BC60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="4375407B" w14:textId="57B1F187">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="63653667" w14:textId="1DEB6085">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="4375407B" w14:textId="57B1F187">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Nutrition</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="5B19867E" w14:textId="0469D89A">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="5B19867E" w14:textId="0469D89A">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Illamående?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="31581EBB" w14:textId="589119E9">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="31D4DA41" w14:textId="2A0DD030">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="31581EBB" w14:textId="589119E9">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Smärta</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4C0A5A2E" w:rsidP="30897A3D" w:rsidRDefault="4C0A5A2E" w14:paraId="38F1F563" w14:textId="62B82DBC">
+          <w:p w:rsidR="4C0A5A2E" w:rsidP="5EDD6A8E" w:rsidRDefault="4C0A5A2E" w14:paraId="38F1F563" w14:textId="62B82DBC">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
-              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="440C95C5">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="440C95C5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Svår huvudvärk?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="38CE648A" w14:textId="7AA4A000">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="38CE648A" w14:textId="7AA4A000">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Omvårdnadsåtgärder</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="227FA3CE" w:rsidRDefault="3FA96723" w14:paraId="36931ACB" w14:textId="08167232">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="36931ACB" w14:textId="08167232">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Fö</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="397CE6AD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>rberedelser</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="6D57F364" w:rsidP="30897A3D" w:rsidRDefault="6D57F364" w14:paraId="29904F90" w14:textId="3E343F70">
+          <w:p w:rsidR="6D57F364" w:rsidP="5EDD6A8E" w:rsidRDefault="6D57F364" w14:paraId="29904F90" w14:textId="234DC150">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="4DC67DCC">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="7C21787F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Alla ≥75</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2656474F">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="06CE36FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="26D51854">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="632C95A3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>år</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="26D51854">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="632C95A3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2656474F">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="06CE36FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>omvårdn</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="067AC667">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="2AB7427C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2656474F">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="06CE36FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>dsåtgärder</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="355C56D5">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="30897A3D" w:rsidR="19142697">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4B12D464">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="3ECEDF48">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>igt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4B12D464">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Skör</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6B84B5F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4B12D464">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> äldre behov/process”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6423A481">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>, se WEST-A</w:t>
             </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="3E7967D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="3FA96723" w:rsidP="30897A3D" w:rsidRDefault="3FA96723" w14:paraId="7C9DFF8D" w14:textId="10E56C4C">
+          <w:p w:rsidR="3FA96723" w:rsidP="5EDD6A8E" w:rsidRDefault="3FA96723" w14:paraId="7C9DFF8D" w14:textId="10211C79">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="397CE6AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="30897A3D" w:rsidR="5BAA54F1">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6E5B33E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Vitalparametrar enligt NEWS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="3A4D371D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6DE340B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="2E88FB6C" w:rsidP="30897A3D" w:rsidRDefault="2E88FB6C" w14:paraId="3E3AECC6" w14:textId="6C740A5A">
+          <w:p w:rsidR="2E88FB6C" w:rsidP="5EDD6A8E" w:rsidRDefault="2E88FB6C" w14:paraId="3E3AECC6" w14:textId="271A5ACF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="5E854DBB">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0AC2E94D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Provtagning</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="21E32762">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6B04E365">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="5E854DBB">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0AC2E94D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="5E854DBB">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0AC2E94D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>AkutTriage</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="050C1B30">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="13D8B95A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>, v</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="5E854DBB">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0AC2E94D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">enös </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="5E854DBB">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0AC2E94D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>blodgas</w:t>
             </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="29D22352">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="0A5C28C1" w:rsidP="30897A3D" w:rsidRDefault="0A5C28C1" w14:paraId="6E9D74F6" w14:textId="6F92EBC9">
+          <w:p w:rsidR="0A5C28C1" w:rsidP="5EDD6A8E" w:rsidRDefault="0A5C28C1" w14:paraId="6E9D74F6" w14:textId="6F92EBC9">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="4C1E6B82">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4C1E6B82">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="5E854DBB">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5E854DBB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>v. PVK</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2AEF9816" w:rsidP="30897A3D" w:rsidRDefault="2AEF9816" w14:paraId="5DC71877" w14:textId="21FF3C29">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="093511E9" w14:textId="26C5221E">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="2AEF9816" w:rsidP="5EDD6A8E" w:rsidRDefault="2AEF9816" w14:paraId="5DC71877" w14:textId="64E12AE2">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0054148D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Rött Sepsislarm </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="39657F62">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="39657F62">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>aktiveras om</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="0054148D">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="5D193D37" w:rsidP="30897A3D" w:rsidRDefault="5D193D37" w14:paraId="2A8D63FF" w14:textId="5EF59D62">
+          <w:p w:rsidR="5D193D37" w:rsidP="5EDD6A8E" w:rsidRDefault="5D193D37" w14:paraId="2A8D63FF" w14:textId="2964566D">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2F973E40">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>NEWS</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="4210997F">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="68CC928E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="17A1D9A6">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6F10F32D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2F973E40">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">≥7 </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2F973E40">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>och</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2F973E40">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2F973E40">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4AF5C31A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t>MINST ett av följande</w:t>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              <w:t>infektionsmisstanke</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="2F1A47D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t xml:space="preserve">• feber &gt;38,5° eller anamnes på hög feber </w:t>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="2F1A47D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t xml:space="preserve">• hosta </w:t>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              <w:t>t ex</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="4AF5C31A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t xml:space="preserve">• akut påkomna urinvägsbesvär </w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="5D193D37" w:rsidP="30897A3D" w:rsidRDefault="5D193D37" w14:paraId="5916A406" w14:textId="5EFAD057">
+          <w:p w:rsidR="5D193D37" w:rsidP="5EDD6A8E" w:rsidRDefault="5D193D37" w14:paraId="5916A406" w14:textId="3954BF93">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...5 lines deleted...]
-                <w:bCs w:val="0"/>
+              <w:pStyle w:val="ListBullet"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="357" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2F973E40">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>feber eller anamnes på</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0779CCD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">feber </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5D193D37" w:rsidP="5EDD6A8E" w:rsidRDefault="5D193D37" w14:paraId="798494CC" w14:textId="0B404BA0">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="357" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5A5B2C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>akut påkommen allmänpåverkan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5D193D37" w:rsidP="5EDD6A8E" w:rsidRDefault="5D193D37" w14:paraId="044A2343" w14:textId="575A214C">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="357" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="27BD2587">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5A5B2C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>osta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5D193D37" w:rsidP="5EDD6A8E" w:rsidRDefault="5D193D37" w14:paraId="2A298143" w14:textId="49742232">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="357" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t xml:space="preserve">• kräkning/diarré </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5A5B2C81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>hudrodnad</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="5D193D37" w:rsidP="30897A3D" w:rsidRDefault="5D193D37" w14:paraId="72189395" w14:textId="4E96EE50">
+          <w:p w:rsidR="5D193D37" w:rsidP="5EDD6A8E" w:rsidRDefault="5D193D37" w14:paraId="15E2F6FA" w14:textId="5C2DA5D6">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              <w:pStyle w:val="ListBullet"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="357" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t>• central påverkan med misstanke om CNS-infektion</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">central påverkan </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="47FDAA2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6D4539A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>misstanke om CNS-infektion</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="5D193D37" w:rsidP="30897A3D" w:rsidRDefault="5D193D37" w14:paraId="15E2F6FA" w14:textId="29987609">
+          <w:p w:rsidR="629CB023" w:rsidP="5EDD6A8E" w:rsidRDefault="629CB023" w14:paraId="6CE4DDFC" w14:textId="409F8F8E">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+              <w:pStyle w:val="ListBullet"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="357" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:t>• infekterade sår/hudrodnad</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="629CB023">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="04A07C42">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:noProof w:val="0"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>kut påkomna urinvägsbesvär eller mag-tarmbesvär</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="30897A3D" w:rsidP="30897A3D" w:rsidRDefault="30897A3D" w14:paraId="371C7CAD" w14:textId="005F9869">
+          <w:p w:rsidR="30897A3D" w:rsidP="5EDD6A8E" w:rsidRDefault="30897A3D" w14:paraId="371C7CAD" w14:textId="005F9869">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="4F9BB9D4" w:rsidP="227FA3CE" w:rsidRDefault="4F9BB9D4" w14:paraId="31369416" w14:textId="6A3B6577">
+          <w:p w:rsidR="4F9BB9D4" w:rsidP="5EDD6A8E" w:rsidRDefault="4F9BB9D4" w14:paraId="31369416" w14:textId="6A3B6577">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F2F9942">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6F2F9942">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Läkemedelshantering</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4F9BB9D4" w:rsidP="30897A3D" w:rsidRDefault="4F9BB9D4" w14:paraId="402C68F5" w14:textId="5FD824EF">
+          <w:p w:rsidR="4F9BB9D4" w:rsidP="5EDD6A8E" w:rsidRDefault="4F9BB9D4" w14:paraId="402C68F5" w14:textId="5FD824EF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F2F9942">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6F2F9942">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Läkemedel enligt läkarordination</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="2E18C199">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="2E18C199">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="7C260824" w:rsidP="30897A3D" w:rsidRDefault="7C260824" w14:paraId="6392A3CE" w14:textId="25688EBB">
+          <w:p w:rsidR="7C260824" w:rsidP="5EDD6A8E" w:rsidRDefault="7C260824" w14:paraId="6392A3CE" w14:textId="25688EBB">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="63454044">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="63454044">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Antibiotika</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4F9BB9D4" w:rsidP="30897A3D" w:rsidRDefault="4F9BB9D4" w14:paraId="7363E224" w14:textId="6D4A5EB7">
+          <w:p w:rsidR="4F9BB9D4" w:rsidP="5EDD6A8E" w:rsidRDefault="4F9BB9D4" w14:paraId="7363E224" w14:textId="6D4A5EB7">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F2F9942">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6F2F9942">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Febernedsättande</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4F9BB9D4" w:rsidP="30897A3D" w:rsidRDefault="4F9BB9D4" w14:paraId="4771BB78" w14:textId="001D459C">
+          <w:p w:rsidR="4F9BB9D4" w:rsidP="5EDD6A8E" w:rsidRDefault="4F9BB9D4" w14:paraId="4771BB78" w14:textId="25529EB2">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F2F9942">
-[...5 lines deleted...]
-              <w:t>RingerAcetat</w:t>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="76AD1804">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Ringer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="35EFDD35">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="76AD1804">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Acetat</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="36E3F1DB" w:rsidP="30897A3D" w:rsidRDefault="36E3F1DB" w14:paraId="0B625352" w14:textId="583ED562">
+          <w:p w:rsidR="7DE1E3BD" w:rsidP="5EDD6A8E" w:rsidRDefault="7DE1E3BD" w14:paraId="377BA988" w14:textId="637CCDE1">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="7DE1E3BD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="7DE1E3BD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="7DE1E3BD">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="7DE1E3BD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="7DE1E3BD">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="4F9BB9D4" w:rsidP="30897A3D" w:rsidRDefault="4F9BB9D4" w14:paraId="037A4176" w14:textId="7B1072A7">
+          <w:p w:rsidR="5EDD6A8E" w:rsidP="5EDD6A8E" w:rsidRDefault="5EDD6A8E" w14:paraId="64AFA6D6" w14:textId="1B5E4337">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="4F9BB9D4" w:rsidP="5EDD6A8E" w:rsidRDefault="4F9BB9D4" w14:paraId="037A4176" w14:textId="7B1072A7">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F2F9942">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="6F2F9942">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Speciell omvårdnad</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="4F9BB9D4" w:rsidP="30897A3D" w:rsidRDefault="4F9BB9D4" w14:paraId="76CE83DF" w14:textId="450E8113">
+          <w:p w:rsidR="4F9BB9D4" w:rsidP="5EDD6A8E" w:rsidRDefault="4F9BB9D4" w14:paraId="76CE83DF" w14:textId="4475831D">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="6F2F9942">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="76AD1804">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>NEWS</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="53305020">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="184697F4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="16E2FEF3">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="14C12B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-poäng styr </w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="4B19EF9C">
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="0D259A42">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>behovet av övervakningsfrekvens, åtgärd, behov av läkarbedömning, tills</w:t>
             </w:r>
-            <w:r w:rsidRPr="30897A3D" w:rsidR="395FEB37">
-[...5 lines deleted...]
-              <w:t>yn och kontroll av vitala parametrar (VP).</w:t>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="132DBD05">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>yn och kontroll av vitalparametrar (VP).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="35EEE27E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teamets bedömning, tillsyn och </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="5C809519">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>VP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5EDD6A8E" w:rsidR="35EEE27E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ska dokumenteras på Akutjournal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="227FA3CE" w:rsidP="227FA3CE" w:rsidRDefault="227FA3CE" w14:paraId="78F2C2B1" w14:textId="133BAE43">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="007E2FFD">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -2081,59 +2470,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="2ADC88F2">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS/tf0KwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGc883njezGR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMJNqljcn4znuTJomTO1UL1yOjNIIF2Vp4XO02ya1o&#10;wF5XybDfnyQN2dxYkso5eB+7IJ9F/qJQ0j8XhVOeVRnH23w8bTw34UxmU5FurTC7Up6eIf7hFbUo&#10;NZJeqB6FF2xvyz+o6lJaclT4nqQ6oaIopYo1oJpB/101q50wKtYCcZy5yOT+H618OrxYVuboHeTR&#10;okaP1qr1do8C4II+jXEpYCsDoG+/UAvs2e/gDGW3ha3DLwpiiIPqeFEXbEzCOZ5Mboc3CEnERsPR&#10;HWzQJ2//Ntb5r4pqFoyMW3QviioOS+c76BkSkmlalFUVO1hp1mR8MgLlbxGQVxo5Qg3dW4Pl2017&#10;KmxD+RF1Weomwxm5KJF8KZx/ERajgPdivP0zjqIiJKGTxdmO7M+/+QMeHUKUswajlXH3Yy+s4qz6&#10;ptG7z4PxGLQ+XsY3t0Nc7HVkcx3R+/qBML0DLJKR0Qx4X53NwlL9ii2Yh6wICS2RO+P+bD74buCx&#10;RVLN5xGE6TPCL/XKyEAdRAvSrttXYc1Jf4/OPdF5CEX6rg0dtpN7vvdUlLFHQeBO1ZPumNzY5dOW&#10;hdW4vkfU27dg9gsAAP//AwBQSwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwkAUhO8m/ofNM/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9&#10;OivOZgidJ4TZNAFhqPa6owbh8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QM&#10;dWucClPfG2Lv6AenIsuhkXpQFy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86&#10;fKSI93fjZgUimjFew/CHz+hQMFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFL+1/QrAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAhQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -2204,59 +2593,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="13B67A52">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPYP79LgIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGXuGNzPvzWR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMINqljcn4znuTJomTO1UL1yOjNJwF2Vp4XO02ya1o&#10;gF5XybDfnyQN2dxYkso5vD52Tj6L+EWhpH8uCqc8qzKO2nw8bTw34UxmU5FurTC7Up7KEP9QRS1K&#10;jaQXqEfhBdvb8g+oupSWHBW+J6lOqChKqWIP6GbQf9fNaieMir2AHGcuNLn/ByufDi+WlXnGJ5xp&#10;UUOitWq93aP+SWCnMS5F0MogzLdfqIXK53eHx9B0W9g6/KIdBj94Pl64BRiTeBxPJrfDG7gkfKPh&#10;6A424JO3fxvr/FdFNQtGxi20i5SKw9L5LvQcEpJpWpRVFfWrNGvQwAiQv3kAXmnkCD10tQbLt5s2&#10;dnzpY0P5Ee1Z6sbDGbkoUcNSOP8iLOYBZWPG/TOOoiLkopPF2Y7sz7+9h3jIBC9nDeYr4+7HXljF&#10;WfVNQ8DPg/E4DGS8jG9uh7jYa8/m2qP39QNhhAfYJiOjGeJ9dTYLS/UrVmEessIltETujPuz+eC7&#10;qccqSTWfxyCMoBF+qVdGBujAXWB43b4Ka04yeAj4ROdJFOk7NbrYjvX53lNRRqkCzx2rJ/oxvlHs&#10;06qF/bi+x6i3D8LsFwAAAP//AwBQSwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01PwzAMhu9I/IfISNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5Uev&#10;nzdfTa4XJzuGzpOGxVyBsFR701GjYf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDG&#10;OGRShrq1DsPcD5b4dvCjw8jr2Egz4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e&#10;1sPX/uNB69ubaf0EItopXmD402d1KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz2D+/S4CAABYBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -2331,50 +2720,162 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="18">
+    <w:nsid w:val="50d3aca"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4357,50 +4858,53 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
   <w:num w:numId="1" w16cid:durableId="162208422">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="535898716">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="206795548">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2111000930">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1529682560">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1874689917">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1429041873">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2059473519">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2056659898">
@@ -4418,51 +4922,51 @@
   <w:num w:numId="13" w16cid:durableId="214898666">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1777483272">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1308045951">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2031490333">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1858226701">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1850828056">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2061437071">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -4559,50 +5063,51 @@
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="0037EB4C"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
@@ -4863,342 +5368,437 @@
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F3726B"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F6346C"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="020A2F7A"/>
     <w:rsid w:val="0225D1D8"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0354414F"/>
     <w:rsid w:val="039E6242"/>
     <w:rsid w:val="03A2F5C9"/>
     <w:rsid w:val="03C4C967"/>
     <w:rsid w:val="0472BBC3"/>
     <w:rsid w:val="0485FF32"/>
+    <w:rsid w:val="04A07C42"/>
     <w:rsid w:val="050C1B30"/>
     <w:rsid w:val="05B8CD2E"/>
+    <w:rsid w:val="06379BDE"/>
     <w:rsid w:val="067AC667"/>
+    <w:rsid w:val="06CE36FF"/>
+    <w:rsid w:val="07441AD9"/>
     <w:rsid w:val="076575F0"/>
+    <w:rsid w:val="0779CCD7"/>
     <w:rsid w:val="079EEA68"/>
     <w:rsid w:val="07CEDACB"/>
     <w:rsid w:val="0827B272"/>
     <w:rsid w:val="08E4FBD3"/>
     <w:rsid w:val="092661E0"/>
     <w:rsid w:val="0933A0A8"/>
     <w:rsid w:val="09379CB7"/>
     <w:rsid w:val="0993B78C"/>
     <w:rsid w:val="09AA5A76"/>
     <w:rsid w:val="09C382D3"/>
+    <w:rsid w:val="09EA068F"/>
     <w:rsid w:val="0A12374D"/>
     <w:rsid w:val="0A5C28C1"/>
     <w:rsid w:val="0ABE6290"/>
+    <w:rsid w:val="0AC2E94D"/>
+    <w:rsid w:val="0B513020"/>
     <w:rsid w:val="0B871591"/>
     <w:rsid w:val="0BA96A8A"/>
+    <w:rsid w:val="0BD050D0"/>
     <w:rsid w:val="0BD30016"/>
+    <w:rsid w:val="0D259A42"/>
     <w:rsid w:val="0D8F87C4"/>
+    <w:rsid w:val="0D926941"/>
     <w:rsid w:val="0DD04E04"/>
     <w:rsid w:val="0FCB372C"/>
     <w:rsid w:val="1071BFD2"/>
     <w:rsid w:val="107B7499"/>
     <w:rsid w:val="10AB39F5"/>
     <w:rsid w:val="11157C33"/>
     <w:rsid w:val="1175BD11"/>
     <w:rsid w:val="117DE705"/>
     <w:rsid w:val="11CE94B8"/>
+    <w:rsid w:val="1266FC10"/>
     <w:rsid w:val="12D1E037"/>
+    <w:rsid w:val="132DBD05"/>
+    <w:rsid w:val="134179A5"/>
     <w:rsid w:val="13B91993"/>
+    <w:rsid w:val="13D8B95A"/>
+    <w:rsid w:val="1400F6BD"/>
+    <w:rsid w:val="14C12B4D"/>
     <w:rsid w:val="1554E9F4"/>
     <w:rsid w:val="16BBF786"/>
     <w:rsid w:val="16CC9799"/>
     <w:rsid w:val="16E2FEF3"/>
     <w:rsid w:val="16F0BA55"/>
     <w:rsid w:val="17A1D9A6"/>
+    <w:rsid w:val="18263569"/>
+    <w:rsid w:val="184697F4"/>
+    <w:rsid w:val="1849F6B1"/>
+    <w:rsid w:val="184CC1E3"/>
     <w:rsid w:val="184D9643"/>
     <w:rsid w:val="18A5B313"/>
     <w:rsid w:val="19142697"/>
+    <w:rsid w:val="1971E4A4"/>
     <w:rsid w:val="1A635712"/>
     <w:rsid w:val="1AA71F11"/>
     <w:rsid w:val="1B24C94B"/>
     <w:rsid w:val="1B8D8421"/>
     <w:rsid w:val="1CC5BC60"/>
     <w:rsid w:val="1D1C30A9"/>
     <w:rsid w:val="1E53BECC"/>
     <w:rsid w:val="1E8ACFB4"/>
     <w:rsid w:val="1EB9B2C6"/>
     <w:rsid w:val="1EC575D4"/>
+    <w:rsid w:val="1EE9509F"/>
+    <w:rsid w:val="1EEC0DD8"/>
     <w:rsid w:val="1F446996"/>
     <w:rsid w:val="1F87B256"/>
     <w:rsid w:val="1F89CB29"/>
     <w:rsid w:val="219BF855"/>
     <w:rsid w:val="21A488C2"/>
     <w:rsid w:val="21E32762"/>
     <w:rsid w:val="22050780"/>
+    <w:rsid w:val="22323EA6"/>
     <w:rsid w:val="22667B71"/>
     <w:rsid w:val="227FA3CE"/>
     <w:rsid w:val="23D72AE3"/>
     <w:rsid w:val="23F8FE81"/>
     <w:rsid w:val="24024BD2"/>
+    <w:rsid w:val="242481E9"/>
     <w:rsid w:val="25A609B9"/>
     <w:rsid w:val="25F76A49"/>
     <w:rsid w:val="2645A854"/>
     <w:rsid w:val="2656474F"/>
     <w:rsid w:val="26D51854"/>
     <w:rsid w:val="27309F43"/>
     <w:rsid w:val="2739EC94"/>
+    <w:rsid w:val="27683591"/>
+    <w:rsid w:val="27BD2587"/>
+    <w:rsid w:val="2869ADC5"/>
     <w:rsid w:val="288F0ECC"/>
     <w:rsid w:val="28A6972A"/>
     <w:rsid w:val="28D5BCF5"/>
     <w:rsid w:val="293A7591"/>
     <w:rsid w:val="299F1CB4"/>
     <w:rsid w:val="29A0C254"/>
+    <w:rsid w:val="29D22352"/>
+    <w:rsid w:val="2AB7427C"/>
     <w:rsid w:val="2AEF9816"/>
     <w:rsid w:val="2B191977"/>
     <w:rsid w:val="2B33DBBB"/>
     <w:rsid w:val="2BFCD896"/>
     <w:rsid w:val="2C0D5DB7"/>
+    <w:rsid w:val="2CBDD60D"/>
+    <w:rsid w:val="2D2C205E"/>
     <w:rsid w:val="2D69E2B0"/>
+    <w:rsid w:val="2DA83F1C"/>
     <w:rsid w:val="2DD653C7"/>
     <w:rsid w:val="2E18C199"/>
     <w:rsid w:val="2E88FB6C"/>
+    <w:rsid w:val="2F1A47D4"/>
     <w:rsid w:val="2F3BB128"/>
     <w:rsid w:val="2F4CEBFF"/>
     <w:rsid w:val="2F973E40"/>
     <w:rsid w:val="302EE76E"/>
     <w:rsid w:val="30897A3D"/>
     <w:rsid w:val="30F2C6BA"/>
     <w:rsid w:val="30F34AC8"/>
     <w:rsid w:val="31885AFB"/>
     <w:rsid w:val="31AEF4F1"/>
+    <w:rsid w:val="320E9CA1"/>
     <w:rsid w:val="32848CC1"/>
     <w:rsid w:val="32CA94FF"/>
     <w:rsid w:val="32EF688D"/>
     <w:rsid w:val="33ED4EAD"/>
     <w:rsid w:val="355C56D5"/>
     <w:rsid w:val="35891F0E"/>
+    <w:rsid w:val="35EEE27E"/>
+    <w:rsid w:val="35EFDD35"/>
     <w:rsid w:val="35F3F460"/>
+    <w:rsid w:val="3655E22C"/>
     <w:rsid w:val="3663B9A4"/>
     <w:rsid w:val="36C1EFD1"/>
     <w:rsid w:val="36E3F1DB"/>
     <w:rsid w:val="370F2111"/>
     <w:rsid w:val="37613131"/>
     <w:rsid w:val="38083546"/>
     <w:rsid w:val="3907B285"/>
     <w:rsid w:val="395FEB37"/>
     <w:rsid w:val="39657F62"/>
     <w:rsid w:val="397CE6AD"/>
     <w:rsid w:val="39BD2E04"/>
     <w:rsid w:val="3A0F7D3B"/>
+    <w:rsid w:val="3A4D371D"/>
+    <w:rsid w:val="3A4ED645"/>
+    <w:rsid w:val="3AC71125"/>
     <w:rsid w:val="3C76C417"/>
     <w:rsid w:val="3D56F3BE"/>
     <w:rsid w:val="3DF9CC90"/>
     <w:rsid w:val="3E06EEB2"/>
     <w:rsid w:val="3E20170F"/>
     <w:rsid w:val="3E55A32C"/>
+    <w:rsid w:val="3E7967D5"/>
+    <w:rsid w:val="3ECEDF48"/>
     <w:rsid w:val="3FA96723"/>
     <w:rsid w:val="3FF1738D"/>
+    <w:rsid w:val="4014DF3E"/>
     <w:rsid w:val="40616B57"/>
     <w:rsid w:val="408E9480"/>
     <w:rsid w:val="40AEAD49"/>
+    <w:rsid w:val="40EC0ADF"/>
     <w:rsid w:val="41731560"/>
     <w:rsid w:val="41AF178C"/>
     <w:rsid w:val="4210997F"/>
     <w:rsid w:val="421FC9EC"/>
+    <w:rsid w:val="42A6605F"/>
     <w:rsid w:val="42E3CEE2"/>
     <w:rsid w:val="435C22C4"/>
     <w:rsid w:val="440C95C5"/>
+    <w:rsid w:val="4414F228"/>
+    <w:rsid w:val="44A41196"/>
+    <w:rsid w:val="4578CA72"/>
     <w:rsid w:val="45821E6C"/>
     <w:rsid w:val="46438708"/>
     <w:rsid w:val="46451A9F"/>
     <w:rsid w:val="47BAB924"/>
+    <w:rsid w:val="47FDAA2F"/>
     <w:rsid w:val="4815ADCF"/>
     <w:rsid w:val="482F93E7"/>
     <w:rsid w:val="49352370"/>
+    <w:rsid w:val="4AF5C31A"/>
+    <w:rsid w:val="4B12D464"/>
     <w:rsid w:val="4B19EF9C"/>
     <w:rsid w:val="4B4D4E91"/>
     <w:rsid w:val="4C0A5A2E"/>
     <w:rsid w:val="4C13C1D1"/>
     <w:rsid w:val="4C1E6B82"/>
+    <w:rsid w:val="4C51734E"/>
     <w:rsid w:val="4D03050A"/>
     <w:rsid w:val="4D5448B0"/>
     <w:rsid w:val="4DC67DCC"/>
     <w:rsid w:val="4DF6C7FD"/>
+    <w:rsid w:val="4E5DEB01"/>
     <w:rsid w:val="4EA6C2F1"/>
     <w:rsid w:val="4F609B9A"/>
     <w:rsid w:val="4F6CC8B1"/>
+    <w:rsid w:val="4F7808EA"/>
     <w:rsid w:val="4F9A85E4"/>
     <w:rsid w:val="4F9BB9D4"/>
+    <w:rsid w:val="501CE09C"/>
     <w:rsid w:val="50296AF5"/>
+    <w:rsid w:val="5095EC07"/>
     <w:rsid w:val="50A6AD05"/>
+    <w:rsid w:val="517A7D5D"/>
+    <w:rsid w:val="51C42C64"/>
     <w:rsid w:val="522F4DD4"/>
+    <w:rsid w:val="52AAB93C"/>
     <w:rsid w:val="53305020"/>
     <w:rsid w:val="5349F4EE"/>
     <w:rsid w:val="53758B6F"/>
     <w:rsid w:val="538B6EEB"/>
     <w:rsid w:val="53ADE32E"/>
     <w:rsid w:val="53B61AA6"/>
     <w:rsid w:val="53CBAB4C"/>
     <w:rsid w:val="54BDDA71"/>
+    <w:rsid w:val="54CE174F"/>
     <w:rsid w:val="54F430D7"/>
     <w:rsid w:val="54FCDC18"/>
     <w:rsid w:val="550E16EF"/>
     <w:rsid w:val="558EE61D"/>
+    <w:rsid w:val="562D5A06"/>
     <w:rsid w:val="56900138"/>
     <w:rsid w:val="569872E6"/>
     <w:rsid w:val="56CF2005"/>
+    <w:rsid w:val="57142645"/>
     <w:rsid w:val="57D6E542"/>
+    <w:rsid w:val="59327ED2"/>
+    <w:rsid w:val="5A5B2C81"/>
+    <w:rsid w:val="5A5B36B6"/>
     <w:rsid w:val="5AD33902"/>
     <w:rsid w:val="5BAA54F1"/>
+    <w:rsid w:val="5BE0FA26"/>
     <w:rsid w:val="5C4EA5B8"/>
     <w:rsid w:val="5C71277F"/>
+    <w:rsid w:val="5C809519"/>
     <w:rsid w:val="5CAFC3F9"/>
     <w:rsid w:val="5CE21E50"/>
     <w:rsid w:val="5D193D37"/>
     <w:rsid w:val="5D60EC19"/>
     <w:rsid w:val="5E854DBB"/>
+    <w:rsid w:val="5EDD6A8E"/>
     <w:rsid w:val="5F0DD0DC"/>
     <w:rsid w:val="6014CD94"/>
+    <w:rsid w:val="6026F7A0"/>
     <w:rsid w:val="6058B71C"/>
     <w:rsid w:val="6075F5AB"/>
     <w:rsid w:val="60D7197A"/>
     <w:rsid w:val="621745B2"/>
     <w:rsid w:val="626CDF24"/>
+    <w:rsid w:val="629CB023"/>
     <w:rsid w:val="62CD5753"/>
+    <w:rsid w:val="632C95A3"/>
     <w:rsid w:val="63454044"/>
+    <w:rsid w:val="63837E03"/>
+    <w:rsid w:val="6423A481"/>
     <w:rsid w:val="6459B79D"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64C5D85B"/>
     <w:rsid w:val="652C283F"/>
     <w:rsid w:val="66C7F8A0"/>
     <w:rsid w:val="66C8881B"/>
     <w:rsid w:val="673140D5"/>
     <w:rsid w:val="6791585F"/>
     <w:rsid w:val="67DA3542"/>
     <w:rsid w:val="67EB0AEF"/>
+    <w:rsid w:val="67F8E7EF"/>
     <w:rsid w:val="68A64481"/>
     <w:rsid w:val="68BCA0A8"/>
+    <w:rsid w:val="68CC928E"/>
     <w:rsid w:val="68CD1136"/>
     <w:rsid w:val="690786CE"/>
     <w:rsid w:val="691FB616"/>
     <w:rsid w:val="69319995"/>
     <w:rsid w:val="6A08BAB4"/>
+    <w:rsid w:val="6A0A112C"/>
     <w:rsid w:val="6ADA33F8"/>
+    <w:rsid w:val="6B04E365"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6B7B8448"/>
+    <w:rsid w:val="6B84B5F3"/>
     <w:rsid w:val="6BACF464"/>
     <w:rsid w:val="6C1DDA55"/>
     <w:rsid w:val="6C5430BB"/>
     <w:rsid w:val="6C64C982"/>
     <w:rsid w:val="6CEE5D51"/>
     <w:rsid w:val="6D373A24"/>
+    <w:rsid w:val="6D4539A4"/>
     <w:rsid w:val="6D57F364"/>
     <w:rsid w:val="6D61D9C6"/>
     <w:rsid w:val="6DA215F0"/>
+    <w:rsid w:val="6DE340B8"/>
     <w:rsid w:val="6E0099E3"/>
+    <w:rsid w:val="6E5B33E2"/>
     <w:rsid w:val="6E94781D"/>
+    <w:rsid w:val="6ECD8979"/>
+    <w:rsid w:val="6F10F32D"/>
     <w:rsid w:val="6F2F9942"/>
     <w:rsid w:val="6F89ADA1"/>
     <w:rsid w:val="71383AA5"/>
     <w:rsid w:val="71855C0E"/>
+    <w:rsid w:val="72081D07"/>
     <w:rsid w:val="7212D53B"/>
     <w:rsid w:val="72B23768"/>
     <w:rsid w:val="72E545DD"/>
     <w:rsid w:val="740FC3DD"/>
     <w:rsid w:val="746FDB67"/>
     <w:rsid w:val="75049B33"/>
     <w:rsid w:val="750B4185"/>
     <w:rsid w:val="7542BD28"/>
+    <w:rsid w:val="75EFA7BB"/>
+    <w:rsid w:val="76AD1804"/>
     <w:rsid w:val="76E6465E"/>
+    <w:rsid w:val="7843157E"/>
+    <w:rsid w:val="7885851F"/>
     <w:rsid w:val="7900E23B"/>
+    <w:rsid w:val="79D7667A"/>
     <w:rsid w:val="7A1DE720"/>
     <w:rsid w:val="7A6E94D3"/>
     <w:rsid w:val="7A7F0561"/>
     <w:rsid w:val="7BA91EBA"/>
+    <w:rsid w:val="7C21787F"/>
     <w:rsid w:val="7C260824"/>
     <w:rsid w:val="7C7AED4C"/>
     <w:rsid w:val="7C8C2823"/>
     <w:rsid w:val="7CA03019"/>
     <w:rsid w:val="7D7FEB16"/>
+    <w:rsid w:val="7DB247C4"/>
     <w:rsid w:val="7DE1E3BD"/>
     <w:rsid w:val="7E6D4D75"/>
     <w:rsid w:val="7F780153"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7656,74 +8256,73 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R9421359ba85644f9" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{e44ad73f-1b40-46d4-b3b3-86408ba1d38f}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="0983D389">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0983D389" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -8102,32 +8701,32 @@
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Erysipelas</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>5</revision>
+  <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
+  <revision>7</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>