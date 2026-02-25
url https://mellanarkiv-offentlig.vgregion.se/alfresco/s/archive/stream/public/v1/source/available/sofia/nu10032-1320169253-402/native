--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -30,98 +30,109 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="007C56A1" w:rsidP="00F35B05" w:rsidRDefault="007C56A1" w14:paraId="78EC967A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="007C56A1" w:rsidSect="007C56A1">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w:rsidR="6F3738D6" w:rsidP="08C7A60C" w:rsidRDefault="6F3738D6" w14:paraId="732F4B10" w14:textId="3AB4CA7B">
+    <w:p w:rsidR="29C9599C" w:rsidP="29C9599C" w:rsidRDefault="29C9599C" w14:paraId="1868051A" w14:textId="1C66D230">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="6F3738D6" w:rsidP="29C9599C" w:rsidRDefault="6F3738D6" w14:paraId="732F4B10" w14:textId="3AB4CA7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="4590"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidR="6F3738D6">
         <w:rPr/>
         <w:t>Drunkningstillbud</w:t>
       </w:r>
       <w:r w:rsidR="76FD85A2">
         <w:rPr/>
         <w:t>/dykolycka</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="3E9CF7B4" w:rsidP="08C7A60C" w:rsidRDefault="3E9CF7B4" w14:paraId="1BAC0130" w14:textId="75670063">
+    <w:p w:rsidR="3E9CF7B4" w:rsidP="29C9599C" w:rsidRDefault="3E9CF7B4" w14:paraId="1BAC0130" w14:textId="75670063">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="4590"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="off"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="08C7A60C" w:rsidR="3E9CF7B4">
+      <w:r w:rsidRPr="29C9599C" w:rsidR="3E9CF7B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Vårdprogram Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4252"/>
         <w:gridCol w:w="5102"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="08C7A60C" w:rsidTr="766AFA5C" w14:paraId="4319F994" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="08C7A60C" w:rsidTr="29C9599C" w14:paraId="4319F994" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="7C42A14E" w14:textId="388301DE">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -343,67 +354,67 @@
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>: screening enligt FRESH, se WEST-A</w:t>
             </w:r>
             <w:r w:rsidRPr="766AFA5C" w:rsidR="4C91394F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> “Sköra äldre behov/process”.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="766AFA5C" w:rsidP="766AFA5C" w:rsidRDefault="766AFA5C" w14:paraId="1FB1D6E8" w14:textId="31DFB205">
+          <w:p w:rsidR="766AFA5C" w:rsidP="29C9599C" w:rsidRDefault="766AFA5C" w14:paraId="1FB1D6E8" w14:textId="31DFB205">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="38FAAF35" w14:textId="5ABB2CCE">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
@@ -639,154 +650,120 @@
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Fri luftväg?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31680AFE" w:rsidP="766AFA5C" w:rsidRDefault="31680AFE" w14:paraId="71401DAB" w14:textId="34E6C9C8">
+          <w:p w:rsidR="31680AFE" w:rsidP="29C9599C" w:rsidRDefault="31680AFE" w14:paraId="71401DAB" w14:textId="16275687">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="31680AFE">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="291D6C04">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Andningspåverka</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="609EB5DA">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="20ACA208">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="31680AFE">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="291D6C04">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>?</w:t>
-            </w:r>
-[...32 lines deleted...]
-              <w:t>AF?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="59C06650" w:rsidP="08C7A60C" w:rsidRDefault="59C06650" w14:paraId="0A11913E" w14:textId="08C80FA3">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="59C06650">
               <w:rPr>
@@ -839,113 +816,88 @@
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Cirkulation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="1C75708E" w14:textId="38BA3029">
+          <w:p w:rsidR="31680AFE" w:rsidP="29C9599C" w:rsidRDefault="31680AFE" w14:paraId="3847C213" w14:textId="3F60B38E">
             <w:pPr>
-              <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
-[...37 lines deleted...]
-              <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
-[...14 lines deleted...]
-              <w:t>Blodtryck?</w:t>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="291D6C04">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Pulskvalitet?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="647E517E" w14:textId="3CB8CBBA">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressLineNumbers w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
@@ -1407,85 +1359,85 @@
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> äldre behov/process”, se WEST-A</w:t>
             </w:r>
             <w:r w:rsidRPr="766AFA5C" w:rsidR="6A970252">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="7D3965DB" w14:textId="5CD905D7">
+          <w:p w:rsidR="31680AFE" w:rsidP="29C9599C" w:rsidRDefault="31680AFE" w14:paraId="7D3965DB" w14:textId="18F45AA7">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
-[...14 lines deleted...]
-              <w:t>Vitala parametrar enligt NEWS2</w:t>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="291D6C04">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Vitalparametrar enligt NEWS2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="3E5E7389" w14:textId="0FF89C8A">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
@@ -1586,66 +1538,66 @@
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="08C7A60C" w:rsidP="08C7A60C" w:rsidRDefault="08C7A60C" w14:paraId="29544655" w14:textId="66045D16">
+          <w:p w:rsidR="08C7A60C" w:rsidP="29C9599C" w:rsidRDefault="08C7A60C" w14:paraId="29544655" w14:textId="66045D16">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="507B086E" w14:textId="330693AA">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
               <w:rPr>
@@ -1680,102 +1632,119 @@
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Läkemedel enligt läkarordination:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="37C06848" w:rsidP="08C7A60C" w:rsidRDefault="37C06848" w14:paraId="2A49F07B" w14:textId="46FEE8C9">
+          <w:p w:rsidR="37C06848" w:rsidP="29C9599C" w:rsidRDefault="37C06848" w14:paraId="2A49F07B" w14:textId="2AD3FD56">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="08C7A60C" w:rsidR="37C06848">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="156A1A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Överväg </w:t>
             </w:r>
-            <w:r w:rsidRPr="08C7A60C" w:rsidR="37C06848">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="156A1A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>syrgasbehandling</w:t>
+            </w:r>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="066A8CB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="37C06848" w:rsidP="766AFA5C" w:rsidRDefault="37C06848" w14:paraId="16F1853D" w14:textId="04C34896">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="766AFA5C" w:rsidR="37C06848">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
@@ -1873,256 +1842,307 @@
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>i.v</w:t>
             </w:r>
             <w:r w:rsidRPr="766AFA5C" w:rsidR="3E26FEAC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="08C7A60C" w:rsidP="08C7A60C" w:rsidRDefault="08C7A60C" w14:paraId="2A3604EF" w14:textId="0C5BC91D">
+          <w:p w:rsidR="08C7A60C" w:rsidP="29C9599C" w:rsidRDefault="08C7A60C" w14:paraId="2A3604EF" w14:textId="0C5BC91D">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="31680AFE" w:rsidP="08C7A60C" w:rsidRDefault="31680AFE" w14:paraId="33FFD3C0" w14:textId="67182181">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="31680AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Speciell omvårdnad</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="20216DC8" w:rsidP="08C7A60C" w:rsidRDefault="20216DC8" w14:paraId="31FF4C4F" w14:textId="3612A970">
+          <w:p w:rsidR="20216DC8" w:rsidP="08C7A60C" w:rsidRDefault="20216DC8" w14:paraId="31FF4C4F" w14:textId="298A2EF4">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:noProof w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="20216DC8">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="11605147">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>OBS!</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="20216DC8">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="11605147">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedkyld patient ska ha varmt täcke, mössa, tossor och geldynor (</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="0611C3BB">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="415706A3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">se </w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="20216DC8">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="11605147">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>akutrum</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="20216DC8">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="11605147">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">) som finns i värmeskåp. Använd gärna </w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="26E5491B">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="3ECBAFD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">konvektionsvärmare </w:t>
+            </w:r>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="07265247">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="20216DC8">
-[...14 lines deleted...]
-              <w:t>Equator</w:t>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="3D451A08">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>Level</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="6EDDD655">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="3D451A08">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="03B0ED97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="20216DC8">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="347E9D56">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med värmefilt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="11605147">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> men vid svårt nedkyld patient endast enligt läkarordination p.g.a. risk för hjärtarytmi.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="20216DC8" w:rsidP="08C7A60C" w:rsidRDefault="20216DC8" w14:paraId="120252A1" w14:textId="189BF394">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
@@ -2134,86 +2154,103 @@
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="20216DC8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Drunkningstillbud i samband med dykning:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="20216DC8" w:rsidP="08C7A60C" w:rsidRDefault="20216DC8" w14:paraId="4AA4D2C9" w14:textId="0F7B05A1">
+          <w:p w:rsidR="20216DC8" w:rsidP="29C9599C" w:rsidRDefault="20216DC8" w14:paraId="4AA4D2C9" w14:textId="02287F78">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="08C7A60C" w:rsidR="20216DC8">
-[...14 lines deleted...]
-              <w:t>misstänk hals-/ryggskada!</w:t>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="0017D5C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="11605147">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t>isstänk hals-/ryggskada!</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="4601E05E" w:rsidP="08C7A60C" w:rsidRDefault="4601E05E" w14:paraId="260246E5" w14:textId="14861F11">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08C7A60C" w:rsidR="4601E05E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2263,160 +2300,160 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="R348a1b78a064403e">
               <w:r w:rsidRPr="08C7A60C" w:rsidR="7EA18D77">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:i w:val="0"/>
                   <w:iCs w:val="0"/>
                   <w:caps w:val="0"/>
                   <w:smallCaps w:val="0"/>
                   <w:noProof w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="sv-SE"/>
                 </w:rPr>
                 <w:t>Hypotermi Kylskador Drunkningstillbud i kallt vatten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="08C7A60C" w:rsidP="08C7A60C" w:rsidRDefault="08C7A60C" w14:paraId="5593A783" w14:textId="09D47F18">
+          <w:p w:rsidR="08C7A60C" w:rsidP="29C9599C" w:rsidRDefault="08C7A60C" w14:paraId="5593A783" w14:textId="09D47F18">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="31680AFE" w:rsidP="766AFA5C" w:rsidRDefault="31680AFE" w14:paraId="2E9B441C" w14:textId="757FE4A7">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="766AFA5C" w:rsidR="31680AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>NEWS2-poäng styr behovet av övervakningsfrekvens, åtgärd, behov av läkarbedömning, tillsyn och kontroll av vitalparametrar (VP).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="31680AFE" w:rsidP="766AFA5C" w:rsidRDefault="31680AFE" w14:paraId="2765EAD6" w14:textId="6A0C6044">
+          <w:p w:rsidR="31680AFE" w:rsidP="29C9599C" w:rsidRDefault="31680AFE" w14:paraId="2765EAD6" w14:textId="6358C2C3">
             <w:pPr>
               <w:spacing w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="292D7348">
+            <w:r w:rsidRPr="29C9599C" w:rsidR="0FDD84EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>Teamets</w:t>
             </w:r>
-            <w:r w:rsidRPr="766AFA5C" w:rsidR="292D7348">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> bedömning, tillsyn och VP ska dokumenteras på Akutjournalen.</w:t>
+            <w:r w:rsidRPr="29C9599C" w:rsidR="0FDD84EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bedömning, tillsyn och VP ska dokumenteras på Akutjournal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="007C56A1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -5236,50 +5273,51 @@
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017D5C6"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
@@ -5592,93 +5630,112 @@
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0370D2D0"/>
+    <w:rsid w:val="03B0ED97"/>
     <w:rsid w:val="0611C3BB"/>
+    <w:rsid w:val="066A8CB7"/>
     <w:rsid w:val="066FA19B"/>
+    <w:rsid w:val="07265247"/>
     <w:rsid w:val="079C3685"/>
     <w:rsid w:val="08C7A60C"/>
     <w:rsid w:val="0CC73D22"/>
+    <w:rsid w:val="0E3E111F"/>
     <w:rsid w:val="0FC8E884"/>
+    <w:rsid w:val="0FDD84EB"/>
+    <w:rsid w:val="11605147"/>
+    <w:rsid w:val="156A1A7D"/>
     <w:rsid w:val="19350253"/>
     <w:rsid w:val="1AD0D2B4"/>
     <w:rsid w:val="1CFBB1C4"/>
     <w:rsid w:val="1F05E229"/>
     <w:rsid w:val="20216DC8"/>
+    <w:rsid w:val="20ACA208"/>
     <w:rsid w:val="20BCF875"/>
     <w:rsid w:val="26E5491B"/>
+    <w:rsid w:val="291D6C04"/>
     <w:rsid w:val="292D7348"/>
     <w:rsid w:val="295313A3"/>
+    <w:rsid w:val="29C9599C"/>
     <w:rsid w:val="2ADC4213"/>
     <w:rsid w:val="2BDAB971"/>
     <w:rsid w:val="2C8AB465"/>
+    <w:rsid w:val="2F31BE24"/>
     <w:rsid w:val="31680AFE"/>
+    <w:rsid w:val="347E9D56"/>
+    <w:rsid w:val="36FDFD3A"/>
     <w:rsid w:val="37C06848"/>
     <w:rsid w:val="3C8F9D58"/>
+    <w:rsid w:val="3D451A08"/>
     <w:rsid w:val="3E26FEAC"/>
     <w:rsid w:val="3E9CF7B4"/>
+    <w:rsid w:val="3ECBAFD0"/>
     <w:rsid w:val="3F174326"/>
     <w:rsid w:val="3F66075B"/>
     <w:rsid w:val="4145AD8D"/>
+    <w:rsid w:val="415706A3"/>
+    <w:rsid w:val="44483151"/>
     <w:rsid w:val="4601E05E"/>
     <w:rsid w:val="48A4FD0F"/>
     <w:rsid w:val="4A4EC94D"/>
+    <w:rsid w:val="4C3EF7BD"/>
     <w:rsid w:val="4C91394F"/>
     <w:rsid w:val="4CDA892E"/>
     <w:rsid w:val="5792D880"/>
     <w:rsid w:val="58C30E5F"/>
     <w:rsid w:val="59C06650"/>
     <w:rsid w:val="5BE186C4"/>
     <w:rsid w:val="5D7D5725"/>
     <w:rsid w:val="5EA11015"/>
     <w:rsid w:val="5F192786"/>
     <w:rsid w:val="5F4A851B"/>
     <w:rsid w:val="609EB5DA"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6A970252"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6BD6A244"/>
     <w:rsid w:val="6EDDD655"/>
     <w:rsid w:val="6F3738D6"/>
     <w:rsid w:val="72429758"/>
     <w:rsid w:val="7262E580"/>
     <w:rsid w:val="735AAF05"/>
     <w:rsid w:val="749A284E"/>
     <w:rsid w:val="74F67F66"/>
     <w:rsid w:val="766AFA5C"/>
     <w:rsid w:val="76FD85A2"/>
     <w:rsid w:val="7D01914B"/>
     <w:rsid w:val="7DF5543E"/>
     <w:rsid w:val="7EA18D77"/>
     <w:rsid w:val="7F2740F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -8634,31 +8691,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Drunkningstillbud</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>5</revision>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>