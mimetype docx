--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -54,160 +54,156 @@
       </w:r>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="70F6C8A8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>(betametason)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B488A" w:rsidP="1649BEC9" w:rsidRDefault="006B488A" w14:paraId="3AF919B7" w14:textId="17334BC8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="70F6C8A8">
         <w:rPr/>
         <w:t>Indikation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:textId="77777777" w14:paraId="50B94593">
+    <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:paraId="50B94593" w14:textId="6A256FC4">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r w:rsidR="32778FEF">
         <w:rPr/>
         <w:t xml:space="preserve">Status </w:t>
       </w:r>
       <w:r w:rsidR="32778FEF">
         <w:rPr/>
         <w:t>astmaticus</w:t>
       </w:r>
       <w:r w:rsidR="32778FEF">
         <w:rPr/>
-        <w:t xml:space="preserve">, svåra allergiska tillstånd, anafylaktiska reaktioner, transfusionsreaktioner, pseudokrupp, hjärnödem och chock. </w:t>
+        <w:t xml:space="preserve">, transfusionsreaktioner, pseudokrupp, hjärnödem och chock. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B488A" w:rsidP="1649BEC9" w:rsidRDefault="006B488A" w14:paraId="76DD482E" w14:textId="6C731900">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="70F6C8A8">
         <w:rPr/>
         <w:t>Administrationssätt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:paraId="74B6F430" w14:textId="4DC999BA">
+    <w:p w:rsidR="006B488A" w:rsidP="1F38F5AF" w:rsidRDefault="006B488A" w14:paraId="74B6F430" w14:textId="3F52A5B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="63E53FB4">
+      <w:r w:rsidR="49B17DFC">
         <w:rPr/>
-        <w:t>i</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="32778FEF">
         <w:rPr/>
         <w:t>.v</w:t>
       </w:r>
       <w:r w:rsidR="32778FEF">
         <w:rPr/>
         <w:t>. långsam injektion (1 minut)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:paraId="67DB8E3A" w14:textId="78F17E99">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="32778FEF">
         <w:rPr/>
         <w:t>Spädning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:paraId="10C170A4" w14:textId="4ABD9A67">
+    <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:paraId="10C170A4" w14:textId="75E8A766">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
-      <w:r w:rsidRPr="1649BEC9" w:rsidR="70F6C8A8">
+      <w:r w:rsidRPr="1F38F5AF" w:rsidR="70F6C8A8">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Vuxna</w:t>
       </w:r>
       <w:r w:rsidR="70F6C8A8">
         <w:rPr/>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="0ACEF81A">
+      <w:r w:rsidR="496C1ABB">
         <w:rPr/>
-        <w:t>s</w:t>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="70F6C8A8">
         <w:rPr/>
         <w:t>päds ej</w:t>
       </w:r>
       <w:r w:rsidR="73091246">
         <w:rPr/>
         <w:t xml:space="preserve"> vid </w:t>
       </w:r>
       <w:r w:rsidR="73091246">
         <w:rPr/>
         <w:t>i.v</w:t>
       </w:r>
       <w:r w:rsidR="73091246">
         <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="1649BEC9" w:rsidR="73091246">
+      <w:r w:rsidRPr="1F38F5AF" w:rsidR="73091246">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>injektion</w:t>
       </w:r>
       <w:r w:rsidR="73091246">
         <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B488A" w:rsidP="1649BEC9" w:rsidRDefault="006B488A" w14:paraId="0FB60F4D" w14:textId="6EE37391">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="73091246">
         <w:rPr>
           <w:noProof w:val="0"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid intravenös </w:t>
       </w:r>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="73091246">
         <w:rPr>
           <w:b w:val="1"/>
@@ -217,132 +213,144 @@
         </w:rPr>
         <w:t>infusion</w:t>
       </w:r>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="73091246">
         <w:rPr>
           <w:noProof w:val="0"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> är </w:t>
       </w:r>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="73091246">
         <w:rPr>
           <w:noProof w:val="0"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Betapred</w:t>
       </w:r>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="73091246">
         <w:rPr>
           <w:noProof w:val="0"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> blandbart med Natriumklorid 9 mg/ml eller Glukos 50 mg/ml.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="42FE9187" w:rsidP="1649BEC9" w:rsidRDefault="42FE9187" w14:paraId="3CD717BD" w14:textId="42B0F2A1">
+    <w:p w:rsidR="42FE9187" w:rsidP="1649BEC9" w:rsidRDefault="42FE9187" w14:paraId="3CD717BD" w14:textId="3D192105">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
-      <w:r w:rsidRPr="1649BEC9" w:rsidR="42FE9187">
+      <w:r w:rsidRPr="1F38F5AF" w:rsidR="42FE9187">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Barn</w:t>
       </w:r>
       <w:r w:rsidR="42FE9187">
         <w:rPr/>
-        <w:t>: se barnklinikens PM</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="2950F081">
+        <w:rPr/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="42FE9187">
+        <w:rPr/>
+        <w:t>e barnklinikens PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:textId="77777777" w14:paraId="75C26C66">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="32778FEF">
         <w:rPr/>
         <w:t>Dosering</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:paraId="0B1D3CD3" w14:textId="4312BBE2">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="70F6C8A8">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Vux</w:t>
       </w:r>
       <w:r w:rsidRPr="1649BEC9" w:rsidR="26CAD4D1">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:r w:rsidR="70F6C8A8">
         <w:rPr/>
         <w:t>: 4 - 20 mg</w:t>
       </w:r>
       <w:r w:rsidR="2054DC18">
         <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="70F6C8A8" w:rsidP="1649BEC9" w:rsidRDefault="70F6C8A8" w14:paraId="06E0DC06" w14:textId="5C814790">
+    <w:p w:rsidR="70F6C8A8" w:rsidP="1649BEC9" w:rsidRDefault="70F6C8A8" w14:paraId="06E0DC06" w14:textId="04371015">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:suppressLineNumbers w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="992" w:right="868"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="1649BEC9" w:rsidR="70F6C8A8">
+      <w:r w:rsidRPr="1F38F5AF" w:rsidR="70F6C8A8">
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Barn</w:t>
       </w:r>
       <w:r w:rsidR="70F6C8A8">
         <w:rPr/>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:r w:rsidR="14DBC5CE">
+        <w:rPr/>
+        <w:t>E</w:t>
+      </w:r>
       <w:r w:rsidR="5949063F">
         <w:rPr/>
-        <w:t>enligt läkarordination.</w:t>
+        <w:t>nligt läkarordination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="1649BEC9" w:rsidP="1649BEC9" w:rsidRDefault="1649BEC9" w14:paraId="15642223" w14:textId="324D88C6">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:bidi w:val="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B488A" w:rsidP="09D200AB" w:rsidRDefault="006B488A" w14:paraId="01B70C6E" w14:textId="79458DEE">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:sectPr w:rsidR="006B488A" w:rsidSect="006B488A">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
@@ -4065,75 +4073,81 @@
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="038544B6"/>
     <w:rsid w:val="0836304A"/>
     <w:rsid w:val="09D200AB"/>
     <w:rsid w:val="0ACEF81A"/>
     <w:rsid w:val="13A1CD61"/>
     <w:rsid w:val="147EA6B5"/>
+    <w:rsid w:val="14DBC5CE"/>
     <w:rsid w:val="1649BEC9"/>
+    <w:rsid w:val="1F38F5AF"/>
     <w:rsid w:val="2054DC18"/>
     <w:rsid w:val="255AE4C9"/>
     <w:rsid w:val="260DB923"/>
     <w:rsid w:val="26CAD4D1"/>
     <w:rsid w:val="28729F93"/>
     <w:rsid w:val="288FD910"/>
+    <w:rsid w:val="2950F081"/>
     <w:rsid w:val="2BEBAB0F"/>
     <w:rsid w:val="2E396E07"/>
     <w:rsid w:val="32778FEF"/>
     <w:rsid w:val="38920073"/>
     <w:rsid w:val="398A0281"/>
     <w:rsid w:val="3B25D2E2"/>
     <w:rsid w:val="3CC1A343"/>
     <w:rsid w:val="3FF2856F"/>
     <w:rsid w:val="40ABEDD9"/>
     <w:rsid w:val="40F6FA9B"/>
     <w:rsid w:val="41E5A64B"/>
     <w:rsid w:val="42FE9187"/>
     <w:rsid w:val="438176AC"/>
+    <w:rsid w:val="496C1ABB"/>
+    <w:rsid w:val="49B17DFC"/>
     <w:rsid w:val="58CE6FBC"/>
     <w:rsid w:val="5949063F"/>
     <w:rsid w:val="6392AF19"/>
     <w:rsid w:val="63E53FB4"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6968ABCB"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="70F6C8A8"/>
     <w:rsid w:val="71F28CE6"/>
     <w:rsid w:val="73091246"/>
     <w:rsid w:val="7C2E996C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -6676,74 +6690,73 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rda3f3393ded74bc6" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{785b721d-139f-468a-8bd7-07cfacc5a85e}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="68375489">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68375489" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -7122,32 +7135,32 @@
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Betapred 4 mg ml  betametason</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>5</revision>
+  <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>