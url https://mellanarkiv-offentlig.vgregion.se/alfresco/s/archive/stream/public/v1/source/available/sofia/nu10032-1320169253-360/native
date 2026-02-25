--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -37,1012 +37,1134 @@
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
     <w:p w:rsidR="3E6E16A7" w:rsidP="3E6E16A7" w:rsidRDefault="3E6E16A7" w14:paraId="22373555" w14:textId="19A43325">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:sectPr w:rsidR="006874B8" w:rsidSect="006874B8">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="2D30EF1A" w:rsidP="3E6E16A7" w:rsidRDefault="2D30EF1A" w14:paraId="00B12EFB" w14:textId="53D78178">
+    <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="72A596BA" w14:textId="77CDCD69">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0" w:afterAutospacing="off"/>
         <w:ind w:right="-4860"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="21707990" w14:textId="509AD5E0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:right="-4860" w:hanging="992"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="72B22028" w14:textId="2673CE81">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:right="-4860" w:hanging="992"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="48DDD0D7" w14:textId="4AEBEE78">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:right="-4860" w:hanging="992"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="2D30EF1A" w:rsidP="457B03A6" w:rsidRDefault="2D30EF1A" w14:paraId="00B12EFB" w14:textId="53D78178">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:right="-4860" w:hanging="992"/>
       </w:pPr>
       <w:r w:rsidR="2D30EF1A">
         <w:rPr/>
         <w:t>Allergi, anafylaktisk chock</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="2D30EF1A" w:rsidP="3E6E16A7" w:rsidRDefault="2D30EF1A" w14:paraId="1A98D69E" w14:textId="6D0AA87A">
+    <w:p w:rsidR="2D30EF1A" w:rsidP="457B03A6" w:rsidRDefault="2D30EF1A" w14:paraId="1A98D69E" w14:textId="221E5DB3">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:after="0" w:afterAutospacing="off"/>
-        <w:ind w:right="-4860"/>
+        <w:keepNext w:val="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+        <w:ind w:right="-4860" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3E6E16A7" w:rsidR="2D30EF1A">
+      <w:r w:rsidRPr="457B03A6" w:rsidR="2D30EF1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
         </w:rPr>
-        <w:t>Vårdprogram Akutmottagningen NÄL</w:t>
+        <w:t>Vårdprogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="457B03A6" w:rsidR="64EAD1F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MEDICIN,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="457B03A6" w:rsidR="2D30EF1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Akutmottagningen NÄL</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4462"/>
         <w:gridCol w:w="4695"/>
       </w:tblGrid>
-      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="235A314C" w:rsidTr="3E6E16A7" w14:paraId="0BF35D7E" wp14:textId="77777777">
+      <w:tr xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="235A314C" w:rsidTr="457B03A6" w14:paraId="0BF35D7E" wp14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4462" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="155F1E16" w:rsidP="3E6E16A7" w:rsidRDefault="155F1E16" w14:paraId="191CF37B" w14:textId="4BC267F6">
+          <w:p w:rsidR="155F1E16" w:rsidP="457B03A6" w:rsidRDefault="155F1E16" w14:paraId="191CF37B" w14:textId="4BC267F6">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="155F1E16">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="74EE4EAD">
               <w:rPr>
                 <w:rStyle w:val="OmslagsunderrubrikChar"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Omvårdnadsanamnes</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="5FC16962">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="0CF568FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>Tidigare sjukdomar? Känd allergi?</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="7F1A3D5C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="28D89F4A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Händelseförlopp? </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="37CB6EC4">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="1DE6AF1F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Akut debut? </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3A14F268">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="016618F3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Andningsbesvär? </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="6A567563">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="260DCC0B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>Svullna luftvägar?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="23197D0E" w:rsidP="3E6E16A7" w:rsidRDefault="23197D0E" w14:paraId="7B327E55" w14:textId="5FFB1AC1">
+          <w:p w:rsidR="23197D0E" w:rsidP="457B03A6" w:rsidRDefault="23197D0E" w14:paraId="7B327E55" w14:textId="5FFB1AC1">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="23197D0E">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="61E1FC9D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Alla &gt;75 år</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="23197D0E">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="61E1FC9D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>: screening enligt FRESH, se WEST-A “Sköra äldre behov/process”.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3E6E16A7" w:rsidP="3E6E16A7" w:rsidRDefault="3E6E16A7" w14:paraId="6B0BFA83" w14:textId="399E13BB">
+          <w:p w:rsidR="3E6E16A7" w:rsidP="457B03A6" w:rsidRDefault="3E6E16A7" w14:paraId="6B0BFA83" w14:textId="399E13BB">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rStyle w:val="OmslagsunderrubrikChar"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="2373B607" w:rsidP="457B03A6" w:rsidRDefault="2373B607" w14:paraId="28E4BF4D" w14:textId="16CE0CA5">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="5AF1F0AC">
+              <w:rPr>
+                <w:rStyle w:val="OmslagsunderrubrikChar"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Omvård</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="2DF2EECD">
+              <w:rPr>
+                <w:rStyle w:val="OmslagsunderrubrikChar"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="5AF1F0AC">
+              <w:rPr>
+                <w:rStyle w:val="OmslagsunderrubrikChar"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>adsstatus</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="5D1B1C12">
+              <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Kommunikation</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="3A0D476B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Medvetandegrad? (GCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="5C486DDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Orienterad?</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="2373B607" w:rsidP="3E6E16A7" w:rsidRDefault="2373B607" w14:paraId="28E4BF4D" w14:textId="5FE380D9">
+          <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="5AA67F05" w14:textId="00876F85">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="62F0CAAC" w:rsidP="457B03A6" w:rsidRDefault="62F0CAAC" w14:paraId="385DF003" w14:textId="319BB2D1">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="2373B607">
-[...35 lines deleted...]
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="1E2A4C68">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="5C486DDB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Kommunikation</w:t>
+              <w:t>Andning</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="2F6C90ED">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="41C95C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Medvetandegrad? (RLS/GCS)</w:t>
+              <w:t xml:space="preserve">Fri luftväg? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="67CE4948">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Andningspåverka</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="36D5798A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="67CE4948">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="62F0CAAC">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="72BAF50B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Orienterad?</w:t>
+              <w:t>Heshet?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="62F0CAAC" w:rsidP="3E6E16A7" w:rsidRDefault="62F0CAAC" w14:paraId="385DF003" w14:textId="6F68A84D">
+          <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="0D8A577D" w14:textId="169C0E61">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="6AF0A74B" w:rsidP="457B03A6" w:rsidRDefault="6AF0A74B" w14:paraId="02780FAE" w14:textId="20D956B7">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="62F0CAAC">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="102306BF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Andning</w:t>
+              <w:t>Cirkulation</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="5FCC2B13">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="1A2D281F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fri luftväg? </w:t>
-[...42 lines deleted...]
-              <w:t xml:space="preserve">Heshet? </w:t>
+              <w:t>Pulskvalitet?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="6AF0A74B" w:rsidP="3E6E16A7" w:rsidRDefault="6AF0A74B" w14:paraId="02780FAE" w14:textId="2DB3214A">
+          <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="13C79544" w14:textId="2931336D">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="64812228" w:rsidP="457B03A6" w:rsidRDefault="64812228" w14:paraId="3DB439CA" w14:textId="4C680743">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="6AF0A74B">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="1A2D281F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Cirkulation</w:t>
+              <w:t>Hud</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="64812228">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="3858A930">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Pulskvalitet? Frekvens? Blodtryck?</w:t>
+              <w:t xml:space="preserve">Färg? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="72C72552">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kallsvettig? </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="3E7A8D84">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Utslag? Klåda? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="2838886C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Svullnad? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="64812228" w:rsidP="3E6E16A7" w:rsidRDefault="64812228" w14:paraId="3DB439CA" w14:textId="4C680743">
+          <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="054CEEC0" w14:textId="751F0446">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="194C07D6" w:rsidP="457B03A6" w:rsidRDefault="194C07D6" w14:paraId="148DED24" w14:textId="7975F8D7">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="64812228">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="2838886C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Hud</w:t>
+              <w:t xml:space="preserve">Nutrition </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="4D33B90C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="24D9733E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Färg? </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="4706C4BB">
+              <w:t>Kräkning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="27746991">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kallsvettig? </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="0E8F669A">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="4D5A3186">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utslag? Klåda? </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="194C07D6">
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="57061E18">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Svullnad? </w:t>
+              <w:t>llamående?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="194C07D6" w:rsidP="3E6E16A7" w:rsidRDefault="194C07D6" w14:paraId="148DED24" w14:textId="7975F8D7">
+          <w:p w:rsidR="457B03A6" w:rsidP="457B03A6" w:rsidRDefault="457B03A6" w14:paraId="646F9255" w14:textId="75607BFF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="26E4E27A" w:rsidP="457B03A6" w:rsidRDefault="26E4E27A" w14:paraId="3318A918" w14:textId="76041F16">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="194C07D6">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="74FE36BC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition </w:t>
+              <w:t>Smärta</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3EB9CE12">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="74FE36BC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Kräkning</w:t>
-[...45 lines deleted...]
-              <w:t>Smärta</w:t>
+              <w:t>Tryck över bröstet?</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="26E4E27A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="26E4E27A">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="74FE36BC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Övrig smärta?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="235A314C" w:rsidP="235A314C" w:rsidRDefault="235A314C" w14:paraId="65A12077" w14:textId="55843F4B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4695" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="25C7DC0E" w:rsidP="3E6E16A7" w:rsidRDefault="25C7DC0E" w14:paraId="7A94C149" w14:textId="0575ADFF">
+          <w:p w:rsidR="25C7DC0E" w:rsidP="457B03A6" w:rsidRDefault="25C7DC0E" w14:paraId="7A94C149" w14:textId="0575ADFF">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="25C7DC0E">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="58093F79">
               <w:rPr>
                 <w:rStyle w:val="OmslagsunderrubrikChar"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Omvårdnadsåtgärder</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="764B54C0">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="2E3DDA57">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3658C85F">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="48BA5133">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Alla &gt;75 år</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3658C85F">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="48BA5133">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>: omvårdnadsåtgärder enligt “Sköra äldre behov/process”, se WEST-A</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="5AA83486">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="60782B30">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="25C7DC0E" w:rsidP="3E6E16A7" w:rsidRDefault="25C7DC0E" w14:paraId="1C829525" w14:textId="6CF4A302">
+          <w:p w:rsidR="25C7DC0E" w:rsidP="457B03A6" w:rsidRDefault="25C7DC0E" w14:paraId="1C829525" w14:textId="3239B19B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="5AA83486">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="60782B30">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vitalparametrar enligt </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="68A7C55E">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="774471B1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>NEWS2</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="140CF652">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="4827ECD1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="19352FF7">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="76EB1CD6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>EKG</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="45AC63A2">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="13A57E02">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="4FEABFF2">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="3556E58C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>Prov</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="57AC0F46">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="78B9C799">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>tagning</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="4FEABFF2">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="3556E58C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="65338686">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="65338686">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="645E0BA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+              </w:rPr>
+              <w:t>AkutTriage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="41913734">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="645E0BA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+              </w:rPr>
+              <w:t>venös</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="645E0BA3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="65338686">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="645E0BA3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>blodgas</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="0DE3F828">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="6257C475">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34112E8C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="337CF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Vid </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34112E8C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="337CF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>anafylaxi</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34112E8C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="337CF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve"> tas </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34112E8C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="337CF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Tryptas</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34112E8C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="337CF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34112E8C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="337CF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>direkt men skickas endast på läkarordination</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="09672A22">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="618F2044">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3E6E16A7" w:rsidP="3E6E16A7" w:rsidRDefault="3E6E16A7" w14:paraId="19C7D7B0" w14:textId="058D9C15">
+          <w:p w:rsidR="3E6E16A7" w:rsidP="457B03A6" w:rsidRDefault="3E6E16A7" w14:paraId="19C7D7B0" w14:textId="058D9C15">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="34112E8C" w:rsidP="3E6E16A7" w:rsidRDefault="34112E8C" w14:paraId="2F20B3A0" w14:textId="20A3E945">
+          <w:p w:rsidR="34112E8C" w:rsidP="457B03A6" w:rsidRDefault="34112E8C" w14:paraId="2F20B3A0" w14:textId="64A9128B">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34112E8C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="337CF9B8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Läkemedelshantering </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="25D354C8">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="6CBBC1BD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Ge ev. </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="6B6BC09A">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="25729815">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="25D354C8">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="6CBBC1BD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>äkemedel enligt generella direktiv</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="430777DE">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="4681A43B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vuxna</w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="66FBB540">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="1CF6BDCD">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="573EF150">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Läkemedel enligt </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="6B2BC219">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="31D54020">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>läkar</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="1CF6BDCD">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="573EF150">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">ordination. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3FB01706">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="184C7598">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">Syrgas till </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="07ED1A9E">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="51F2D8B2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>andnings</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3FB01706">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="184C7598">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>påverkad</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3FB01706">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="184C7598">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve"> patient. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3E6E16A7" w:rsidP="3E6E16A7" w:rsidRDefault="3E6E16A7" w14:paraId="6A4FD9D3" w14:textId="38CD4372">
+          <w:p w:rsidR="3E6E16A7" w:rsidP="457B03A6" w:rsidRDefault="3E6E16A7" w14:paraId="6A4FD9D3" w14:textId="38CD4372">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="3FB01706" w:rsidP="3E6E16A7" w:rsidRDefault="3FB01706" w14:paraId="029C1B34" w14:textId="3DE90EF9">
+          <w:p w:rsidR="3FB01706" w:rsidP="457B03A6" w:rsidRDefault="3FB01706" w14:paraId="029C1B34" w14:textId="3DE90EF9">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:spacing w:after="0" w:afterAutospacing="off"/>
+              <w:spacing w:after="0" w:afterAutospacing="off" w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="3FB01706">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="184C7598">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t>Speciell omvårdnad</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="727BC9C1">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="3B4601C2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>Lämna inte patienten utan tillsyn!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="58C2394C" w:rsidP="3E6E16A7" w:rsidRDefault="58C2394C" w14:paraId="3021F4B6" w14:textId="15D1B7A0">
+          <w:p w:rsidR="58C2394C" w:rsidP="457B03A6" w:rsidRDefault="58C2394C" w14:paraId="3021F4B6" w14:textId="15D1B7A0">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
+              <w:spacing w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="58C2394C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="1E1754DD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>Monitorera</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="58C2394C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="1E1754DD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve"> patienten.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="22B5D3CE" w:rsidP="3E6E16A7" w:rsidRDefault="22B5D3CE" w14:paraId="18424DEC" w14:textId="449FDFEA">
+          <w:p w:rsidR="032D7C81" w:rsidP="457B03A6" w:rsidRDefault="032D7C81" w14:paraId="7A22F9CD" w14:textId="74A53CC1">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
+              <w:spacing w:line="14" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="22B5D3CE">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="18A9DA58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>NEWS2-poäng</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="7BC5661C">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="06343CA3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve"> och varningssymtom</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="22B5D3CE">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="18A9DA58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve"> styr behovet av</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="5196FDE8">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="093367BD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="22B5D3CE">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="18A9DA58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>ö</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="032D7C81">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="50DFFE79">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>vervakningsfrekvens</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="04F52D8B">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="64777167">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t xml:space="preserve">, åtgärd, </w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="5DB19F28">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="7C4E8F2F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>behov av läkarbedömning</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="72A2E089">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="2B9DE867">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>, tillsyn och kontroll av vitalparametrar.</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="032D7C81">
+            <w:r w:rsidRPr="457B03A6" w:rsidR="7B35B741">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="50DFFE79">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
               </w:rPr>
               <w:t>Teamets bedömning, tillsyn</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E6E16A7" w:rsidR="34A999F2">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> och vitalparametrar dokumenteras på Akutjournalen.</w:t>
+            <w:r w:rsidRPr="457B03A6" w:rsidR="23EBD14E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorAscii" w:cstheme="majorAscii"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och vitalparametrar dokumenteras på Akutjournal.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="108A0042" w:rsidP="3E6E16A7" w:rsidRDefault="108A0042" w14:paraId="36C5B612" w14:textId="335C470F">
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:ind/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="006874B8">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:equalWidth="1" w:space="708" w:num="2"/>
       <w:noEndnote/>
       <w:titlePg/>
@@ -4225,211 +4347,282 @@
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="016618F3"/>
     <w:rsid w:val="01C4A840"/>
     <w:rsid w:val="02191891"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0289E941"/>
     <w:rsid w:val="02C30660"/>
     <w:rsid w:val="032D7C81"/>
     <w:rsid w:val="0350235C"/>
     <w:rsid w:val="04F52D8B"/>
+    <w:rsid w:val="06343CA3"/>
     <w:rsid w:val="07392057"/>
     <w:rsid w:val="07ED1A9E"/>
+    <w:rsid w:val="089BB2BD"/>
     <w:rsid w:val="090E36EF"/>
+    <w:rsid w:val="093367BD"/>
     <w:rsid w:val="09672A22"/>
     <w:rsid w:val="09E8880A"/>
     <w:rsid w:val="0B0279D1"/>
     <w:rsid w:val="0C2B88F3"/>
+    <w:rsid w:val="0CF568FB"/>
     <w:rsid w:val="0DE3F828"/>
     <w:rsid w:val="0E8F669A"/>
     <w:rsid w:val="0FAE54CB"/>
+    <w:rsid w:val="102306BF"/>
     <w:rsid w:val="102B4B18"/>
     <w:rsid w:val="108A0042"/>
     <w:rsid w:val="10FE1890"/>
     <w:rsid w:val="11BA9DC9"/>
+    <w:rsid w:val="13A57E02"/>
     <w:rsid w:val="140CF652"/>
     <w:rsid w:val="1438A3E6"/>
     <w:rsid w:val="155F1E16"/>
     <w:rsid w:val="1564351A"/>
     <w:rsid w:val="1598F53C"/>
     <w:rsid w:val="17D461EC"/>
     <w:rsid w:val="17D63875"/>
+    <w:rsid w:val="184C7598"/>
     <w:rsid w:val="184ED02C"/>
     <w:rsid w:val="1853CC82"/>
+    <w:rsid w:val="18A9DA58"/>
     <w:rsid w:val="19352FF7"/>
     <w:rsid w:val="194C07D6"/>
+    <w:rsid w:val="1A2D281F"/>
     <w:rsid w:val="1A4E3A4F"/>
     <w:rsid w:val="1CF6BDCD"/>
     <w:rsid w:val="1D03E728"/>
+    <w:rsid w:val="1DE6AF1F"/>
     <w:rsid w:val="1E1444F8"/>
+    <w:rsid w:val="1E1754DD"/>
     <w:rsid w:val="1E2A4C68"/>
     <w:rsid w:val="1F633B8B"/>
     <w:rsid w:val="213E0AAC"/>
     <w:rsid w:val="22B5D3CE"/>
     <w:rsid w:val="23197D0E"/>
     <w:rsid w:val="2343E547"/>
     <w:rsid w:val="235A314C"/>
     <w:rsid w:val="2373B607"/>
+    <w:rsid w:val="23EBD14E"/>
     <w:rsid w:val="244EE6E5"/>
+    <w:rsid w:val="24D9733E"/>
+    <w:rsid w:val="25729815"/>
     <w:rsid w:val="25B90836"/>
     <w:rsid w:val="25C7DC0E"/>
     <w:rsid w:val="25CF3640"/>
     <w:rsid w:val="25D354C8"/>
     <w:rsid w:val="25F44B77"/>
+    <w:rsid w:val="260DCC0B"/>
     <w:rsid w:val="26D26EF4"/>
     <w:rsid w:val="26E4E27A"/>
+    <w:rsid w:val="27746991"/>
+    <w:rsid w:val="2838886C"/>
+    <w:rsid w:val="28D89F4A"/>
     <w:rsid w:val="29691E7B"/>
+    <w:rsid w:val="2B9DE867"/>
+    <w:rsid w:val="2C3A7FAC"/>
     <w:rsid w:val="2CD62781"/>
     <w:rsid w:val="2D30EF1A"/>
     <w:rsid w:val="2D534805"/>
     <w:rsid w:val="2DDB37CD"/>
+    <w:rsid w:val="2DF2EECD"/>
     <w:rsid w:val="2E0FCA1F"/>
+    <w:rsid w:val="2E3DDA57"/>
     <w:rsid w:val="2F1E5912"/>
     <w:rsid w:val="2F6C90ED"/>
     <w:rsid w:val="2F6EFB87"/>
+    <w:rsid w:val="302282DD"/>
     <w:rsid w:val="307F4D75"/>
+    <w:rsid w:val="31D54020"/>
+    <w:rsid w:val="337CF9B8"/>
     <w:rsid w:val="33A08C9A"/>
     <w:rsid w:val="34112E8C"/>
     <w:rsid w:val="3425BA8A"/>
     <w:rsid w:val="34A999F2"/>
+    <w:rsid w:val="3556E58C"/>
     <w:rsid w:val="35C0F5A1"/>
     <w:rsid w:val="35D137DE"/>
     <w:rsid w:val="3658C85F"/>
+    <w:rsid w:val="36D5798A"/>
     <w:rsid w:val="36FED699"/>
     <w:rsid w:val="37C9A123"/>
     <w:rsid w:val="37CB6EC4"/>
+    <w:rsid w:val="3858A930"/>
+    <w:rsid w:val="39272BDC"/>
     <w:rsid w:val="39E70434"/>
+    <w:rsid w:val="3A0D476B"/>
     <w:rsid w:val="3A14F268"/>
     <w:rsid w:val="3AA68B19"/>
     <w:rsid w:val="3AF2AC42"/>
+    <w:rsid w:val="3B4601C2"/>
     <w:rsid w:val="3B6C4F16"/>
     <w:rsid w:val="3D6F7D3B"/>
     <w:rsid w:val="3E6E16A7"/>
+    <w:rsid w:val="3E7A8D84"/>
     <w:rsid w:val="3EB9CE12"/>
     <w:rsid w:val="3F4BAF3A"/>
     <w:rsid w:val="3FB01706"/>
     <w:rsid w:val="4132FA55"/>
+    <w:rsid w:val="41913734"/>
+    <w:rsid w:val="41C95C2E"/>
     <w:rsid w:val="41D97691"/>
     <w:rsid w:val="430777DE"/>
     <w:rsid w:val="435E8CF8"/>
+    <w:rsid w:val="4391ABE7"/>
     <w:rsid w:val="45608F54"/>
+    <w:rsid w:val="457B03A6"/>
     <w:rsid w:val="458CCB7B"/>
     <w:rsid w:val="45AC63A2"/>
+    <w:rsid w:val="4681A43B"/>
     <w:rsid w:val="46B0747B"/>
     <w:rsid w:val="4706C4BB"/>
     <w:rsid w:val="478CD0FA"/>
+    <w:rsid w:val="4827ECD1"/>
+    <w:rsid w:val="48BA5133"/>
     <w:rsid w:val="4C063B9F"/>
     <w:rsid w:val="4D33B90C"/>
+    <w:rsid w:val="4D5A3186"/>
     <w:rsid w:val="4EB3A2ED"/>
     <w:rsid w:val="4EC7DA2B"/>
     <w:rsid w:val="4EF8BFDA"/>
     <w:rsid w:val="4FCCEFD0"/>
     <w:rsid w:val="4FEABFF2"/>
     <w:rsid w:val="508372C7"/>
+    <w:rsid w:val="50DFFE79"/>
     <w:rsid w:val="5196FDE8"/>
     <w:rsid w:val="51A1C1C5"/>
+    <w:rsid w:val="51F2D8B2"/>
     <w:rsid w:val="537E4C0C"/>
     <w:rsid w:val="54B35D72"/>
     <w:rsid w:val="54D3F4E4"/>
     <w:rsid w:val="55FC78D0"/>
+    <w:rsid w:val="57061E18"/>
+    <w:rsid w:val="573EF150"/>
     <w:rsid w:val="57993533"/>
     <w:rsid w:val="57AC0F46"/>
     <w:rsid w:val="57B17D73"/>
+    <w:rsid w:val="58093F79"/>
     <w:rsid w:val="584CD361"/>
     <w:rsid w:val="5858A5CB"/>
     <w:rsid w:val="58C2394C"/>
     <w:rsid w:val="5A362E8E"/>
     <w:rsid w:val="5A39931C"/>
     <w:rsid w:val="5AA83486"/>
+    <w:rsid w:val="5AF1F0AC"/>
     <w:rsid w:val="5B539228"/>
+    <w:rsid w:val="5C486DDB"/>
+    <w:rsid w:val="5D1B1C12"/>
     <w:rsid w:val="5D2DEA1E"/>
     <w:rsid w:val="5D31D2FA"/>
     <w:rsid w:val="5DB19F28"/>
     <w:rsid w:val="5E9CA642"/>
     <w:rsid w:val="5EE246DB"/>
     <w:rsid w:val="5FC16962"/>
     <w:rsid w:val="5FCC2B13"/>
+    <w:rsid w:val="60782B30"/>
     <w:rsid w:val="60F56428"/>
+    <w:rsid w:val="618F2044"/>
+    <w:rsid w:val="61E1FC9D"/>
+    <w:rsid w:val="6257C475"/>
     <w:rsid w:val="6276A4F3"/>
     <w:rsid w:val="62A65AA7"/>
     <w:rsid w:val="62F0CAAC"/>
+    <w:rsid w:val="645E0BA3"/>
+    <w:rsid w:val="64777167"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64812228"/>
+    <w:rsid w:val="64EAD1F2"/>
     <w:rsid w:val="64EFD2F6"/>
     <w:rsid w:val="65338686"/>
+    <w:rsid w:val="66FBB540"/>
     <w:rsid w:val="6788E7B5"/>
+    <w:rsid w:val="67CE4948"/>
     <w:rsid w:val="68A7C55E"/>
     <w:rsid w:val="691A6AA7"/>
     <w:rsid w:val="6A567563"/>
     <w:rsid w:val="6AB61CD0"/>
+    <w:rsid w:val="6AE3A297"/>
     <w:rsid w:val="6AF0A74B"/>
     <w:rsid w:val="6B24F49B"/>
     <w:rsid w:val="6B2BC219"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B6BC09A"/>
     <w:rsid w:val="6B97E1E9"/>
     <w:rsid w:val="6CACAAEF"/>
+    <w:rsid w:val="6CBBC1BD"/>
     <w:rsid w:val="6CE67CC7"/>
     <w:rsid w:val="6E9C8183"/>
     <w:rsid w:val="6ED00EF5"/>
     <w:rsid w:val="6FF0B09B"/>
     <w:rsid w:val="709BFEE7"/>
     <w:rsid w:val="727BC9C1"/>
     <w:rsid w:val="72A2E089"/>
+    <w:rsid w:val="72BAF50B"/>
+    <w:rsid w:val="72C72552"/>
     <w:rsid w:val="72D19A82"/>
     <w:rsid w:val="73C370EC"/>
     <w:rsid w:val="73D28763"/>
     <w:rsid w:val="74000463"/>
+    <w:rsid w:val="74BA45CB"/>
+    <w:rsid w:val="74EE4EAD"/>
+    <w:rsid w:val="74FE36BC"/>
     <w:rsid w:val="764B54C0"/>
     <w:rsid w:val="7666FEB1"/>
+    <w:rsid w:val="76EB1CD6"/>
     <w:rsid w:val="772E5A59"/>
+    <w:rsid w:val="774471B1"/>
+    <w:rsid w:val="78B9C799"/>
     <w:rsid w:val="79A9DEBD"/>
+    <w:rsid w:val="7B35B741"/>
+    <w:rsid w:val="7B666F4D"/>
     <w:rsid w:val="7B8C2E59"/>
     <w:rsid w:val="7BC5661C"/>
+    <w:rsid w:val="7C4E8F2F"/>
     <w:rsid w:val="7C7696AB"/>
     <w:rsid w:val="7F1A3D5C"/>
     <w:rsid w:val="7F1B59EB"/>
     <w:rsid w:val="7FA179FC"/>
     <w:rsid w:val="7FD048CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
@@ -7377,31 +7570,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Allergi, anafylaktisk chock</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>5</revision>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>