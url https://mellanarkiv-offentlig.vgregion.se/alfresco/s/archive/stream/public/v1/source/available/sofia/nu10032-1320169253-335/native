--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -10,50 +10,56 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w:rsidR="10785394" w:rsidP="10785394" w:rsidRDefault="10785394" w14:paraId="11E78C94" w14:textId="7EF112AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="1"/>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="0066606D" w:rsidP="6830C039" w:rsidRDefault="0066606D" w14:paraId="3763E878" w14:textId="6F4901BA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext w:val="1"/>
       </w:pPr>
       <w:r w:rsidR="24DF37C2">
         <w:rPr/>
         <w:t>Metoprolol</w:t>
       </w:r>
       <w:r w:rsidR="24DF37C2">
         <w:rPr/>
         <w:t xml:space="preserve"> 1mg/ml</w:t>
       </w:r>
       <w:r w:rsidR="5535F6DA">
         <w:rPr/>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="42D00CA7">
         <w:rPr/>
         <w:t>metoprolol)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0066606D" w:rsidP="1139A341" w:rsidRDefault="0066606D" w14:paraId="11F170B1" w14:textId="19226528">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -951,59 +957,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="644F791C">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -1074,59 +1080,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="046C2389">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -3519,51 +3525,51 @@
   <w:num w:numId="14" w16cid:durableId="1191260081">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2095348495">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="759106957">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1299647080">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1442841480">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="861356457">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="222909076">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -3964,50 +3970,51 @@
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0548B5E2"/>
     <w:rsid w:val="065FFB66"/>
     <w:rsid w:val="0D43C743"/>
+    <w:rsid w:val="10785394"/>
     <w:rsid w:val="1139A341"/>
     <w:rsid w:val="1ADC519E"/>
     <w:rsid w:val="24DF37C2"/>
     <w:rsid w:val="2C81719A"/>
     <w:rsid w:val="2CCC1039"/>
     <w:rsid w:val="382CEE5D"/>
     <w:rsid w:val="3BA6D4FD"/>
     <w:rsid w:val="3C0E1127"/>
     <w:rsid w:val="3D085AF7"/>
     <w:rsid w:val="401A3DDC"/>
     <w:rsid w:val="403FFBB9"/>
     <w:rsid w:val="40B895AE"/>
     <w:rsid w:val="42AE792A"/>
     <w:rsid w:val="42D00CA7"/>
     <w:rsid w:val="4DC88DD0"/>
     <w:rsid w:val="5535F6DA"/>
     <w:rsid w:val="573EAC4E"/>
     <w:rsid w:val="598136CF"/>
     <w:rsid w:val="5AD79C5F"/>
     <w:rsid w:val="5E0F3D21"/>
     <w:rsid w:val="5FAB0D82"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6554386D"/>
     <w:rsid w:val="679CF70A"/>
     <w:rsid w:val="6830C039"/>
@@ -4031,51 +4038,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6533,74 +6540,73 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R7f0ad2ddd77c40f6" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{e67e3dd6-e4da-4ee9-93c1-5c25337f4439}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="766799C1">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="766799C1" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -6924,31 +6930,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Metoprolol</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>6</revision>
+  <revision>7</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>