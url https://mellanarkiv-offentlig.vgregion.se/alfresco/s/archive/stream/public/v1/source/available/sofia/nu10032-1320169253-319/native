--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -10,50 +10,62 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w:rsidR="7107F516" w:rsidP="7107F516" w:rsidRDefault="7107F516" w14:paraId="744D0F67" w14:textId="11F8D706">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="7107F516" w:rsidP="7107F516" w:rsidRDefault="7107F516" w14:paraId="1DB64A34" w14:textId="47F14E68">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="1"/>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00550DA9" w:rsidP="1F0E0BFD" w:rsidRDefault="00550DA9" w14:paraId="6F77632A" w14:textId="2DAEB56C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="7D61E52F">
         <w:rPr/>
         <w:t>Flumazenil</w:t>
       </w:r>
       <w:r w:rsidR="7D61E52F">
         <w:rPr/>
         <w:t xml:space="preserve"> 0,1mg/ml</w:t>
       </w:r>
       <w:r w:rsidR="4D590914">
         <w:rPr/>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="4D590914">
@@ -4419,50 +4431,51 @@
     <w:rsid w:val="4C296BA8"/>
     <w:rsid w:val="4D590914"/>
     <w:rsid w:val="4DCC642C"/>
     <w:rsid w:val="4F48B2F0"/>
     <w:rsid w:val="4FC1B70A"/>
     <w:rsid w:val="525229FC"/>
     <w:rsid w:val="54F7FE8E"/>
     <w:rsid w:val="56E6D987"/>
     <w:rsid w:val="59B24754"/>
     <w:rsid w:val="5A9C1319"/>
     <w:rsid w:val="5D870007"/>
     <w:rsid w:val="5D90EF46"/>
     <w:rsid w:val="5EE2C3CA"/>
     <w:rsid w:val="60383E3D"/>
     <w:rsid w:val="61413D35"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64E1ED39"/>
     <w:rsid w:val="665BC782"/>
     <w:rsid w:val="67944C55"/>
     <w:rsid w:val="679822D6"/>
     <w:rsid w:val="693097DF"/>
     <w:rsid w:val="69531A27"/>
     <w:rsid w:val="6ADDDDCA"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6BD9B890"/>
+    <w:rsid w:val="7107F516"/>
     <w:rsid w:val="717E7A2D"/>
     <w:rsid w:val="71DB6A89"/>
     <w:rsid w:val="72011D7E"/>
     <w:rsid w:val="72D8D9B1"/>
     <w:rsid w:val="72EA4C2F"/>
     <w:rsid w:val="7347568B"/>
     <w:rsid w:val="735CEB5A"/>
     <w:rsid w:val="73773AEA"/>
     <w:rsid w:val="778A4DE5"/>
     <w:rsid w:val="77E381C0"/>
     <w:rsid w:val="7D572EDE"/>
     <w:rsid w:val="7D61E52F"/>
     <w:rsid w:val="7DB3CAD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -6972,74 +6985,73 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="Rb76b0afe71ee4b47" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{cfcdbe6f-95d7-49ae-aadb-3edc7dec99a4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="14847E4A">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14847E4A" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -7363,31 +7375,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Flumazenil 0,1 mg/ml (flumazenil)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Emely Sandhöj</lastModifiedBy>
-  <revision>7</revision>
+  <revision>8</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>