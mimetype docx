--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -68,51 +68,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="001E7BC5" w:rsidRDefault="001E7BC5" w14:paraId="07A64648" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E7BC5">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0C51ACF2" w:rsidRDefault="001E7BC5" w14:paraId="07F95CCE" w14:textId="60587517">
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="07F95CCE" w14:textId="60587517">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E7BC5">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BBDC75D" wp14:editId="7EE12E16">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="2540" r="0" b="3175"/>
                 <wp:wrapNone/>
@@ -220,59 +220,59 @@
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
+            <w:pict w14:anchorId="5FFA8358">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1BBDC75D">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 1" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="003D37FD" w:rsidR="001E7BC5" w:rsidP="001E7BC5" w:rsidRDefault="001E7BC5" w14:paraId="5A95EC9C" w14:textId="77777777">
+                    <w:p w:rsidRPr="003D37FD" w:rsidR="001E7BC5" w:rsidP="001E7BC5" w:rsidRDefault="001E7BC5" w14:paraId="7EC467DF" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
@@ -312,735 +312,652 @@
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="35EF749D">
         <w:rPr/>
         <w:t>CPAP-</w:t>
       </w:r>
       <w:r w:rsidR="6F7AF70F">
         <w:rPr/>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="35EF749D">
         <w:rPr/>
         <w:t>ehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="1594EFB1" w:rsidP="0C51ACF2" w:rsidRDefault="1594EFB1" w14:paraId="55DF5164" w14:textId="39902747">
+    <w:p w:rsidR="1594EFB1" w:rsidP="1DB0DB3F" w:rsidRDefault="1594EFB1" w14:paraId="55DF5164" w14:textId="39902747">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidR="1594EFB1">
         <w:rPr/>
         <w:t>Förändring sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="1594EFB1" w:rsidP="0C51ACF2" w:rsidRDefault="1594EFB1" w14:paraId="163D1869" w14:textId="11E099D1">
+    <w:p w:rsidR="1594EFB1" w:rsidP="1DB0DB3F" w:rsidRDefault="1594EFB1" w14:paraId="163D1869" w14:textId="11E099D1">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r w:rsidR="1594EFB1">
         <w:rPr/>
         <w:t>Ändring av O</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="1594EFB1">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="1594EFB1">
+        <w:rPr/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="18C11E56">
         <w:rPr/>
         <w:t>-nivån som CPAP-behandlingen ska startas med.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="5D4867C9" w:rsidP="0C51ACF2" w:rsidRDefault="5D4867C9" w14:paraId="48CDDB18" w14:textId="2ECF9E6D">
+    <w:p w:rsidR="5D4867C9" w:rsidP="1DB0DB3F" w:rsidRDefault="5D4867C9" w14:paraId="48CDDB18" w14:textId="2ECF9E6D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidR="5D4867C9">
         <w:rPr/>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6238BBC0" w:rsidP="6238BBC0" w:rsidRDefault="6238BBC0" w14:paraId="173E7703" w14:textId="5850F9E6">
+    <w:p w:rsidR="6238BBC0" w:rsidP="1DB0DB3F" w:rsidRDefault="6238BBC0" w14:paraId="173E7703" w14:textId="5850F9E6">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="1"/>
       </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>Behandlingsriktlinjer för CPAP-behandling sker alltid efter läkarordination, dvs. läkaren ordinerar behandlingsstart, O</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>% och vilken PEEP cm H</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="5DCC99EB">
         <w:rPr/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>tryck som patienten ska behandlas med.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="6238BBC0" w:rsidRDefault="001E7BC5" w14:paraId="0A56A3FC" w14:textId="117F5C13">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="0A56A3FC" w14:textId="117F5C13">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:before="120" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>Lungödem</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="38DD9F6A" w14:textId="2C0DC08B">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="38DD9F6A" w14:textId="2C0DC08B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="586BD289">
         <w:rPr/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>tarta med PEEP 5 cm H</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="2E9E6AA7">
         <w:rPr/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve">tryck </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="29396712" w14:textId="0D130310">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="29396712" w14:textId="0D130310">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="019FCDA6">
         <w:rPr/>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>0% O</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve"> (kan behöva höjas initialt) </w:t>
       </w:r>
       <w:r w:rsidR="735BE4BD">
         <w:rPr/>
         <w:t>sänk efter hand</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="1A33F4E8" w14:textId="3FC6B7A8">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="1A33F4E8" w14:textId="3FC6B7A8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="1565A686">
         <w:rPr/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>es ingen förbättring eventuellt PEEP 7,5 cm H</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="4F52E66D">
         <w:rPr/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve">tryck </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6238BBC0" w:rsidP="0C51ACF2" w:rsidRDefault="6238BBC0" w14:paraId="4B16CA2C" w14:textId="699887F3">
-[...6 lines deleted...]
-        <w:ind/>
+    <w:p w:rsidR="6238BBC0" w:rsidP="1DB0DB3F" w:rsidRDefault="6238BBC0" w14:paraId="4B16CA2C" w14:textId="699887F3">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="4538E042">
         <w:rPr/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve">ontrollera </w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>saturation</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>/respirationsstatus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="6238BBC0" w:rsidRDefault="001E7BC5" w14:paraId="769181CD" w14:textId="5F005B23">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="769181CD" w14:textId="08ADC36D">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:before="120" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+      </w:pPr>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t>Lungödem med KOL/Emfysem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="472D88B6" w14:textId="471FE901">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t xml:space="preserve">PEEP </w:t>
+      </w:r>
+      <w:r w:rsidR="1EEAD0EC">
+        <w:rPr/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t xml:space="preserve"> cm H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
+        <w:rPr>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="30659832">
+        <w:rPr/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t>tryck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="38E2960B" w14:textId="63FAEBEB">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="224D5B0D">
+        <w:rPr/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t>0% O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
+        <w:rPr>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="30D903C6">
+        <w:rPr/>
+        <w:t>sänk efter hand</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="6238BBC0" w:rsidP="1DB0DB3F" w:rsidRDefault="6238BBC0" w14:paraId="5F54F537" w14:textId="44888D8B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="5EA90EB9">
+        <w:rPr/>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t xml:space="preserve">ontrollera </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t>saturation</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t xml:space="preserve">/respirationsstatus </w:t>
+      </w:r>
+      <w:r w:rsidR="18BA9604">
+        <w:rPr/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="63CB3181" w14:textId="3056472F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:before="120" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t>Lungödem med KOL/Emfysem</w:t>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Kolmonoxidförgiftning</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (ex brand)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="472D88B6" w14:textId="471FE901">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="05370A18" w14:textId="14DF9304">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:keepNext w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t xml:space="preserve">PEEP </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+        <w:t>PEEP 5 cm H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="30659832">
+      <w:r w:rsidR="248D1738">
         <w:rPr/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t>tryck</w:t>
+        <w:t xml:space="preserve">tryck </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="38E2960B" w14:textId="63FAEBEB">
-[...10 lines deleted...]
-        <w:t>9</w:t>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="2B8AE13C" w14:textId="28780FA7">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:keepNext w:val="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="37BE4522">
+        <w:rPr/>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t>0% O</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+        <w:t>es ingen förbättring eventuellt PEEP 7,5 cm H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>sänk efter hand</w:t>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="45F61C31">
+        <w:rPr/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t>tryck</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6238BBC0" w:rsidP="0C51ACF2" w:rsidRDefault="6238BBC0" w14:paraId="5F54F537" w14:textId="44888D8B">
-[...11 lines deleted...]
-        <w:t>K</w:t>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="09EF7C37" w14:textId="75BE397A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:keepNext w:val="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="57E8877D">
+        <w:rPr/>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t xml:space="preserve">ontrollera </w:t>
-[...49 lines deleted...]
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+        <w:t>lltid 90 % O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="437CED0C" w14:textId="484104E2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:keepNext w:val="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="2106DA5C">
+        <w:rPr/>
+        <w:t>K</w:t>
+      </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t>O</w:t>
-[...4 lines deleted...]
-      </w:r>
+        <w:t>ontrollera alltid respirationsstatus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="272558AF" w14:textId="6E5A773A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:keepNext w:val="0"/>
+        <w:rPr/>
+      </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
-        <w:t xml:space="preserve">tryck </w:t>
+        <w:t xml:space="preserve">OBS! </w:t>
+      </w:r>
+      <w:r w:rsidR="0D3ECDE0">
+        <w:rPr/>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t xml:space="preserve">alskt högt </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7BC5">
+        <w:rPr/>
+        <w:t>saturationsvärde</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="2B8AE13C" w14:textId="28780FA7">
-[...37 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="5EC7FA7A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
         <w:keepNext w:val="1"/>
-        <w:numPr>
-[...68 lines deleted...]
-        <w:keepNext w:val="1"/>
+        <w:spacing w:before="120" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>Drunkningstillbud/Dykolycksfall</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="38E11068" w14:textId="605735FC">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="38E11068" w14:textId="605735FC">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>PEEP 5 cm H</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="01A655F8">
         <w:rPr/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>tryck</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="2D3F49D0" w14:textId="2094413E">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="2D3F49D0" w14:textId="2094413E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="15A5E205">
         <w:rPr/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>es ingen förbättring eventuellt PEEP 7,5 cm H</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="20C0C842">
         <w:rPr/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>tryck</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="6FFF76D8" w14:textId="7E155BEF">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="6FFF76D8" w14:textId="7E155BEF">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="1FCB086F">
         <w:rPr/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>lltid 90 % O</w:t>
       </w:r>
-      <w:r w:rsidRPr="0C51ACF2" w:rsidR="001E7BC5">
+      <w:r w:rsidRPr="1DB0DB3F" w:rsidR="001E7BC5">
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0C51ACF2" w:rsidRDefault="001E7BC5" w14:paraId="46B54D5B" w14:textId="6B550A68">
-[...7 lines deleted...]
-        <w:ind/>
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="1DB0DB3F" w:rsidRDefault="001E7BC5" w14:paraId="46B54D5B" w14:textId="6B550A68">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidR="58DC741F">
         <w:rPr/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve">ontrollera </w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>saturation</w:t>
       </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>/respirationsstatus</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="6DC4C59A" w:rsidP="0D71B949" w:rsidRDefault="6DC4C59A" w14:paraId="661E3278" w14:textId="6514AA84">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:bidi w:val="0"/>
       </w:pPr>
       <w:r w:rsidR="6DC4C59A">
         <w:rPr/>
         <w:t>Observandum</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="354E945F" w14:textId="4CB6D05A">
+    <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="0D71B949" w:rsidRDefault="001E7BC5" w14:paraId="229ED3FC" w14:textId="3574A526">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
       </w:pPr>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve">Kontrollera alltid blodtryck, puls och </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>saturation</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t xml:space="preserve"> kontinuerligt (ca var 5:e min)</w:t>
       </w:r>
       <w:r w:rsidR="0B017528">
         <w:rPr/>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00FA5D6F">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="001E7BC5">
         <w:rPr/>
         <w:t>Lämna aldrig patienten ensam pga. aspirationsrisk!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001E7BC5" w:rsidR="001E7BC5" w:rsidP="001E7BC5" w:rsidRDefault="001E7BC5" w14:paraId="42372B5C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
@@ -1458,59 +1375,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="1EA21F12">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -1581,59 +1498,59 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
+          <w:pict w14:anchorId="46875BD6">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -4845,51 +4762,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -5278,174 +5195,188 @@
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA5D6F"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="016F1553"/>
     <w:rsid w:val="019FCDA6"/>
     <w:rsid w:val="01A655F8"/>
     <w:rsid w:val="01DC7D57"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="03BAE0A8"/>
     <w:rsid w:val="07017BA6"/>
     <w:rsid w:val="088423AA"/>
     <w:rsid w:val="089D4C07"/>
     <w:rsid w:val="09EF7CC2"/>
     <w:rsid w:val="0B017528"/>
+    <w:rsid w:val="0BBD1AC4"/>
     <w:rsid w:val="0C51ACF2"/>
     <w:rsid w:val="0CC8AFBC"/>
     <w:rsid w:val="0D3ECDE0"/>
     <w:rsid w:val="0D6AE583"/>
     <w:rsid w:val="0D71B949"/>
     <w:rsid w:val="0F959AF5"/>
     <w:rsid w:val="1090C4CF"/>
     <w:rsid w:val="10CECFA9"/>
     <w:rsid w:val="1565A686"/>
     <w:rsid w:val="1594EFB1"/>
     <w:rsid w:val="15A5E205"/>
     <w:rsid w:val="18BA9604"/>
     <w:rsid w:val="18C11E56"/>
     <w:rsid w:val="1D0B06BF"/>
+    <w:rsid w:val="1DB0DB3F"/>
     <w:rsid w:val="1EEAD0EC"/>
     <w:rsid w:val="1FCB086F"/>
     <w:rsid w:val="20C0C842"/>
     <w:rsid w:val="2106DA5C"/>
     <w:rsid w:val="214F7CA6"/>
     <w:rsid w:val="224D5B0D"/>
     <w:rsid w:val="2334ECAD"/>
     <w:rsid w:val="248D1738"/>
     <w:rsid w:val="24D0BD0E"/>
     <w:rsid w:val="2561852D"/>
+    <w:rsid w:val="29A84916"/>
     <w:rsid w:val="2AF65EEC"/>
+    <w:rsid w:val="2B2FE810"/>
     <w:rsid w:val="2E9E6AA7"/>
     <w:rsid w:val="30659832"/>
     <w:rsid w:val="30D903C6"/>
+    <w:rsid w:val="33BF133C"/>
     <w:rsid w:val="3425AB0D"/>
     <w:rsid w:val="35EF749D"/>
     <w:rsid w:val="37BE4522"/>
+    <w:rsid w:val="39896F0F"/>
+    <w:rsid w:val="40E5496B"/>
     <w:rsid w:val="4538E042"/>
     <w:rsid w:val="45F61C31"/>
     <w:rsid w:val="46AE0BE9"/>
     <w:rsid w:val="477B5D1F"/>
     <w:rsid w:val="4849DC4A"/>
     <w:rsid w:val="495C8916"/>
     <w:rsid w:val="4BFD4116"/>
+    <w:rsid w:val="4F4CE1AC"/>
     <w:rsid w:val="4F52E66D"/>
+    <w:rsid w:val="51003437"/>
     <w:rsid w:val="5180AD2D"/>
     <w:rsid w:val="5431BD8E"/>
     <w:rsid w:val="55DC882B"/>
     <w:rsid w:val="5778588C"/>
     <w:rsid w:val="57C64EAC"/>
     <w:rsid w:val="57E8877D"/>
     <w:rsid w:val="586BD289"/>
     <w:rsid w:val="58DC741F"/>
     <w:rsid w:val="5D4867C9"/>
     <w:rsid w:val="5DCC99EB"/>
+    <w:rsid w:val="5DD2DD4E"/>
     <w:rsid w:val="5EA90EB9"/>
     <w:rsid w:val="5F39CACB"/>
+    <w:rsid w:val="5FE678B3"/>
     <w:rsid w:val="60683328"/>
     <w:rsid w:val="6238BBC0"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="653BA44B"/>
+    <w:rsid w:val="6883D11E"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6DB41E34"/>
     <w:rsid w:val="6DC4C59A"/>
     <w:rsid w:val="6F7AF70F"/>
     <w:rsid w:val="7043B188"/>
     <w:rsid w:val="71BF4C7A"/>
+    <w:rsid w:val="72CC6AAC"/>
     <w:rsid w:val="735BE4BD"/>
     <w:rsid w:val="737B524A"/>
     <w:rsid w:val="751722AB"/>
     <w:rsid w:val="79D16B71"/>
     <w:rsid w:val="7FD344F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7903,74 +7834,73 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R16a55c76f05c44e7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R3f199db26d264a23" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:glossaryDocument xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{e41cb6a5-eec3-437a-9c9e-7fc633220ddb}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w14:paraId="5F846690">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F846690" wp14:textId="77777777">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t/>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
@@ -8350,31 +8280,31 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Dok_med_omslag_sd_red</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>CPAP-behandling</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Päivi Kyllönen</lastModifiedBy>
-  <revision>5</revision>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>