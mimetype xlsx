--- v0 (2025-11-13)
+++ v1 (2025-12-25)
@@ -1,224 +1,365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29420"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29602"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-mru-foretagsstod/Delade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2625" documentId="13_ncr:1_{52BE3072-CB03-4F5C-8778-5BBF5067E954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6AF02570-FA77-4C3E-94EF-6F4B77527AAF}"/>
+  <xr:revisionPtr revIDLastSave="2820" documentId="13_ncr:1_{52BE3072-CB03-4F5C-8778-5BBF5067E954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{484DC093-EDF0-4283-B43A-ED9962EDD878}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Blad1!$A$1:$G$505</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Blad1!$A$1:$G$527</definedName>
   </definedNames>
   <calcPr calcId="191028" iterate="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C82" i="1" l="1"/>
+  <c r="C104" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="504" uniqueCount="220">
   <si>
     <t>Beslut om företagsstöd Västra Götalandsregionen 2025</t>
   </si>
   <si>
     <t>Företagsnamn</t>
   </si>
   <si>
     <t>Stödets syfte</t>
   </si>
   <si>
     <t>Belopp, kr</t>
   </si>
   <si>
     <t>Stödtyp</t>
   </si>
   <si>
     <t>Kraftsamling/ Styrkeområde</t>
   </si>
   <si>
     <t>Delregion (kommun) där satsningen genomförs</t>
   </si>
   <si>
     <t>Dag för beslut</t>
   </si>
   <si>
+    <t>ELC livs AB</t>
+  </si>
+  <si>
+    <t>Investeringsstöd för kommersiell service</t>
+  </si>
+  <si>
+    <t>Kommersiell service</t>
+  </si>
+  <si>
+    <t>Knyta samman Västra Götaland</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Bengtsfors)</t>
+  </si>
+  <si>
+    <t>Gear Shift AB</t>
+  </si>
+  <si>
+    <t>Utveckling av digitalt verktyg som effektiviserar reparation och återbruk av arbetskläder.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Digitaliseringscheck </t>
+  </si>
+  <si>
+    <t>Stärka innovationskraften</t>
+  </si>
+  <si>
+    <t>Sjuhärad (Borås)</t>
+  </si>
+  <si>
+    <t>Artinova Speciality Papers AB</t>
+  </si>
+  <si>
+    <t>Kombinerad bestryknings- och tryckmaskin som möjliggör effektiv produktion av pappersmaterial med komposterbar barriär som ersätter plastbelagda alternativ.</t>
+  </si>
+  <si>
+    <t>Investeringsstöd</t>
+  </si>
+  <si>
+    <t>Hållbar industri</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Dals-Ed)</t>
+  </si>
+  <si>
+    <t>GALL ANALYTICAL AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ny mätteknik som gör det möjligt att i realtid övervaka alkaliska ämnen för processoptimering inom industrin. </t>
+  </si>
+  <si>
+    <t>Såddlån</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen</t>
+  </si>
+  <si>
+    <t>Amal House AH Production AB</t>
+  </si>
+  <si>
+    <t>Stöd för investering i filteranläggning för ökad produktionskapacitet och förbättrad arbetsmiljö.</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Åmål)</t>
+  </si>
+  <si>
+    <t>Emickers AB</t>
+  </si>
+  <si>
+    <t>Utveckling av batterifria IoT-lösningar genom ambient backscatter-teknik</t>
+  </si>
+  <si>
+    <t>Zerapeutics AB</t>
+  </si>
+  <si>
+    <t>Utvecklingen av målsökande läkemedelskandidat mot metastaserande cancer.</t>
+  </si>
+  <si>
+    <t>Hälsa och Life Science</t>
+  </si>
+  <si>
+    <t>Pulskontroll i Bovallstrand Aktiebolag</t>
+  </si>
+  <si>
+    <t>Digitalisering och automatisering av administrativa och produktionsnära processer för bättre kvalitet, spårbarhet och leveranssäkerhet</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Sotenäs)</t>
+  </si>
+  <si>
+    <t>Paliscope AB</t>
+  </si>
+  <si>
+    <t>Go-To-Market-strategi och marknadsundersökningar i samband med lansering av en ny produkt på nya marknader</t>
+  </si>
+  <si>
+    <t>Internationaliseringscheck</t>
+  </si>
+  <si>
+    <t>GreenTech Recycling Tires Sweden AB</t>
+  </si>
+  <si>
+    <t>Utveckling av partner- och marknadsstrategier samt tekniska förstudier inför etablering av återvinningsanläggning.</t>
+  </si>
+  <si>
+    <t>Hållbarhetscheck</t>
+  </si>
+  <si>
+    <t>Tony Lego Montage AB</t>
+  </si>
+  <si>
+    <t>Investering i CNCfräs för ökad precision och kapacitet</t>
+  </si>
+  <si>
+    <t>TReqs Technologies AB</t>
+  </si>
+  <si>
+    <t>Utveckling av integrerade verktyg för kravhantering och regelefterlevnad, för effektiv och säker mjukvaruutveckling i hårt reglerade industrier</t>
+  </si>
+  <si>
+    <t>WAAMLABZ AB</t>
+  </si>
+  <si>
+    <t>Digitala tillverkningsrecept för svetsbaserad 3D-printing (WAAM) av metallkomponenter.</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Trollhättan)</t>
+  </si>
+  <si>
+    <t>Rallarsving Kommunikation AB</t>
+  </si>
+  <si>
+    <t>Marknadsundersökning och strategi för internationalisering</t>
+  </si>
+  <si>
+    <t>Msund Livs AB</t>
+  </si>
+  <si>
+    <t>Driftsstöd till dagligvarubutik</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Orust)</t>
+  </si>
+  <si>
+    <t>Ahlstedts Livs AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Tjörn)</t>
+  </si>
+  <si>
+    <t>Bioelectrix Sweden AB</t>
+  </si>
+  <si>
+    <t>Test och fortsatt utveckling av bioelektroniska sårförband</t>
+  </si>
+  <si>
+    <t>Hagströms Lanthandel AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Lerum)</t>
+  </si>
+  <si>
+    <t>Arkeon Technologies AB</t>
+  </si>
+  <si>
+    <t>Teknik för kalibrering och optimering av kvantchip för att förbättra prestanda och skalbarhet i kvantdatorer</t>
+  </si>
+  <si>
+    <t>Vyse tech AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pilot och certifiering av innovativ vattenvärmare för smartare och mer hållbar energiförbrukning </t>
+  </si>
+  <si>
+    <t>Polarity Health AB</t>
+  </si>
+  <si>
+    <t>Digital hälsoinnovation för att minska suicid, psykiskt lidande och samhällskostnader vid bipolär sjukdom</t>
+  </si>
+  <si>
+    <t>NjordFeed AB</t>
+  </si>
+  <si>
+    <t>Automatiserat labb för foderoptimering inom precisionsjordbruk, för resurseffektiv, hållbar och lönsam foderproduktion</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Ale)</t>
+  </si>
+  <si>
     <t>Ellenability AB</t>
   </si>
   <si>
     <t>Strategi för internationalisering av rådgivningstjänst inom textilsektorn</t>
   </si>
   <si>
-    <t>Internationaliseringscheck</t>
-[...7 lines deleted...]
-  <si>
     <t>ConScience AB</t>
   </si>
   <si>
     <t>Digitalisering och samordning av kund,- projekt och ekonomiprocesser för skalbarhet och tillväxt</t>
   </si>
   <si>
-    <t xml:space="preserve">Digitaliseringscheck </t>
-[...7 lines deleted...]
-  <si>
     <t>Resöboden AB</t>
   </si>
   <si>
-    <t>Investeringsstöd för kommersiell service</t>
-[...7 lines deleted...]
-  <si>
     <t>Fyrbodal (Tanum)</t>
   </si>
   <si>
     <t>AM Arkitektur &amp; Projektering AB</t>
   </si>
   <si>
     <t>Investering för insamling och bearbetning av 3D-data för effektivisering av arbetsprocesser och breddat kunderbjudande</t>
   </si>
   <si>
-    <t>Investeringsstöd</t>
-[...4 lines deleted...]
-  <si>
     <t>Energy Node AB</t>
   </si>
   <si>
     <t>Utveckling av material för säkrare och mer hållbara batterier och energisystem</t>
   </si>
   <si>
-    <t>Såddlån</t>
-[...1 lines deleted...]
-  <si>
     <t>Vehtec AB</t>
   </si>
   <si>
     <t xml:space="preserve">Utveckling av lättviktsvärmepump med naturliga köldmedier </t>
   </si>
   <si>
-    <t>Hållbarhetscheck</t>
-[...1 lines deleted...]
-  <si>
     <t>Framtidens mobilitet</t>
   </si>
   <si>
     <t>Cul i Tun AB</t>
   </si>
   <si>
     <t>Skaraborg (Vara)</t>
   </si>
   <si>
     <t>Gabrielssons i Ljurhalla AB</t>
   </si>
   <si>
-    <t>Driftsstöd till dagligvarubutik</t>
-[...1 lines deleted...]
-  <si>
     <t>Sjuhärad (Vårgårda)</t>
   </si>
   <si>
     <t>DTVNor AB</t>
   </si>
   <si>
-    <t>Fyrbodal (Orust)</t>
-[...1 lines deleted...]
-  <si>
     <t>RTG Ed AB</t>
   </si>
   <si>
     <t>Investering i serviceanläggning för egna fordon, för ökad effektivitet och minskade transporter.</t>
   </si>
   <si>
-    <t>Fyrbodal (Dals-Ed)</t>
-[...1 lines deleted...]
-  <si>
     <t>Planter Norden AB</t>
   </si>
   <si>
     <t>Utveckling av digital matris för ekosystemtjänster som hjälper företag att fatta informerade beslut kring biologisk mångfald</t>
   </si>
   <si>
     <t>Sjuhärad (Svenljunga)</t>
   </si>
   <si>
     <t>Eliasson &amp; Lundgren Aktiebolag</t>
   </si>
   <si>
     <t>Utvecklingsprojekt för spårbarhet i leverantörskedjan inför införande av digitala produktpass</t>
   </si>
   <si>
     <t>InfiniNode Technologies AB</t>
   </si>
   <si>
     <t>Utveckling av IP-lösningar för effektivisering av dataöverföring och lagring i avancerade datorsystem.</t>
   </si>
   <si>
     <t>Thalamind AB</t>
   </si>
   <si>
     <t>Utveckling av agentiskt AI-system för lokal och säker databehandling</t>
@@ -298,65 +439,59 @@
   <si>
     <t>Sjuhärad (Herrljunga)</t>
   </si>
   <si>
     <t>DREV AB</t>
   </si>
   <si>
     <t>Säker mikropartikelkontroll och materialåtervinning för batteri- och återvinningsindustrin</t>
   </si>
   <si>
     <t>Göteborgsregionen (Härryda)</t>
   </si>
   <si>
     <t>El Supply i Ed Aktiebolag</t>
   </si>
   <si>
     <t>Maskininvestering för egen tillverkning av ny produkt, för ökad hållbarhet, minskade transporter och fler arbetstillfällen.</t>
   </si>
   <si>
     <t>Regxit Tech AB</t>
   </si>
   <si>
     <t>Utveckling av AI-tjänst som stöttar medicintekniska företag att uppfylla regulatoriska krav</t>
   </si>
   <si>
-    <t>Hälsa och Life Science</t>
-[...1 lines deleted...]
-  <si>
     <t>Gustavsfors Handel AB</t>
   </si>
   <si>
     <t>Parsteel AB</t>
   </si>
   <si>
     <t>Maskininvestering som möjliggör bredare produktsortiment samt förbättrad arbetsmiljö</t>
   </si>
   <si>
-    <t>Fyrbodal (Åmål)</t>
-[...1 lines deleted...]
-  <si>
     <t>Aventix AB</t>
   </si>
   <si>
     <t xml:space="preserve">Utveckling av banbrytande teknik för exakt volymmätning inom life science </t>
   </si>
   <si>
     <t>Oz Music Technologies AB</t>
   </si>
   <si>
     <t xml:space="preserve">Utveckling av virtuell gitarrförstärkare i form av en insticksmodul </t>
   </si>
   <si>
     <t>Besöksnäring samt kulturella och kreativa näringar</t>
   </si>
   <si>
     <t>Miljögiraff AB</t>
   </si>
   <si>
     <t>Digital plattform för kundanpassade klimatberäkningsverktyg</t>
   </si>
   <si>
     <t>Njord International AB</t>
   </si>
   <si>
     <t xml:space="preserve">Utveckling av ny metod för desinfektion och en mer hållbar och cirkulär medicinteknisk produkt </t>
@@ -364,53 +499,50 @@
   <si>
     <t>Eva Eriksson Design AB</t>
   </si>
   <si>
     <t xml:space="preserve">Produktutveckling av akustiktassar för minskad miljöpåverkan genom nya materialval, alternativ design och ökad återanvändning. </t>
   </si>
   <si>
     <t>TraSte Handel AB</t>
   </si>
   <si>
     <t>Skaraborg (Falköping)</t>
   </si>
   <si>
     <t>Scandinavian Centriair AB</t>
   </si>
   <si>
     <t>Förstudie för ökad digitalisering och automation inom industriell luftrening</t>
   </si>
   <si>
     <t>Göteborgsregionen (Partille)</t>
   </si>
   <si>
     <t>Klädesholmens Livs AB</t>
   </si>
   <si>
-    <t>Göteborgsregionen (Tjörn)</t>
-[...1 lines deleted...]
-  <si>
     <t>VILDMARK OUTDOORS SWEDEN AB</t>
   </si>
   <si>
     <t>Utveckling av autonom funktion till eldriven fyrhjuling</t>
   </si>
   <si>
     <t>24rental Mitt AB</t>
   </si>
   <si>
     <t>IDAT AB</t>
   </si>
   <si>
     <t>Fyrbodal (Strömstad)</t>
   </si>
   <si>
     <t>ÄLEKULLA SAMHÄLLSFÖRENING</t>
   </si>
   <si>
     <t>Lyrestads Gjuteri AB</t>
   </si>
   <si>
     <t>Utveckling av innovativ och hållbar ytbehandling för gjutjärnspannor</t>
   </si>
   <si>
     <t>Skaraborg (Mariestad)</t>
@@ -505,63 +637,57 @@
   <si>
     <t>Tolkabro Speceri- &amp; Div.affär HB</t>
   </si>
   <si>
     <t>Sjuhärad (Ulricehamn)</t>
   </si>
   <si>
     <t>Tvärreds Livs Handelsbolag</t>
   </si>
   <si>
     <t>Handlarn Öxabäck</t>
   </si>
   <si>
     <t>For Real Foods Nordic AB</t>
   </si>
   <si>
     <t>Internationaliserings- och produktionssatsning av hälsosamma livsmedel</t>
   </si>
   <si>
     <t>Klevs Gård Bovallstrand AB</t>
   </si>
   <si>
     <t>Grönt bioraffinaderi för hållbar produktion av proteinfoder och bioenergi från lantbruket</t>
   </si>
   <si>
-    <t>Fyrbodal (Sotenäs)</t>
-[...1 lines deleted...]
-  <si>
     <t>Affären i Tun AB</t>
   </si>
   <si>
     <t>Grewbik AB</t>
   </si>
   <si>
     <t>Utveckling av modulär/teleskopisk barncykel</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fyrbodal (Trollhättan)</t>
   </si>
   <si>
     <t>Elevyo Health AB</t>
   </si>
   <si>
     <t>Utveckla plattform för hälsoanalys med evidensbaserad metodik</t>
   </si>
   <si>
     <t>Karins döttrar Väv- och Konsthantverkskooperativ Ek. för.</t>
   </si>
   <si>
     <t>Strategi för digitala processer och kunskapsplattform</t>
   </si>
   <si>
     <t>Öka inkluderingen</t>
   </si>
   <si>
     <t>Herrljunga Terrazzo Aktiebolag</t>
   </si>
   <si>
     <t>Framtagning av nya bindemedel för terrazzobetong med lägre klimatavtryck</t>
   </si>
   <si>
     <t>Kalv-gruppen Kommanditbolag</t>
   </si>
@@ -1056,3638 +1182,4144 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G505"/>
+  <dimension ref="A1:G527"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C7" sqref="C3:C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="31.42578125" customWidth="1"/>
     <col min="2" max="2" width="78.7109375" customWidth="1"/>
     <col min="3" max="3" width="12" style="16" customWidth="1"/>
     <col min="4" max="4" width="23" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.85546875" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" customWidth="1"/>
     <col min="7" max="7" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="47.25" customHeight="1">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
     </row>
     <row r="2" spans="1:7" ht="75" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="3" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C3" s="23"/>
       <c r="F3" s="6"/>
     </row>
     <row r="4" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="23">
-        <v>50000</v>
+        <v>1500000</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="15">
-        <v>45952</v>
+        <v>46001</v>
       </c>
     </row>
     <row r="5" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="23">
-        <v>250000</v>
+        <v>150000</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="15">
-        <v>45951</v>
+        <v>46000</v>
       </c>
     </row>
     <row r="6" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="23">
-        <v>282000</v>
+        <v>175000</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="15">
-        <v>45951</v>
+        <v>45996</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A7" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="23">
-        <v>70000</v>
+        <v>495040</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="15">
-        <v>45951</v>
+        <v>45994</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="23">
-        <v>600000</v>
+        <v>595000</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...9 lines deleted...]
-    <row r="9" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="G8" s="15">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="23">
-        <v>400000</v>
+        <v>260000</v>
       </c>
       <c r="D9" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G9" s="15">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="E9" s="5" t="s">
+      <c r="B10" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="F9" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A10" s="5" t="s">
+      <c r="C10" s="23">
+        <v>657000</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B10" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" s="15">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A11" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="G10" s="27">
-[...4 lines deleted...]
-      <c r="A11" s="5" t="s">
+      <c r="B11" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="23">
-        <v>108285</v>
+        <v>250000</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" s="15">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A12" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="G11" s="27">
-[...4 lines deleted...]
-      <c r="A12" s="5" t="s">
+      <c r="B12" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="23">
-        <v>43201</v>
+        <v>168750</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>26</v>
+      </c>
+      <c r="G12" s="15">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A13" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="23">
-        <v>253000</v>
+        <v>280000</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>29</v>
+      </c>
+      <c r="G13" s="15">
+        <v>45968</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A14" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="23">
-        <v>50000</v>
+        <v>122500</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F14" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G14" s="15">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A15" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="G14" s="27">
-[...4 lines deleted...]
-      <c r="A15" s="5" t="s">
+      <c r="B15" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="B15" s="5" t="s">
+      <c r="C15" s="23">
+        <v>518000</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="15">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A16" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="C15" s="23">
-[...16 lines deleted...]
-      <c r="A16" s="5" t="s">
+      <c r="B16" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B16" s="5" t="s">
+      <c r="C16" s="23">
+        <v>700000</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C16" s="23">
-[...15 lines deleted...]
-    <row r="17" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="G16" s="15">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A17" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="23">
-        <v>390000</v>
+        <v>163000</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>26</v>
+      </c>
+      <c r="G17" s="15">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A18" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="23">
-        <v>700000</v>
+        <v>264473</v>
       </c>
       <c r="D18" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="E18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="6" t="s">
+      <c r="G18" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A19" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="G18" s="27">
-[...4 lines deleted...]
-      <c r="A19" s="5" t="s">
+      <c r="B19" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="23">
+        <v>184897</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B19" s="5" t="s">
+      <c r="G19" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A20" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="C19" s="23">
-[...5 lines deleted...]
-      <c r="E19" s="5" t="s">
+      <c r="B20" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="C20" s="23">
+        <v>607126</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G20" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A21" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="G19" s="27">
-[...10 lines deleted...]
-      <c r="C20" s="23">
+      <c r="B21" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="23">
         <v>350000</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D21" s="5" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>61</v>
+      </c>
+      <c r="G21" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A22" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="C22" s="23">
-        <v>306132</v>
+        <v>578000</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F22" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G22" s="15">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A23" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B23" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="G22" s="27">
-[...4 lines deleted...]
-      <c r="A23" s="5" t="s">
+      <c r="C23" s="23">
+        <v>506000</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G23" s="15">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A24" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="B23" s="5" t="s">
+      <c r="B24" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="23">
-[...8 lines deleted...]
-      <c r="F23" s="6" t="s">
+      <c r="C24" s="23">
+        <v>585000</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G24" s="15">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A25" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="23">
+        <v>515000</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="G25" s="15">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A26" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="23">
+        <v>50000</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F26" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G23" s="27">
-[...53 lines deleted...]
-      <c r="B26" s="5" t="s">
+      <c r="G26" s="15">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A27" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="C26" s="23">
-[...8 lines deleted...]
-      <c r="F26" s="6" t="s">
+      <c r="B27" s="5" t="s">
         <v>74</v>
-      </c>
-[...9 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C27" s="23">
         <v>250000</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G27" s="15">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A28" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="23">
+        <v>282000</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F27" s="6" t="s">
+      <c r="F28" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="G28" s="15">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A29" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="G27" s="27">
-[...4 lines deleted...]
-      <c r="A28" s="5" t="s">
+      <c r="B29" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B28" s="5" t="s">
+      <c r="C29" s="23">
+        <v>70000</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" s="15">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A30" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="C28" s="23">
+      <c r="B30" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" s="23">
+        <v>600000</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G30" s="27">
+        <v>45950</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A31" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" s="23">
         <v>400000</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...28 lines deleted...]
-      <c r="F29" s="6" t="s">
+      <c r="D31" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="G29" s="27">
-[...4 lines deleted...]
-      <c r="A30" s="5" t="s">
+      <c r="E31" s="5" t="s">
         <v>83</v>
-      </c>
-[...33 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="G31" s="27">
-        <v>45834</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45950</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A32" s="5" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="C32" s="23">
-        <v>512000</v>
+        <v>1091133</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="G32" s="27">
+        <v>45950</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A33" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C33" s="23">
+        <v>108285</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="G33" s="27">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A34" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C34" s="23">
+        <v>43201</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" s="27">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A35" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="G32" s="27">
-[...4 lines deleted...]
-      <c r="A33" s="5" t="s">
+      <c r="B35" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="C35" s="23">
-        <v>230000</v>
+        <v>253000</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G35" s="27">
-        <v>45832</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A36" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="23">
+        <v>50000</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="G36" s="27">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A37" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="C37" s="23">
+        <v>91000</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G37" s="27">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A38" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B38" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="B36" s="5" t="s">
+      <c r="C38" s="23">
+        <v>650000</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G38" s="27">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A39" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="C36" s="23">
-[...16 lines deleted...]
-      <c r="A37" s="5" t="s">
+      <c r="B39" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="B37" s="5" t="s">
+      <c r="C39" s="23">
+        <v>390000</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G39" s="27">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A40" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="C37" s="23">
-[...16 lines deleted...]
-      <c r="A38" s="22" t="s">
+      <c r="B40" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F38" s="6" t="s">
+      <c r="C40" s="23">
+        <v>700000</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>102</v>
-      </c>
-[...38 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F40" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G40" s="27">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A41" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C41" s="23">
+        <v>700000</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="F41" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="G40" s="27">
-[...4 lines deleted...]
-      <c r="A41" s="5" t="s">
+      <c r="G41" s="27">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A42" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="B41" s="5" t="s">
+      <c r="B42" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C42" s="23">
+        <v>350000</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="G42" s="27">
+        <v>45897</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A43" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="C41" s="23">
-[...5 lines deleted...]
-      <c r="E41" s="5" t="s">
+      <c r="B43" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="23">
+        <v>205763</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G43" s="27">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A44" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C44" s="23">
+        <v>306132</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F41" s="6" t="s">
-[...45 lines deleted...]
-      <c r="F43" s="6" t="s">
+      <c r="F44" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="G43" s="27">
-[...4 lines deleted...]
-      <c r="A44" s="5" t="s">
+      <c r="G44" s="27">
+        <v>45894</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A45" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...19 lines deleted...]
-      <c r="A45" s="5" t="s">
+      <c r="B45" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="B45" s="5" t="s">
+      <c r="C45" s="23">
+        <v>46400</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G45" s="27">
+        <v>45889</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A46" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="C45" s="23">
-[...8 lines deleted...]
-      <c r="F45" s="5" t="s">
+      <c r="B46" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="G45" s="27">
-[...4 lines deleted...]
-      <c r="A46" s="5" t="s">
+      <c r="C46" s="23">
+        <v>500000</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G46" s="27">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A47" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...19 lines deleted...]
-      <c r="A47" s="5" t="s">
+      <c r="B47" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="23">
-        <v>507000</v>
+        <v>400000</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G47" s="27">
-        <v>45797</v>
-[...3 lines deleted...]
-      <c r="A48" s="6" t="s">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A48" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B48" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B48" s="6" t="s">
+      <c r="C48" s="23">
+        <v>700000</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F48" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="C48" s="23">
-[...10 lines deleted...]
-      </c>
       <c r="G48" s="27">
-        <v>45791</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A49" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="C49" s="23">
-        <v>350000</v>
+        <v>250000</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>43</v>
+        <v>124</v>
       </c>
       <c r="G49" s="27">
-        <v>45789</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A50" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="C50" s="23">
-        <v>350000</v>
+        <v>400000</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G50" s="27">
-        <v>45782</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A51" s="5" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="C51" s="23">
-        <v>350000</v>
+        <v>1395020</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G51" s="27">
-        <v>45772</v>
-[...4 lines deleted...]
-        <v>125</v>
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A52" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="C52" s="23">
-        <v>314107</v>
+        <v>500500</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="G52" s="27">
-        <v>45769</v>
-[...7 lines deleted...]
-        <v>127</v>
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A53" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="C53" s="23">
-        <v>250250</v>
+        <v>1067444</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="27">
-        <v>45763</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A54" s="5" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>133</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>134</v>
       </c>
       <c r="C54" s="23">
-        <v>191250</v>
+        <v>512000</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
       <c r="G54" s="27">
-        <v>45762</v>
-[...7 lines deleted...]
-        <v>131</v>
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A55" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="C55" s="23">
-        <v>867630</v>
+        <v>600000</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="G55" s="27">
-        <v>45758</v>
-[...7 lines deleted...]
-        <v>133</v>
+        <v>45833</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A56" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="C56" s="23">
-        <v>68900</v>
+        <v>260000</v>
       </c>
       <c r="D56" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G56" s="27">
+        <v>45832</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A57" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C57" s="23">
+        <v>230000</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>15</v>
-      </c>
-[...21 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="G57" s="27">
-        <v>45756</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45832</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A58" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C58" s="23">
-        <v>647400</v>
+        <v>435000</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>137</v>
+        <v>26</v>
       </c>
       <c r="G58" s="27">
-        <v>45749</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45831</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A59" s="5" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
       <c r="C59" s="23">
-        <v>350000</v>
+        <v>187645</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>139</v>
+        <v>26</v>
       </c>
       <c r="G59" s="27">
-        <v>45749</v>
-[...7 lines deleted...]
-        <v>141</v>
+        <v>45825</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A60" s="22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="C60" s="23">
-        <v>108506</v>
+        <v>106875</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>12</v>
+        <v>147</v>
       </c>
       <c r="G60" s="27">
-        <v>45748</v>
-[...7 lines deleted...]
-        <v>143</v>
+        <v>45825</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A61" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>149</v>
       </c>
       <c r="C61" s="23">
-        <v>132875</v>
+        <v>165000</v>
       </c>
       <c r="D61" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="G61" s="27">
+        <v>45821</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A62" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C62" s="23">
+        <v>350000</v>
+      </c>
+      <c r="D62" s="5" t="s">
         <v>10</v>
-      </c>
-[...21 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="G62" s="27">
-        <v>45744</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45820</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A63" s="5" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>37</v>
+        <v>153</v>
       </c>
       <c r="C63" s="23">
-        <v>124231</v>
+        <v>287257</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G63" s="27">
-        <v>45735</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45816</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A64" s="5" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="C64" s="23">
-        <v>167907</v>
+        <v>45326</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>147</v>
+        <v>29</v>
       </c>
       <c r="G64" s="27">
-        <v>45730</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45811</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A65" s="5" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="C65" s="23">
-        <v>146977</v>
+        <v>544682</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>56</v>
+        <v>156</v>
       </c>
       <c r="G65" s="27">
-        <v>45730</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A66" s="5" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>151</v>
+        <v>54</v>
       </c>
       <c r="C66" s="23">
-        <v>208150</v>
+        <v>88642</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="E66" s="6" t="s">
-        <v>59</v>
+      <c r="E66" s="5" t="s">
+        <v>11</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="G66" s="27">
-        <v>45722</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45805</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A67" s="5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C67" s="23">
         <v>700000</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>154</v>
+        <v>102</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>160</v>
       </c>
       <c r="G67" s="27">
-        <v>45721</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A68" s="5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="C68" s="23">
         <v>350000</v>
       </c>
       <c r="D68" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G68" s="27">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A69" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="C69" s="23">
+        <v>507000</v>
+      </c>
+      <c r="D69" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="E68" s="6" t="s">
+      <c r="E69" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="F68" s="6" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F69" s="6" t="s">
-        <v>158</v>
+        <v>76</v>
       </c>
       <c r="G69" s="27">
-        <v>45719</v>
-[...7 lines deleted...]
-        <v>37</v>
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A70" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>165</v>
       </c>
       <c r="C70" s="23">
-        <v>350000</v>
+        <v>412650</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="G70" s="27">
-        <v>45719</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A71" s="5" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>160</v>
+        <v>54</v>
       </c>
       <c r="C71" s="23">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>137</v>
+        <v>22</v>
       </c>
       <c r="G71" s="27">
+        <v>45789</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A72" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C72" s="23">
+        <v>350000</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="G72" s="27">
+        <v>45782</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A73" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C73" s="23">
+        <v>350000</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="G73" s="27">
+        <v>45772</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A74" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C74" s="23">
+        <v>314107</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="G74" s="27">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A75" s="22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B75" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C75" s="23">
+        <v>250250</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="27">
+        <v>45763</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A76" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="C76" s="23">
+        <v>191250</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="G76" s="27">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A77" s="22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B77" s="26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C77" s="23">
+        <v>867630</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G77" s="27">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A78" s="22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B78" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C78" s="23">
+        <v>68900</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G78" s="27">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A79" s="26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" s="23">
+        <v>567981</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="G79" s="27">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A80" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="C80" s="23">
+        <v>647400</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="G80" s="27">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A81" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C81" s="23">
+        <v>350000</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="G81" s="27">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A82" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="C82" s="23">
+        <v>108506</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="27">
+        <v>45748</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A83" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="B83" s="22" t="s">
+        <v>187</v>
+      </c>
+      <c r="C83" s="23">
+        <v>132875</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="G83" s="27">
+        <v>45744</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A84" s="22" t="s">
+        <v>188</v>
+      </c>
+      <c r="B84" s="22" t="s">
+        <v>189</v>
+      </c>
+      <c r="C84" s="23">
+        <v>650000</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="G84" s="27">
+        <v>45744</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A85" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C85" s="23">
+        <v>124231</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="G85" s="27">
+        <v>45735</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A86" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C86" s="23">
+        <v>167907</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="G86" s="27">
+        <v>45730</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A87" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C87" s="23">
+        <v>146977</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G87" s="27">
+        <v>45730</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A88" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="C88" s="23">
+        <v>208150</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" s="27">
+        <v>45722</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A89" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="C89" s="23">
+        <v>700000</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G89" s="27">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A90" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C90" s="23">
+        <v>350000</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="G90" s="27">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A91" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="C91" s="23">
+        <v>300950</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G91" s="27">
+        <v>45719</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A92" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C92" s="23">
+        <v>350000</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" s="27">
+        <v>45719</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A93" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="C93" s="23">
+        <v>400000</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="G93" s="27">
         <v>45716</v>
       </c>
     </row>
-    <row r="72" spans="1:7" s="5" customFormat="1" ht="13.5">
-[...6 lines deleted...]
-      <c r="C72" s="23">
+    <row r="94" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A94" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" s="23">
         <v>160149</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="5" t="s">
+      <c r="D94" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="G94" s="27">
+        <v>45715</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="27.6">
+      <c r="A95" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C95" s="23">
+        <v>80000</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="G95" s="27">
+        <v>45715</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A96" s="22" t="s">
+        <v>206</v>
+      </c>
+      <c r="B96" s="22" t="s">
+        <v>207</v>
+      </c>
+      <c r="C96" s="23">
+        <v>700000</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E96" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="F72" s="6" t="s">
-[...42 lines deleted...]
-      <c r="E74" s="5" t="s">
+      <c r="F96" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="G96" s="27">
+        <v>45714</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="27.6">
+      <c r="A97" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="B97" s="22" t="s">
+        <v>54</v>
+      </c>
+      <c r="C97" s="23">
+        <v>270010</v>
+      </c>
+      <c r="D97" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="G97" s="27">
+        <v>45714</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A98" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="B98" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" s="23">
+        <v>1095000</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G98" s="27">
+        <v>45713</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A99" s="22" t="s">
+        <v>210</v>
+      </c>
+      <c r="B99" s="25" t="s">
+        <v>211</v>
+      </c>
+      <c r="C99" s="23">
+        <v>312000</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E99" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="F74" s="6" t="s">
-[...71 lines deleted...]
-      <c r="G77" s="27">
+      <c r="F99" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="G99" s="27">
         <v>45702</v>
       </c>
     </row>
-    <row r="78" spans="1:7" s="5" customFormat="1" ht="27">
-[...6 lines deleted...]
-      <c r="C78" s="23">
+    <row r="100" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A100" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="C100" s="23">
         <v>552500</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="27">
+      <c r="D100" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="G100" s="27">
         <v>45702</v>
       </c>
     </row>
-    <row r="79" spans="1:7" ht="27">
-[...6 lines deleted...]
-      <c r="C79" s="23">
+    <row r="101" spans="1:7" ht="27.6">
+      <c r="A101" s="22" t="s">
+        <v>215</v>
+      </c>
+      <c r="B101" s="22" t="s">
+        <v>216</v>
+      </c>
+      <c r="C101" s="23">
         <v>448500</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="27">
+      <c r="D101" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="G101" s="27">
         <v>45694</v>
       </c>
     </row>
-    <row r="80" spans="1:7" s="19" customFormat="1" ht="27">
-[...6 lines deleted...]
-      <c r="C80" s="20">
+    <row r="102" spans="1:7" s="19" customFormat="1" ht="27.6">
+      <c r="A102" s="22" t="s">
+        <v>217</v>
+      </c>
+      <c r="B102" s="22" t="s">
+        <v>218</v>
+      </c>
+      <c r="C102" s="20">
         <v>31000</v>
       </c>
-      <c r="D80" s="21" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="28">
+      <c r="D102" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="E102" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="G102" s="28">
         <v>45679</v>
       </c>
     </row>
-    <row r="81" spans="1:7" s="5" customFormat="1" ht="12.75">
-[...131 lines deleted...]
-    <row r="103" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="103" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A103" s="7"/>
       <c r="C103" s="17"/>
       <c r="F103" s="6"/>
       <c r="G103" s="15"/>
     </row>
-    <row r="104" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="C104" s="17"/>
+    <row r="104" spans="1:7" ht="14.45">
+      <c r="A104" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="B104" s="5"/>
+      <c r="C104" s="24">
+        <f>SUM(C3:C102)</f>
+        <v>38853014</v>
+      </c>
+      <c r="D104" s="5"/>
+      <c r="E104" s="5"/>
       <c r="F104" s="6"/>
       <c r="G104" s="15"/>
     </row>
-    <row r="105" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="105" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A105" s="9"/>
+      <c r="B105" s="9"/>
       <c r="C105" s="17"/>
       <c r="F105" s="6"/>
       <c r="G105" s="15"/>
     </row>
-    <row r="106" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="106" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A106" s="9"/>
+      <c r="B106" s="10"/>
       <c r="C106" s="17"/>
       <c r="F106" s="6"/>
       <c r="G106" s="15"/>
     </row>
-    <row r="107" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="107" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A107" s="11"/>
       <c r="C107" s="17"/>
       <c r="F107" s="6"/>
       <c r="G107" s="15"/>
     </row>
-    <row r="108" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="108" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C108" s="17"/>
       <c r="F108" s="6"/>
       <c r="G108" s="15"/>
     </row>
-    <row r="109" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="109" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C109" s="17"/>
       <c r="F109" s="6"/>
       <c r="G109" s="15"/>
     </row>
-    <row r="110" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="110" spans="1:7" ht="14.45">
+      <c r="A110" s="5"/>
+      <c r="B110" s="5"/>
       <c r="C110" s="17"/>
+      <c r="D110" s="5"/>
+      <c r="E110" s="5"/>
       <c r="F110" s="6"/>
       <c r="G110" s="15"/>
     </row>
-    <row r="111" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="111" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C111" s="17"/>
       <c r="F111" s="6"/>
       <c r="G111" s="15"/>
     </row>
-    <row r="112" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="112" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C112" s="17"/>
       <c r="F112" s="6"/>
       <c r="G112" s="15"/>
     </row>
-    <row r="113" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="113" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C113" s="17"/>
       <c r="F113" s="6"/>
       <c r="G113" s="15"/>
     </row>
-    <row r="114" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="114" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C114" s="17"/>
       <c r="F114" s="6"/>
       <c r="G114" s="15"/>
     </row>
-    <row r="115" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="115" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C115" s="17"/>
       <c r="F115" s="6"/>
       <c r="G115" s="15"/>
     </row>
-    <row r="116" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="116" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A116" s="7"/>
       <c r="C116" s="17"/>
       <c r="F116" s="6"/>
       <c r="G116" s="15"/>
     </row>
-    <row r="117" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="117" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C117" s="17"/>
       <c r="F117" s="6"/>
       <c r="G117" s="15"/>
     </row>
-    <row r="118" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="118" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C118" s="17"/>
       <c r="F118" s="6"/>
       <c r="G118" s="15"/>
     </row>
-    <row r="119" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="119" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C119" s="17"/>
       <c r="F119" s="6"/>
       <c r="G119" s="15"/>
     </row>
-    <row r="120" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="120" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A120" s="7"/>
       <c r="C120" s="17"/>
       <c r="F120" s="6"/>
       <c r="G120" s="15"/>
     </row>
-    <row r="121" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="121" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C121" s="17"/>
       <c r="F121" s="6"/>
       <c r="G121" s="15"/>
     </row>
-    <row r="122" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="122" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A122" s="7"/>
       <c r="C122" s="17"/>
       <c r="F122" s="6"/>
       <c r="G122" s="15"/>
     </row>
-    <row r="123" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="123" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C123" s="17"/>
       <c r="F123" s="6"/>
       <c r="G123" s="15"/>
     </row>
-    <row r="124" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="124" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C124" s="17"/>
       <c r="F124" s="6"/>
       <c r="G124" s="15"/>
     </row>
-    <row r="125" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="125" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C125" s="17"/>
       <c r="F125" s="6"/>
       <c r="G125" s="15"/>
     </row>
-    <row r="126" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="126" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C126" s="17"/>
       <c r="F126" s="6"/>
       <c r="G126" s="15"/>
     </row>
-    <row r="127" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="127" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C127" s="17"/>
       <c r="F127" s="6"/>
       <c r="G127" s="15"/>
     </row>
-    <row r="128" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="128" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C128" s="17"/>
       <c r="F128" s="6"/>
       <c r="G128" s="15"/>
     </row>
-    <row r="129" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="129" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C129" s="17"/>
       <c r="F129" s="6"/>
       <c r="G129" s="15"/>
     </row>
-    <row r="130" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="130" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C130" s="17"/>
       <c r="F130" s="6"/>
       <c r="G130" s="15"/>
     </row>
-    <row r="131" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="131" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C131" s="17"/>
       <c r="F131" s="6"/>
       <c r="G131" s="15"/>
     </row>
-    <row r="132" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="132" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C132" s="17"/>
       <c r="F132" s="6"/>
       <c r="G132" s="15"/>
     </row>
-    <row r="133" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="133" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C133" s="17"/>
       <c r="F133" s="6"/>
       <c r="G133" s="15"/>
     </row>
-    <row r="134" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="134" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C134" s="17"/>
       <c r="F134" s="6"/>
       <c r="G134" s="15"/>
     </row>
-    <row r="135" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="135" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C135" s="17"/>
       <c r="F135" s="6"/>
       <c r="G135" s="15"/>
     </row>
-    <row r="136" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="136" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C136" s="17"/>
       <c r="F136" s="6"/>
       <c r="G136" s="15"/>
     </row>
-    <row r="137" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="137" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C137" s="17"/>
       <c r="F137" s="6"/>
       <c r="G137" s="15"/>
     </row>
-    <row r="138" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="138" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C138" s="17"/>
       <c r="F138" s="6"/>
       <c r="G138" s="15"/>
     </row>
-    <row r="139" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="139" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C139" s="17"/>
       <c r="F139" s="6"/>
       <c r="G139" s="15"/>
     </row>
-    <row r="140" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="140" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C140" s="17"/>
       <c r="F140" s="6"/>
       <c r="G140" s="15"/>
     </row>
-    <row r="141" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="141" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C141" s="17"/>
       <c r="F141" s="6"/>
       <c r="G141" s="15"/>
     </row>
-    <row r="142" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="142" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C142" s="17"/>
       <c r="F142" s="6"/>
       <c r="G142" s="15"/>
     </row>
-    <row r="143" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="143" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C143" s="17"/>
       <c r="F143" s="6"/>
       <c r="G143" s="15"/>
     </row>
-    <row r="144" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="144" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C144" s="17"/>
       <c r="F144" s="6"/>
       <c r="G144" s="15"/>
     </row>
-    <row r="145" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="145" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C145" s="17"/>
       <c r="F145" s="6"/>
       <c r="G145" s="15"/>
     </row>
-    <row r="146" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="146" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C146" s="17"/>
       <c r="F146" s="6"/>
       <c r="G146" s="15"/>
     </row>
-    <row r="147" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A147" s="7"/>
+    <row r="147" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C147" s="17"/>
       <c r="F147" s="6"/>
       <c r="G147" s="15"/>
     </row>
-    <row r="148" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="148" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C148" s="17"/>
       <c r="F148" s="6"/>
       <c r="G148" s="15"/>
     </row>
-    <row r="149" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="149" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C149" s="17"/>
       <c r="F149" s="6"/>
       <c r="G149" s="15"/>
     </row>
-    <row r="150" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="150" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C150" s="17"/>
       <c r="F150" s="6"/>
       <c r="G150" s="15"/>
     </row>
-    <row r="151" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="151" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C151" s="17"/>
       <c r="F151" s="6"/>
       <c r="G151" s="15"/>
     </row>
-    <row r="152" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A152" s="12"/>
+    <row r="152" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C152" s="17"/>
       <c r="F152" s="6"/>
       <c r="G152" s="15"/>
     </row>
-    <row r="153" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A153" s="12"/>
+    <row r="153" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C153" s="17"/>
       <c r="F153" s="6"/>
       <c r="G153" s="15"/>
     </row>
-    <row r="154" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="154" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C154" s="17"/>
       <c r="F154" s="6"/>
       <c r="G154" s="15"/>
     </row>
-    <row r="155" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="155" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C155" s="17"/>
       <c r="F155" s="6"/>
       <c r="G155" s="15"/>
     </row>
-    <row r="156" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="156" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C156" s="17"/>
       <c r="F156" s="6"/>
       <c r="G156" s="15"/>
     </row>
-    <row r="157" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="157" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C157" s="17"/>
       <c r="F157" s="6"/>
       <c r="G157" s="15"/>
     </row>
-    <row r="158" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="158" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C158" s="17"/>
       <c r="F158" s="6"/>
       <c r="G158" s="15"/>
     </row>
-    <row r="159" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="159" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C159" s="17"/>
       <c r="F159" s="6"/>
       <c r="G159" s="15"/>
     </row>
-    <row r="160" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="160" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C160" s="17"/>
+      <c r="F160" s="6"/>
       <c r="G160" s="15"/>
     </row>
-    <row r="161" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="161" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C161" s="17"/>
+      <c r="F161" s="6"/>
       <c r="G161" s="15"/>
     </row>
-    <row r="162" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="162" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C162" s="17"/>
+      <c r="F162" s="6"/>
       <c r="G162" s="15"/>
     </row>
-    <row r="163" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="163" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C163" s="17"/>
+      <c r="F163" s="6"/>
       <c r="G163" s="15"/>
     </row>
-    <row r="164" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="164" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C164" s="17"/>
+      <c r="F164" s="6"/>
       <c r="G164" s="15"/>
     </row>
-    <row r="165" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="165" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C165" s="17"/>
+      <c r="F165" s="6"/>
       <c r="G165" s="15"/>
     </row>
-    <row r="166" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="166" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C166" s="17"/>
+      <c r="F166" s="6"/>
       <c r="G166" s="15"/>
     </row>
-    <row r="167" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="167" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C167" s="17"/>
+      <c r="F167" s="6"/>
       <c r="G167" s="15"/>
     </row>
-    <row r="168" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="168" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C168" s="17"/>
+      <c r="F168" s="6"/>
       <c r="G168" s="15"/>
     </row>
-    <row r="169" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="169" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A169" s="7"/>
       <c r="C169" s="17"/>
+      <c r="F169" s="6"/>
       <c r="G169" s="15"/>
     </row>
-    <row r="170" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="170" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C170" s="17"/>
+      <c r="F170" s="6"/>
       <c r="G170" s="15"/>
     </row>
-    <row r="171" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="171" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C171" s="17"/>
       <c r="F171" s="6"/>
       <c r="G171" s="15"/>
     </row>
-    <row r="172" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="172" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C172" s="17"/>
       <c r="F172" s="6"/>
       <c r="G172" s="15"/>
     </row>
-    <row r="173" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="173" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C173" s="17"/>
       <c r="F173" s="6"/>
       <c r="G173" s="15"/>
     </row>
-    <row r="174" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="174" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A174" s="12"/>
       <c r="C174" s="17"/>
       <c r="F174" s="6"/>
       <c r="G174" s="15"/>
     </row>
-    <row r="175" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="175" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A175" s="12"/>
       <c r="C175" s="17"/>
       <c r="F175" s="6"/>
       <c r="G175" s="15"/>
     </row>
-    <row r="176" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="176" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C176" s="17"/>
       <c r="F176" s="6"/>
       <c r="G176" s="15"/>
     </row>
-    <row r="177" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="177" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C177" s="17"/>
       <c r="F177" s="6"/>
       <c r="G177" s="15"/>
     </row>
-    <row r="178" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="178" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C178" s="17"/>
       <c r="F178" s="6"/>
       <c r="G178" s="15"/>
     </row>
-    <row r="179" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="179" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C179" s="17"/>
       <c r="F179" s="6"/>
       <c r="G179" s="15"/>
     </row>
-    <row r="180" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="180" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C180" s="17"/>
       <c r="F180" s="6"/>
       <c r="G180" s="15"/>
     </row>
-    <row r="181" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="181" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C181" s="17"/>
       <c r="F181" s="6"/>
       <c r="G181" s="15"/>
     </row>
-    <row r="182" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="182" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C182" s="17"/>
-      <c r="F182" s="6"/>
       <c r="G182" s="15"/>
     </row>
-    <row r="183" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="183" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C183" s="17"/>
-      <c r="F183" s="6"/>
       <c r="G183" s="15"/>
     </row>
-    <row r="184" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="184" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C184" s="17"/>
-      <c r="F184" s="6"/>
       <c r="G184" s="15"/>
     </row>
-    <row r="185" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="185" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C185" s="17"/>
-      <c r="F185" s="6"/>
       <c r="G185" s="15"/>
     </row>
-    <row r="186" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A186" s="7"/>
+    <row r="186" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C186" s="17"/>
-      <c r="F186" s="6"/>
       <c r="G186" s="15"/>
     </row>
-    <row r="187" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="187" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C187" s="17"/>
-      <c r="F187" s="6"/>
       <c r="G187" s="15"/>
     </row>
-    <row r="188" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="188" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C188" s="17"/>
-      <c r="F188" s="6"/>
       <c r="G188" s="15"/>
     </row>
-    <row r="189" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="189" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C189" s="17"/>
-      <c r="F189" s="6"/>
       <c r="G189" s="15"/>
     </row>
-    <row r="190" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="190" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C190" s="17"/>
-      <c r="F190" s="6"/>
       <c r="G190" s="15"/>
     </row>
-    <row r="191" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="191" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C191" s="17"/>
-      <c r="F191" s="6"/>
       <c r="G191" s="15"/>
     </row>
-    <row r="192" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="192" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C192" s="17"/>
-      <c r="F192" s="6"/>
       <c r="G192" s="15"/>
     </row>
-    <row r="193" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="193" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C193" s="17"/>
       <c r="F193" s="6"/>
       <c r="G193" s="15"/>
     </row>
-    <row r="194" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="194" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C194" s="17"/>
       <c r="F194" s="6"/>
       <c r="G194" s="15"/>
     </row>
-    <row r="195" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="195" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C195" s="17"/>
       <c r="F195" s="6"/>
       <c r="G195" s="15"/>
     </row>
-    <row r="196" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="196" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C196" s="17"/>
       <c r="F196" s="6"/>
       <c r="G196" s="15"/>
     </row>
-    <row r="197" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="197" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C197" s="17"/>
       <c r="F197" s="6"/>
       <c r="G197" s="15"/>
     </row>
-    <row r="198" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="198" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C198" s="17"/>
       <c r="F198" s="6"/>
       <c r="G198" s="15"/>
     </row>
-    <row r="199" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="199" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C199" s="17"/>
       <c r="F199" s="6"/>
       <c r="G199" s="15"/>
     </row>
-    <row r="200" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="200" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C200" s="17"/>
       <c r="F200" s="6"/>
       <c r="G200" s="15"/>
     </row>
-    <row r="201" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="201" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C201" s="17"/>
       <c r="F201" s="6"/>
       <c r="G201" s="15"/>
     </row>
-    <row r="202" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="202" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C202" s="17"/>
       <c r="F202" s="6"/>
       <c r="G202" s="15"/>
     </row>
-    <row r="203" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="203" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C203" s="17"/>
       <c r="F203" s="6"/>
       <c r="G203" s="15"/>
     </row>
-    <row r="204" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="204" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C204" s="17"/>
       <c r="F204" s="6"/>
       <c r="G204" s="15"/>
     </row>
-    <row r="205" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="205" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C205" s="17"/>
       <c r="F205" s="6"/>
       <c r="G205" s="15"/>
     </row>
-    <row r="206" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="206" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C206" s="17"/>
       <c r="F206" s="6"/>
       <c r="G206" s="15"/>
     </row>
-    <row r="207" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="207" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C207" s="17"/>
       <c r="F207" s="6"/>
       <c r="G207" s="15"/>
     </row>
-    <row r="208" spans="3:7" s="5" customFormat="1" ht="12.75">
+    <row r="208" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A208" s="7"/>
       <c r="C208" s="17"/>
       <c r="F208" s="6"/>
       <c r="G208" s="15"/>
     </row>
-    <row r="209" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="209" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C209" s="17"/>
       <c r="F209" s="6"/>
       <c r="G209" s="15"/>
     </row>
-    <row r="210" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="210" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C210" s="17"/>
       <c r="F210" s="6"/>
       <c r="G210" s="15"/>
     </row>
-    <row r="211" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="211" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C211" s="17"/>
       <c r="F211" s="6"/>
       <c r="G211" s="15"/>
     </row>
-    <row r="212" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="212" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C212" s="17"/>
       <c r="F212" s="6"/>
       <c r="G212" s="15"/>
     </row>
-    <row r="213" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="213" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C213" s="17"/>
       <c r="F213" s="6"/>
       <c r="G213" s="15"/>
     </row>
-    <row r="214" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="214" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C214" s="17"/>
       <c r="F214" s="6"/>
       <c r="G214" s="15"/>
     </row>
-    <row r="215" spans="1:7">
-[...1 lines deleted...]
-      <c r="B215" s="5"/>
+    <row r="215" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C215" s="17"/>
-      <c r="D215" s="5"/>
-      <c r="E215" s="5"/>
       <c r="F215" s="6"/>
       <c r="G215" s="15"/>
     </row>
-    <row r="216" spans="1:7">
-[...1 lines deleted...]
-      <c r="B216" s="5"/>
+    <row r="216" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C216" s="17"/>
-      <c r="D216" s="5"/>
-      <c r="E216" s="5"/>
       <c r="F216" s="6"/>
       <c r="G216" s="15"/>
     </row>
-    <row r="217" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="217" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C217" s="17"/>
       <c r="F217" s="6"/>
       <c r="G217" s="15"/>
     </row>
-    <row r="218" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="218" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C218" s="17"/>
       <c r="F218" s="6"/>
       <c r="G218" s="15"/>
     </row>
-    <row r="219" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="219" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C219" s="17"/>
       <c r="F219" s="6"/>
       <c r="G219" s="15"/>
     </row>
-    <row r="220" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="220" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C220" s="17"/>
       <c r="F220" s="6"/>
       <c r="G220" s="15"/>
     </row>
-    <row r="221" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="221" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C221" s="17"/>
       <c r="F221" s="6"/>
       <c r="G221" s="15"/>
     </row>
-    <row r="222" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="222" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C222" s="17"/>
       <c r="F222" s="6"/>
       <c r="G222" s="15"/>
     </row>
-    <row r="223" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="223" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C223" s="17"/>
       <c r="F223" s="6"/>
       <c r="G223" s="15"/>
     </row>
-    <row r="224" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="224" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C224" s="17"/>
       <c r="F224" s="6"/>
       <c r="G224" s="15"/>
     </row>
-    <row r="225" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="225" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C225" s="17"/>
       <c r="F225" s="6"/>
       <c r="G225" s="15"/>
     </row>
-    <row r="226" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="226" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C226" s="17"/>
       <c r="F226" s="6"/>
       <c r="G226" s="15"/>
     </row>
-    <row r="227" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="227" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C227" s="17"/>
       <c r="F227" s="6"/>
       <c r="G227" s="15"/>
     </row>
-    <row r="228" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="228" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C228" s="17"/>
       <c r="F228" s="6"/>
       <c r="G228" s="15"/>
     </row>
-    <row r="229" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="229" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C229" s="17"/>
       <c r="F229" s="6"/>
       <c r="G229" s="15"/>
     </row>
-    <row r="230" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="230" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C230" s="17"/>
       <c r="F230" s="6"/>
       <c r="G230" s="15"/>
     </row>
-    <row r="231" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="231" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C231" s="17"/>
       <c r="F231" s="6"/>
       <c r="G231" s="15"/>
     </row>
-    <row r="232" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="232" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C232" s="17"/>
       <c r="F232" s="6"/>
       <c r="G232" s="15"/>
     </row>
-    <row r="233" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="233" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C233" s="17"/>
       <c r="F233" s="6"/>
       <c r="G233" s="15"/>
     </row>
-    <row r="234" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="234" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C234" s="17"/>
       <c r="F234" s="6"/>
       <c r="G234" s="15"/>
     </row>
-    <row r="235" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="235" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C235" s="17"/>
       <c r="F235" s="6"/>
       <c r="G235" s="15"/>
     </row>
-    <row r="236" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="236" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C236" s="17"/>
       <c r="F236" s="6"/>
       <c r="G236" s="15"/>
     </row>
-    <row r="237" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="237" spans="1:7" ht="14.45">
+      <c r="A237" s="5"/>
+      <c r="B237" s="5"/>
       <c r="C237" s="17"/>
+      <c r="D237" s="5"/>
+      <c r="E237" s="5"/>
       <c r="F237" s="6"/>
       <c r="G237" s="15"/>
     </row>
-    <row r="238" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="238" spans="1:7" ht="14.45">
+      <c r="A238" s="5"/>
+      <c r="B238" s="5"/>
       <c r="C238" s="17"/>
+      <c r="D238" s="5"/>
+      <c r="E238" s="5"/>
       <c r="F238" s="6"/>
       <c r="G238" s="15"/>
     </row>
-    <row r="239" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A239" s="7"/>
+    <row r="239" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C239" s="17"/>
       <c r="F239" s="6"/>
       <c r="G239" s="15"/>
     </row>
-    <row r="240" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A240" s="7"/>
+    <row r="240" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C240" s="17"/>
       <c r="F240" s="6"/>
       <c r="G240" s="15"/>
     </row>
-    <row r="241" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="241" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C241" s="17"/>
       <c r="F241" s="6"/>
       <c r="G241" s="15"/>
     </row>
-    <row r="242" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="242" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C242" s="17"/>
       <c r="F242" s="6"/>
       <c r="G242" s="15"/>
     </row>
-    <row r="243" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A243" s="7"/>
+    <row r="243" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C243" s="17"/>
       <c r="F243" s="6"/>
       <c r="G243" s="15"/>
     </row>
-    <row r="244" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="244" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C244" s="17"/>
       <c r="F244" s="6"/>
       <c r="G244" s="15"/>
     </row>
-    <row r="245" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="245" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C245" s="17"/>
       <c r="F245" s="6"/>
       <c r="G245" s="15"/>
     </row>
-    <row r="246" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="246" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C246" s="17"/>
       <c r="F246" s="6"/>
       <c r="G246" s="15"/>
     </row>
-    <row r="247" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="247" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C247" s="17"/>
       <c r="F247" s="6"/>
       <c r="G247" s="15"/>
     </row>
-    <row r="248" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="248" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C248" s="17"/>
       <c r="F248" s="6"/>
       <c r="G248" s="15"/>
     </row>
-    <row r="249" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A249" s="7"/>
+    <row r="249" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C249" s="17"/>
       <c r="F249" s="6"/>
       <c r="G249" s="15"/>
     </row>
-    <row r="250" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="250" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C250" s="17"/>
       <c r="F250" s="6"/>
       <c r="G250" s="15"/>
     </row>
-    <row r="251" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="251" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C251" s="17"/>
       <c r="F251" s="6"/>
       <c r="G251" s="15"/>
     </row>
-    <row r="252" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="252" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C252" s="17"/>
       <c r="F252" s="6"/>
       <c r="G252" s="15"/>
     </row>
-    <row r="253" spans="1:7" s="5" customFormat="1" ht="12.75">
-      <c r="A253" s="7"/>
+    <row r="253" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C253" s="17"/>
       <c r="F253" s="6"/>
       <c r="G253" s="15"/>
     </row>
-    <row r="254" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="254" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C254" s="17"/>
       <c r="F254" s="6"/>
       <c r="G254" s="15"/>
     </row>
-    <row r="255" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="255" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C255" s="17"/>
       <c r="F255" s="6"/>
       <c r="G255" s="15"/>
     </row>
-    <row r="256" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="256" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C256" s="17"/>
       <c r="F256" s="6"/>
       <c r="G256" s="15"/>
     </row>
-    <row r="257" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="257" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C257" s="17"/>
       <c r="F257" s="6"/>
       <c r="G257" s="15"/>
     </row>
-    <row r="258" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="258" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C258" s="17"/>
       <c r="F258" s="6"/>
       <c r="G258" s="15"/>
     </row>
-    <row r="259" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="259" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C259" s="17"/>
       <c r="F259" s="6"/>
       <c r="G259" s="15"/>
     </row>
-    <row r="260" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="260" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C260" s="17"/>
       <c r="F260" s="6"/>
       <c r="G260" s="15"/>
     </row>
-    <row r="261" spans="1:7" s="5" customFormat="1" ht="12.75">
+    <row r="261" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A261" s="7"/>
       <c r="C261" s="17"/>
       <c r="F261" s="6"/>
       <c r="G261" s="15"/>
     </row>
-    <row r="262" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="262" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A262" s="7"/>
       <c r="C262" s="17"/>
       <c r="F262" s="6"/>
       <c r="G262" s="15"/>
     </row>
-    <row r="263" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A263" s="7"/>
+    <row r="263" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C263" s="17"/>
       <c r="F263" s="6"/>
       <c r="G263" s="15"/>
     </row>
-    <row r="264" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B264" s="5"/>
+    <row r="264" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C264" s="17"/>
-      <c r="D264" s="5"/>
-      <c r="E264" s="5"/>
       <c r="F264" s="6"/>
       <c r="G264" s="15"/>
     </row>
-    <row r="265" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B265" s="5"/>
+    <row r="265" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A265" s="7"/>
       <c r="C265" s="17"/>
-      <c r="D265" s="5"/>
-      <c r="E265" s="5"/>
       <c r="F265" s="6"/>
       <c r="G265" s="15"/>
     </row>
-    <row r="266" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B266" s="5"/>
+    <row r="266" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C266" s="17"/>
-      <c r="D266" s="5"/>
-      <c r="E266" s="5"/>
       <c r="F266" s="6"/>
       <c r="G266" s="15"/>
     </row>
-    <row r="267" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B267" s="5"/>
+    <row r="267" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C267" s="17"/>
-      <c r="D267" s="5"/>
-      <c r="E267" s="5"/>
       <c r="F267" s="6"/>
       <c r="G267" s="15"/>
     </row>
-    <row r="268" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B268" s="5"/>
+    <row r="268" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C268" s="17"/>
-      <c r="D268" s="5"/>
-      <c r="E268" s="5"/>
       <c r="F268" s="6"/>
-      <c r="G268" s="5"/>
-[...3 lines deleted...]
-      <c r="B269" s="5"/>
+      <c r="G268" s="15"/>
+    </row>
+    <row r="269" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C269" s="17"/>
-      <c r="D269" s="5"/>
-      <c r="E269" s="5"/>
       <c r="F269" s="6"/>
       <c r="G269" s="15"/>
     </row>
-    <row r="271" spans="1:7">
-[...1 lines deleted...]
-      <c r="B271" s="5"/>
+    <row r="270" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="C270" s="17"/>
+      <c r="F270" s="6"/>
+      <c r="G270" s="15"/>
+    </row>
+    <row r="271" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A271" s="7"/>
       <c r="C271" s="17"/>
-      <c r="D271" s="5"/>
-      <c r="E271" s="5"/>
       <c r="F271" s="6"/>
       <c r="G271" s="15"/>
     </row>
-    <row r="272" spans="1:7">
-[...1 lines deleted...]
-      <c r="B272" s="5"/>
+    <row r="272" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C272" s="17"/>
-      <c r="D272" s="5"/>
-      <c r="E272" s="5"/>
       <c r="F272" s="6"/>
       <c r="G272" s="15"/>
     </row>
-    <row r="273" spans="1:7">
-[...1 lines deleted...]
-      <c r="B273" s="5"/>
+    <row r="273" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C273" s="17"/>
-      <c r="D273" s="5"/>
-      <c r="E273" s="5"/>
       <c r="F273" s="6"/>
       <c r="G273" s="15"/>
     </row>
-    <row r="274" spans="1:7">
-[...1 lines deleted...]
-      <c r="B274" s="5"/>
+    <row r="274" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C274" s="17"/>
-      <c r="D274" s="5"/>
-      <c r="E274" s="5"/>
       <c r="F274" s="6"/>
       <c r="G274" s="15"/>
     </row>
-    <row r="275" spans="1:7">
-[...1 lines deleted...]
-      <c r="B275" s="5"/>
+    <row r="275" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A275" s="7"/>
       <c r="C275" s="17"/>
-      <c r="D275" s="5"/>
-      <c r="E275" s="5"/>
       <c r="F275" s="6"/>
       <c r="G275" s="15"/>
     </row>
-    <row r="276" spans="1:7">
-[...1 lines deleted...]
-      <c r="B276" s="5"/>
+    <row r="276" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C276" s="17"/>
-      <c r="D276" s="5"/>
-      <c r="E276" s="5"/>
       <c r="F276" s="6"/>
       <c r="G276" s="15"/>
     </row>
-    <row r="277" spans="1:7">
-[...1 lines deleted...]
-      <c r="B277" s="5"/>
+    <row r="277" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C277" s="17"/>
-      <c r="D277" s="5"/>
-      <c r="E277" s="5"/>
       <c r="F277" s="6"/>
       <c r="G277" s="15"/>
     </row>
-    <row r="278" spans="1:7">
-[...1 lines deleted...]
-      <c r="B278" s="5"/>
+    <row r="278" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C278" s="17"/>
-      <c r="D278" s="5"/>
-      <c r="E278" s="5"/>
       <c r="F278" s="6"/>
       <c r="G278" s="15"/>
     </row>
-    <row r="279" spans="1:7">
-[...1 lines deleted...]
-      <c r="B279" s="5"/>
+    <row r="279" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C279" s="17"/>
-      <c r="D279" s="5"/>
-      <c r="E279" s="5"/>
       <c r="F279" s="6"/>
       <c r="G279" s="15"/>
     </row>
-    <row r="280" spans="1:7">
-[...1 lines deleted...]
-      <c r="B280" s="5"/>
+    <row r="280" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C280" s="17"/>
-      <c r="D280" s="5"/>
-      <c r="E280" s="5"/>
       <c r="F280" s="6"/>
       <c r="G280" s="15"/>
     </row>
-    <row r="281" spans="1:7">
-[...1 lines deleted...]
-      <c r="B281" s="5"/>
+    <row r="281" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C281" s="17"/>
-      <c r="D281" s="5"/>
-      <c r="E281" s="5"/>
       <c r="F281" s="6"/>
       <c r="G281" s="15"/>
     </row>
-    <row r="282" spans="1:7">
-[...1 lines deleted...]
-      <c r="B282" s="5"/>
+    <row r="282" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C282" s="17"/>
-      <c r="D282" s="5"/>
-      <c r="E282" s="5"/>
       <c r="F282" s="6"/>
       <c r="G282" s="15"/>
     </row>
-    <row r="283" spans="1:7">
-[...1 lines deleted...]
-      <c r="B283" s="5"/>
+    <row r="283" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C283" s="17"/>
-      <c r="D283" s="5"/>
-      <c r="E283" s="5"/>
       <c r="F283" s="6"/>
       <c r="G283" s="15"/>
     </row>
-    <row r="284" spans="1:7">
-[...1 lines deleted...]
-      <c r="B284" s="5"/>
+    <row r="284" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C284" s="17"/>
-      <c r="D284" s="5"/>
-      <c r="E284" s="5"/>
       <c r="F284" s="6"/>
       <c r="G284" s="15"/>
     </row>
-    <row r="285" spans="1:7">
-[...1 lines deleted...]
-      <c r="B285" s="5"/>
+    <row r="285" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A285" s="7"/>
       <c r="C285" s="17"/>
-      <c r="D285" s="5"/>
-      <c r="E285" s="5"/>
       <c r="F285" s="6"/>
       <c r="G285" s="15"/>
     </row>
-    <row r="286" spans="1:7">
+    <row r="286" spans="1:7" ht="12.75" customHeight="1">
       <c r="A286" s="5"/>
       <c r="B286" s="5"/>
       <c r="C286" s="17"/>
       <c r="D286" s="5"/>
       <c r="E286" s="5"/>
       <c r="F286" s="6"/>
       <c r="G286" s="15"/>
     </row>
-    <row r="287" spans="1:7">
+    <row r="287" spans="1:7" ht="12.75" customHeight="1">
       <c r="A287" s="5"/>
       <c r="B287" s="5"/>
       <c r="C287" s="17"/>
       <c r="D287" s="5"/>
       <c r="E287" s="5"/>
       <c r="F287" s="6"/>
       <c r="G287" s="15"/>
     </row>
-    <row r="288" spans="1:7">
+    <row r="288" spans="1:7" ht="12.75" customHeight="1">
       <c r="A288" s="5"/>
       <c r="B288" s="5"/>
       <c r="C288" s="17"/>
       <c r="D288" s="5"/>
       <c r="E288" s="5"/>
       <c r="F288" s="6"/>
       <c r="G288" s="15"/>
     </row>
-    <row r="289" spans="1:7">
+    <row r="289" spans="1:7" ht="12.75" customHeight="1">
       <c r="A289" s="5"/>
       <c r="B289" s="5"/>
       <c r="C289" s="17"/>
       <c r="D289" s="5"/>
       <c r="E289" s="5"/>
       <c r="F289" s="6"/>
       <c r="G289" s="15"/>
     </row>
-    <row r="290" spans="1:7">
+    <row r="290" spans="1:7" ht="12.75" customHeight="1">
       <c r="A290" s="5"/>
       <c r="B290" s="5"/>
       <c r="C290" s="17"/>
       <c r="D290" s="5"/>
       <c r="E290" s="5"/>
       <c r="F290" s="6"/>
-      <c r="G290" s="15"/>
-[...1 lines deleted...]
-    <row r="291" spans="1:7">
+      <c r="G290" s="5"/>
+    </row>
+    <row r="291" spans="1:7" ht="12.75" customHeight="1">
       <c r="A291" s="5"/>
       <c r="B291" s="5"/>
       <c r="C291" s="17"/>
       <c r="D291" s="5"/>
       <c r="E291" s="5"/>
       <c r="F291" s="6"/>
       <c r="G291" s="15"/>
     </row>
-    <row r="292" spans="1:7">
-[...96 lines deleted...]
-    <row r="315" spans="6:7">
+    <row r="293" spans="1:7" ht="14.45">
+      <c r="A293" s="5"/>
+      <c r="B293" s="5"/>
+      <c r="C293" s="17"/>
+      <c r="D293" s="5"/>
+      <c r="E293" s="5"/>
+      <c r="F293" s="6"/>
+      <c r="G293" s="15"/>
+    </row>
+    <row r="294" spans="1:7" ht="14.45">
+      <c r="A294" s="5"/>
+      <c r="B294" s="5"/>
+      <c r="C294" s="17"/>
+      <c r="D294" s="5"/>
+      <c r="E294" s="5"/>
+      <c r="F294" s="6"/>
+      <c r="G294" s="15"/>
+    </row>
+    <row r="295" spans="1:7" ht="14.45">
+      <c r="A295" s="5"/>
+      <c r="B295" s="5"/>
+      <c r="C295" s="17"/>
+      <c r="D295" s="5"/>
+      <c r="E295" s="5"/>
+      <c r="F295" s="6"/>
+      <c r="G295" s="15"/>
+    </row>
+    <row r="296" spans="1:7" ht="14.45">
+      <c r="A296" s="5"/>
+      <c r="B296" s="5"/>
+      <c r="C296" s="17"/>
+      <c r="D296" s="5"/>
+      <c r="E296" s="5"/>
+      <c r="F296" s="6"/>
+      <c r="G296" s="15"/>
+    </row>
+    <row r="297" spans="1:7" ht="14.45">
+      <c r="A297" s="5"/>
+      <c r="B297" s="5"/>
+      <c r="C297" s="17"/>
+      <c r="D297" s="5"/>
+      <c r="E297" s="5"/>
+      <c r="F297" s="6"/>
+      <c r="G297" s="15"/>
+    </row>
+    <row r="298" spans="1:7" ht="14.45">
+      <c r="A298" s="5"/>
+      <c r="B298" s="5"/>
+      <c r="C298" s="17"/>
+      <c r="D298" s="5"/>
+      <c r="E298" s="5"/>
+      <c r="F298" s="6"/>
+      <c r="G298" s="15"/>
+    </row>
+    <row r="299" spans="1:7" ht="14.45">
+      <c r="A299" s="5"/>
+      <c r="B299" s="5"/>
+      <c r="C299" s="17"/>
+      <c r="D299" s="5"/>
+      <c r="E299" s="5"/>
+      <c r="F299" s="6"/>
+      <c r="G299" s="15"/>
+    </row>
+    <row r="300" spans="1:7" ht="14.45">
+      <c r="A300" s="5"/>
+      <c r="B300" s="5"/>
+      <c r="C300" s="17"/>
+      <c r="D300" s="5"/>
+      <c r="E300" s="5"/>
+      <c r="F300" s="6"/>
+      <c r="G300" s="15"/>
+    </row>
+    <row r="301" spans="1:7" ht="14.45">
+      <c r="A301" s="5"/>
+      <c r="B301" s="5"/>
+      <c r="C301" s="17"/>
+      <c r="D301" s="5"/>
+      <c r="E301" s="5"/>
+      <c r="F301" s="6"/>
+      <c r="G301" s="15"/>
+    </row>
+    <row r="302" spans="1:7" ht="14.45">
+      <c r="A302" s="5"/>
+      <c r="B302" s="5"/>
+      <c r="C302" s="17"/>
+      <c r="D302" s="5"/>
+      <c r="E302" s="5"/>
+      <c r="F302" s="6"/>
+      <c r="G302" s="15"/>
+    </row>
+    <row r="303" spans="1:7" ht="14.45">
+      <c r="A303" s="5"/>
+      <c r="B303" s="5"/>
+      <c r="C303" s="17"/>
+      <c r="D303" s="5"/>
+      <c r="E303" s="5"/>
+      <c r="F303" s="6"/>
+      <c r="G303" s="15"/>
+    </row>
+    <row r="304" spans="1:7" ht="14.45">
+      <c r="A304" s="5"/>
+      <c r="B304" s="5"/>
+      <c r="C304" s="17"/>
+      <c r="D304" s="5"/>
+      <c r="E304" s="5"/>
+      <c r="F304" s="6"/>
+      <c r="G304" s="15"/>
+    </row>
+    <row r="305" spans="1:7" ht="14.45">
+      <c r="A305" s="5"/>
+      <c r="B305" s="5"/>
+      <c r="C305" s="17"/>
+      <c r="D305" s="5"/>
+      <c r="E305" s="5"/>
+      <c r="F305" s="6"/>
+      <c r="G305" s="15"/>
+    </row>
+    <row r="306" spans="1:7" ht="14.45">
+      <c r="A306" s="5"/>
+      <c r="B306" s="5"/>
+      <c r="C306" s="17"/>
+      <c r="D306" s="5"/>
+      <c r="E306" s="5"/>
+      <c r="F306" s="6"/>
+      <c r="G306" s="15"/>
+    </row>
+    <row r="307" spans="1:7" ht="14.45">
+      <c r="A307" s="5"/>
+      <c r="B307" s="5"/>
+      <c r="C307" s="17"/>
+      <c r="D307" s="5"/>
+      <c r="E307" s="5"/>
+      <c r="F307" s="6"/>
+      <c r="G307" s="15"/>
+    </row>
+    <row r="308" spans="1:7" ht="14.45">
+      <c r="A308" s="5"/>
+      <c r="B308" s="5"/>
+      <c r="C308" s="17"/>
+      <c r="D308" s="5"/>
+      <c r="E308" s="5"/>
+      <c r="F308" s="6"/>
+      <c r="G308" s="15"/>
+    </row>
+    <row r="309" spans="1:7" ht="14.45">
+      <c r="A309" s="5"/>
+      <c r="B309" s="5"/>
+      <c r="C309" s="17"/>
+      <c r="D309" s="5"/>
+      <c r="E309" s="5"/>
+      <c r="F309" s="6"/>
+      <c r="G309" s="15"/>
+    </row>
+    <row r="310" spans="1:7" ht="14.45">
+      <c r="A310" s="5"/>
+      <c r="B310" s="5"/>
+      <c r="C310" s="17"/>
+      <c r="D310" s="5"/>
+      <c r="E310" s="5"/>
+      <c r="F310" s="6"/>
+      <c r="G310" s="15"/>
+    </row>
+    <row r="311" spans="1:7" ht="14.45">
+      <c r="A311" s="5"/>
+      <c r="B311" s="5"/>
+      <c r="C311" s="17"/>
+      <c r="D311" s="5"/>
+      <c r="E311" s="5"/>
+      <c r="F311" s="6"/>
+      <c r="G311" s="15"/>
+    </row>
+    <row r="312" spans="1:7" ht="14.45">
+      <c r="A312" s="5"/>
+      <c r="B312" s="5"/>
+      <c r="C312" s="17"/>
+      <c r="D312" s="5"/>
+      <c r="E312" s="5"/>
+      <c r="F312" s="6"/>
+      <c r="G312" s="15"/>
+    </row>
+    <row r="313" spans="1:7" ht="14.45">
+      <c r="A313" s="5"/>
+      <c r="B313" s="5"/>
+      <c r="C313" s="17"/>
+      <c r="D313" s="5"/>
+      <c r="E313" s="5"/>
+      <c r="F313" s="6"/>
+      <c r="G313" s="15"/>
+    </row>
+    <row r="314" spans="1:7" ht="14.45">
+      <c r="A314" s="5"/>
+      <c r="B314" s="5"/>
+      <c r="C314" s="17"/>
+      <c r="D314" s="5"/>
+      <c r="E314" s="5"/>
+      <c r="F314" s="6"/>
+      <c r="G314" s="15"/>
+    </row>
+    <row r="315" spans="1:7" ht="14.45">
       <c r="F315" s="13"/>
       <c r="G315" s="1"/>
     </row>
-    <row r="316" spans="6:7">
+    <row r="316" spans="1:7" ht="14.45">
       <c r="F316" s="13"/>
       <c r="G316" s="1"/>
     </row>
-    <row r="317" spans="6:7">
+    <row r="317" spans="1:7" ht="14.45">
       <c r="F317" s="13"/>
       <c r="G317" s="1"/>
     </row>
-    <row r="318" spans="6:7">
+    <row r="318" spans="1:7" ht="14.45">
       <c r="F318" s="13"/>
       <c r="G318" s="1"/>
     </row>
-    <row r="319" spans="6:7">
+    <row r="319" spans="1:7" ht="14.45">
       <c r="F319" s="13"/>
       <c r="G319" s="1"/>
     </row>
-    <row r="320" spans="6:7">
+    <row r="320" spans="1:7" ht="14.45">
       <c r="F320" s="13"/>
       <c r="G320" s="1"/>
     </row>
-    <row r="321" spans="6:7">
+    <row r="321" spans="6:7" ht="14.45">
       <c r="F321" s="13"/>
       <c r="G321" s="1"/>
     </row>
-    <row r="322" spans="6:7">
+    <row r="322" spans="6:7" ht="14.45">
       <c r="F322" s="13"/>
       <c r="G322" s="1"/>
     </row>
-    <row r="323" spans="6:7">
+    <row r="323" spans="6:7" ht="14.45">
       <c r="F323" s="13"/>
       <c r="G323" s="1"/>
     </row>
-    <row r="324" spans="6:7">
+    <row r="324" spans="6:7" ht="14.45">
       <c r="F324" s="13"/>
       <c r="G324" s="1"/>
     </row>
-    <row r="325" spans="6:7">
+    <row r="325" spans="6:7" ht="14.45">
       <c r="F325" s="13"/>
       <c r="G325" s="1"/>
     </row>
-    <row r="326" spans="6:7">
+    <row r="326" spans="6:7" ht="14.45">
       <c r="F326" s="13"/>
       <c r="G326" s="1"/>
     </row>
-    <row r="327" spans="6:7">
+    <row r="327" spans="6:7" ht="14.45">
       <c r="F327" s="13"/>
       <c r="G327" s="1"/>
     </row>
-    <row r="328" spans="6:7">
+    <row r="328" spans="6:7" ht="14.45">
       <c r="F328" s="13"/>
       <c r="G328" s="1"/>
     </row>
-    <row r="329" spans="6:7">
+    <row r="329" spans="6:7" ht="14.45">
       <c r="F329" s="13"/>
       <c r="G329" s="1"/>
     </row>
-    <row r="330" spans="6:7">
+    <row r="330" spans="6:7" ht="14.45">
       <c r="F330" s="13"/>
       <c r="G330" s="1"/>
     </row>
-    <row r="331" spans="6:7">
+    <row r="331" spans="6:7" ht="14.45">
       <c r="F331" s="13"/>
       <c r="G331" s="1"/>
     </row>
-    <row r="332" spans="6:7">
+    <row r="332" spans="6:7" ht="14.45">
       <c r="F332" s="13"/>
       <c r="G332" s="1"/>
     </row>
-    <row r="333" spans="6:7">
+    <row r="333" spans="6:7" ht="14.45">
       <c r="F333" s="13"/>
       <c r="G333" s="1"/>
     </row>
-    <row r="334" spans="6:7" ht="15" customHeight="1">
+    <row r="334" spans="6:7" ht="14.45">
       <c r="F334" s="13"/>
       <c r="G334" s="1"/>
     </row>
-    <row r="335" spans="6:7" ht="15" customHeight="1">
+    <row r="335" spans="6:7" ht="14.45">
       <c r="F335" s="13"/>
       <c r="G335" s="1"/>
     </row>
-    <row r="336" spans="6:7" ht="15" customHeight="1">
+    <row r="336" spans="6:7" ht="14.45">
       <c r="F336" s="13"/>
       <c r="G336" s="1"/>
     </row>
-    <row r="337" spans="6:7" ht="15" customHeight="1">
+    <row r="337" spans="6:7" ht="14.45">
       <c r="F337" s="13"/>
       <c r="G337" s="1"/>
     </row>
-    <row r="338" spans="6:7" ht="15" customHeight="1">
+    <row r="338" spans="6:7" ht="14.45">
       <c r="F338" s="13"/>
       <c r="G338" s="1"/>
     </row>
-    <row r="339" spans="6:7" ht="15" customHeight="1">
+    <row r="339" spans="6:7" ht="14.45">
       <c r="F339" s="13"/>
       <c r="G339" s="1"/>
     </row>
-    <row r="340" spans="6:7" ht="15" customHeight="1">
+    <row r="340" spans="6:7" ht="14.45">
       <c r="F340" s="13"/>
       <c r="G340" s="1"/>
     </row>
-    <row r="341" spans="6:7" ht="15" customHeight="1">
+    <row r="341" spans="6:7" ht="14.45">
       <c r="F341" s="13"/>
       <c r="G341" s="1"/>
     </row>
-    <row r="342" spans="6:7" ht="15" customHeight="1">
+    <row r="342" spans="6:7" ht="14.45">
       <c r="F342" s="13"/>
       <c r="G342" s="1"/>
     </row>
-    <row r="343" spans="6:7" ht="15" customHeight="1">
+    <row r="343" spans="6:7" ht="14.45">
       <c r="F343" s="13"/>
       <c r="G343" s="1"/>
     </row>
-    <row r="344" spans="6:7" ht="15" customHeight="1">
+    <row r="344" spans="6:7" ht="14.45">
       <c r="F344" s="13"/>
       <c r="G344" s="1"/>
     </row>
-    <row r="345" spans="6:7" ht="15" customHeight="1">
+    <row r="345" spans="6:7" ht="14.45">
       <c r="F345" s="13"/>
       <c r="G345" s="1"/>
     </row>
-    <row r="346" spans="6:7" ht="15" customHeight="1">
+    <row r="346" spans="6:7" ht="14.45">
       <c r="F346" s="13"/>
       <c r="G346" s="1"/>
     </row>
-    <row r="347" spans="6:7" ht="15" customHeight="1">
+    <row r="347" spans="6:7" ht="14.45">
       <c r="F347" s="13"/>
       <c r="G347" s="1"/>
     </row>
-    <row r="348" spans="6:7" ht="15" customHeight="1">
+    <row r="348" spans="6:7" ht="14.45">
       <c r="F348" s="13"/>
       <c r="G348" s="1"/>
     </row>
-    <row r="349" spans="6:7" ht="15" customHeight="1">
+    <row r="349" spans="6:7" ht="14.45">
       <c r="F349" s="13"/>
       <c r="G349" s="1"/>
     </row>
-    <row r="350" spans="6:7" ht="15" customHeight="1">
+    <row r="350" spans="6:7" ht="14.45">
       <c r="F350" s="13"/>
       <c r="G350" s="1"/>
     </row>
-    <row r="351" spans="6:7" ht="15" customHeight="1">
+    <row r="351" spans="6:7" ht="14.45">
       <c r="F351" s="13"/>
       <c r="G351" s="1"/>
     </row>
-    <row r="352" spans="6:7" ht="15" customHeight="1">
+    <row r="352" spans="6:7" ht="14.45">
       <c r="F352" s="13"/>
       <c r="G352" s="1"/>
     </row>
-    <row r="353" spans="6:7" ht="15" customHeight="1">
+    <row r="353" spans="6:7" ht="14.45">
       <c r="F353" s="13"/>
       <c r="G353" s="1"/>
     </row>
-    <row r="354" spans="6:7" ht="15" customHeight="1">
+    <row r="354" spans="6:7" ht="14.45">
       <c r="F354" s="13"/>
       <c r="G354" s="1"/>
     </row>
-    <row r="355" spans="6:7" ht="15" customHeight="1">
+    <row r="355" spans="6:7" ht="14.45">
       <c r="F355" s="13"/>
       <c r="G355" s="1"/>
     </row>
     <row r="356" spans="6:7" ht="15" customHeight="1">
       <c r="F356" s="13"/>
       <c r="G356" s="1"/>
     </row>
     <row r="357" spans="6:7" ht="15" customHeight="1">
       <c r="F357" s="13"/>
       <c r="G357" s="1"/>
     </row>
     <row r="358" spans="6:7" ht="15" customHeight="1">
       <c r="F358" s="13"/>
       <c r="G358" s="1"/>
     </row>
     <row r="359" spans="6:7" ht="15" customHeight="1">
       <c r="F359" s="13"/>
       <c r="G359" s="1"/>
     </row>
     <row r="360" spans="6:7" ht="15" customHeight="1">
       <c r="F360" s="13"/>
       <c r="G360" s="1"/>
     </row>
     <row r="361" spans="6:7" ht="15" customHeight="1">
       <c r="F361" s="13"/>
       <c r="G361" s="1"/>
     </row>
     <row r="362" spans="6:7" ht="15" customHeight="1">
+      <c r="F362" s="13"/>
       <c r="G362" s="1"/>
     </row>
     <row r="363" spans="6:7" ht="15" customHeight="1">
+      <c r="F363" s="13"/>
       <c r="G363" s="1"/>
     </row>
     <row r="364" spans="6:7" ht="15" customHeight="1">
       <c r="F364" s="13"/>
       <c r="G364" s="1"/>
     </row>
     <row r="365" spans="6:7" ht="15" customHeight="1">
+      <c r="F365" s="13"/>
       <c r="G365" s="1"/>
     </row>
     <row r="366" spans="6:7" ht="15" customHeight="1">
       <c r="F366" s="13"/>
       <c r="G366" s="1"/>
     </row>
     <row r="367" spans="6:7" ht="15" customHeight="1">
+      <c r="F367" s="13"/>
       <c r="G367" s="1"/>
     </row>
     <row r="368" spans="6:7" ht="15" customHeight="1">
+      <c r="F368" s="13"/>
       <c r="G368" s="1"/>
     </row>
-    <row r="369" spans="2:7" ht="15" customHeight="1">
+    <row r="369" spans="6:7" ht="15" customHeight="1">
+      <c r="F369" s="13"/>
       <c r="G369" s="1"/>
     </row>
-    <row r="370" spans="2:7" ht="15" customHeight="1">
+    <row r="370" spans="6:7" ht="15" customHeight="1">
+      <c r="F370" s="13"/>
       <c r="G370" s="1"/>
     </row>
-    <row r="371" spans="2:7" ht="15" customHeight="1">
+    <row r="371" spans="6:7" ht="15" customHeight="1">
+      <c r="F371" s="13"/>
       <c r="G371" s="1"/>
     </row>
-    <row r="372" spans="2:7" ht="15" customHeight="1">
+    <row r="372" spans="6:7" ht="15" customHeight="1">
+      <c r="F372" s="13"/>
       <c r="G372" s="1"/>
     </row>
-    <row r="373" spans="2:7" ht="15" customHeight="1">
+    <row r="373" spans="6:7" ht="15" customHeight="1">
+      <c r="F373" s="13"/>
       <c r="G373" s="1"/>
     </row>
-    <row r="374" spans="2:7" ht="15" customHeight="1">
+    <row r="374" spans="6:7" ht="15" customHeight="1">
+      <c r="F374" s="13"/>
       <c r="G374" s="1"/>
     </row>
-    <row r="375" spans="2:7" ht="15" customHeight="1">
-      <c r="B375" s="14"/>
+    <row r="375" spans="6:7" ht="15" customHeight="1">
+      <c r="F375" s="13"/>
       <c r="G375" s="1"/>
     </row>
-    <row r="376" spans="2:7" ht="15" customHeight="1">
+    <row r="376" spans="6:7" ht="15" customHeight="1">
+      <c r="F376" s="13"/>
       <c r="G376" s="1"/>
     </row>
-    <row r="377" spans="2:7" ht="15" customHeight="1">
+    <row r="377" spans="6:7" ht="15" customHeight="1">
+      <c r="F377" s="13"/>
       <c r="G377" s="1"/>
     </row>
-    <row r="378" spans="2:7" ht="15" customHeight="1">
+    <row r="378" spans="6:7" ht="15" customHeight="1">
+      <c r="F378" s="13"/>
       <c r="G378" s="1"/>
     </row>
-    <row r="379" spans="2:7" ht="15" customHeight="1">
+    <row r="379" spans="6:7" ht="15" customHeight="1">
+      <c r="F379" s="13"/>
       <c r="G379" s="1"/>
     </row>
-    <row r="380" spans="2:7" ht="15" customHeight="1">
+    <row r="380" spans="6:7" ht="15" customHeight="1">
+      <c r="F380" s="13"/>
       <c r="G380" s="1"/>
     </row>
-    <row r="381" spans="2:7" ht="15" customHeight="1">
-      <c r="B381" s="14"/>
+    <row r="381" spans="6:7" ht="15" customHeight="1">
+      <c r="F381" s="13"/>
       <c r="G381" s="1"/>
     </row>
-    <row r="382" spans="2:7" ht="15" customHeight="1">
+    <row r="382" spans="6:7" ht="15" customHeight="1">
+      <c r="F382" s="13"/>
       <c r="G382" s="1"/>
     </row>
-    <row r="383" spans="2:7" ht="15" customHeight="1">
+    <row r="383" spans="6:7" ht="15" customHeight="1">
+      <c r="F383" s="13"/>
       <c r="G383" s="1"/>
     </row>
-    <row r="384" spans="2:7" ht="15" customHeight="1">
+    <row r="384" spans="6:7" ht="15" customHeight="1">
       <c r="G384" s="1"/>
     </row>
     <row r="385" spans="2:7" ht="15" customHeight="1">
       <c r="G385" s="1"/>
     </row>
     <row r="386" spans="2:7" ht="15" customHeight="1">
+      <c r="F386" s="13"/>
       <c r="G386" s="1"/>
     </row>
     <row r="387" spans="2:7" ht="15" customHeight="1">
       <c r="G387" s="1"/>
     </row>
     <row r="388" spans="2:7" ht="15" customHeight="1">
+      <c r="F388" s="13"/>
       <c r="G388" s="1"/>
     </row>
     <row r="389" spans="2:7" ht="15" customHeight="1">
       <c r="G389" s="1"/>
     </row>
     <row r="390" spans="2:7" ht="15" customHeight="1">
       <c r="G390" s="1"/>
     </row>
     <row r="391" spans="2:7" ht="15" customHeight="1">
       <c r="G391" s="1"/>
     </row>
     <row r="392" spans="2:7" ht="15" customHeight="1">
       <c r="G392" s="1"/>
     </row>
     <row r="393" spans="2:7" ht="15" customHeight="1">
       <c r="G393" s="1"/>
     </row>
     <row r="394" spans="2:7" ht="15" customHeight="1">
       <c r="G394" s="1"/>
     </row>
     <row r="395" spans="2:7" ht="15" customHeight="1">
-      <c r="B395" s="14"/>
       <c r="G395" s="1"/>
     </row>
     <row r="396" spans="2:7" ht="15" customHeight="1">
       <c r="G396" s="1"/>
     </row>
     <row r="397" spans="2:7" ht="15" customHeight="1">
+      <c r="B397" s="14"/>
       <c r="G397" s="1"/>
     </row>
     <row r="398" spans="2:7" ht="15" customHeight="1">
       <c r="G398" s="1"/>
     </row>
     <row r="399" spans="2:7" ht="15" customHeight="1">
       <c r="G399" s="1"/>
     </row>
     <row r="400" spans="2:7" ht="15" customHeight="1">
       <c r="G400" s="1"/>
     </row>
-    <row r="401" spans="7:7" ht="15" customHeight="1">
+    <row r="401" spans="2:7" ht="15" customHeight="1">
       <c r="G401" s="1"/>
     </row>
-    <row r="402" spans="7:7" ht="15" customHeight="1">
+    <row r="402" spans="2:7" ht="15" customHeight="1">
       <c r="G402" s="1"/>
     </row>
-    <row r="403" spans="7:7" ht="15" customHeight="1">
+    <row r="403" spans="2:7" ht="15" customHeight="1">
+      <c r="B403" s="14"/>
       <c r="G403" s="1"/>
     </row>
-    <row r="404" spans="7:7" ht="15" customHeight="1">
+    <row r="404" spans="2:7" ht="15" customHeight="1">
       <c r="G404" s="1"/>
     </row>
-    <row r="405" spans="7:7" ht="15" customHeight="1">
+    <row r="405" spans="2:7" ht="15" customHeight="1">
       <c r="G405" s="1"/>
     </row>
-    <row r="406" spans="7:7" ht="15" customHeight="1">
+    <row r="406" spans="2:7" ht="15" customHeight="1">
       <c r="G406" s="1"/>
     </row>
-    <row r="407" spans="7:7" ht="15" customHeight="1">
+    <row r="407" spans="2:7" ht="15" customHeight="1">
       <c r="G407" s="1"/>
     </row>
-    <row r="408" spans="7:7" ht="15" customHeight="1">
+    <row r="408" spans="2:7" ht="15" customHeight="1">
       <c r="G408" s="1"/>
     </row>
-    <row r="409" spans="7:7" ht="15" customHeight="1">
+    <row r="409" spans="2:7" ht="15" customHeight="1">
       <c r="G409" s="1"/>
     </row>
-    <row r="410" spans="7:7" ht="15" customHeight="1">
+    <row r="410" spans="2:7" ht="15" customHeight="1">
       <c r="G410" s="1"/>
     </row>
-    <row r="411" spans="7:7" ht="15" customHeight="1">
+    <row r="411" spans="2:7" ht="15" customHeight="1">
       <c r="G411" s="1"/>
     </row>
-    <row r="412" spans="7:7" ht="15" customHeight="1">
+    <row r="412" spans="2:7" ht="15" customHeight="1">
       <c r="G412" s="1"/>
     </row>
-    <row r="413" spans="7:7" ht="15" customHeight="1">
+    <row r="413" spans="2:7" ht="15" customHeight="1">
       <c r="G413" s="1"/>
     </row>
-    <row r="414" spans="7:7" ht="15" customHeight="1">
+    <row r="414" spans="2:7" ht="15" customHeight="1">
       <c r="G414" s="1"/>
     </row>
-    <row r="415" spans="7:7" ht="15" customHeight="1">
+    <row r="415" spans="2:7" ht="15" customHeight="1">
       <c r="G415" s="1"/>
     </row>
-    <row r="416" spans="7:7" ht="15" customHeight="1">
+    <row r="416" spans="2:7" ht="15" customHeight="1">
       <c r="G416" s="1"/>
     </row>
-    <row r="417" spans="7:7" ht="15" customHeight="1">
+    <row r="417" spans="2:7" ht="15" customHeight="1">
+      <c r="B417" s="14"/>
       <c r="G417" s="1"/>
     </row>
-    <row r="418" spans="7:7" ht="15" customHeight="1">
+    <row r="418" spans="2:7" ht="15" customHeight="1">
       <c r="G418" s="1"/>
     </row>
-    <row r="419" spans="7:7" ht="15" customHeight="1">
+    <row r="419" spans="2:7" ht="15" customHeight="1">
       <c r="G419" s="1"/>
     </row>
-    <row r="420" spans="7:7" ht="15" customHeight="1">
+    <row r="420" spans="2:7" ht="15" customHeight="1">
       <c r="G420" s="1"/>
     </row>
-    <row r="421" spans="7:7" ht="15" customHeight="1">
+    <row r="421" spans="2:7" ht="15" customHeight="1">
       <c r="G421" s="1"/>
     </row>
-    <row r="422" spans="7:7" ht="15" customHeight="1">
+    <row r="422" spans="2:7" ht="15" customHeight="1">
       <c r="G422" s="1"/>
     </row>
-    <row r="423" spans="7:7" ht="15" customHeight="1">
+    <row r="423" spans="2:7" ht="15" customHeight="1">
       <c r="G423" s="1"/>
     </row>
-    <row r="424" spans="7:7" ht="15" customHeight="1">
+    <row r="424" spans="2:7" ht="15" customHeight="1">
       <c r="G424" s="1"/>
     </row>
-    <row r="425" spans="7:7" ht="15" customHeight="1">
+    <row r="425" spans="2:7" ht="15" customHeight="1">
       <c r="G425" s="1"/>
     </row>
-    <row r="426" spans="7:7" ht="15" customHeight="1">
+    <row r="426" spans="2:7" ht="15" customHeight="1">
       <c r="G426" s="1"/>
     </row>
-    <row r="427" spans="7:7" ht="15" customHeight="1">
+    <row r="427" spans="2:7" ht="15" customHeight="1">
       <c r="G427" s="1"/>
     </row>
-    <row r="428" spans="7:7" ht="15" customHeight="1">
+    <row r="428" spans="2:7" ht="15" customHeight="1">
       <c r="G428" s="1"/>
     </row>
-    <row r="429" spans="7:7" ht="15" customHeight="1">
+    <row r="429" spans="2:7" ht="15" customHeight="1">
       <c r="G429" s="1"/>
     </row>
-    <row r="430" spans="7:7" ht="15" customHeight="1">
+    <row r="430" spans="2:7" ht="15" customHeight="1">
       <c r="G430" s="1"/>
     </row>
-    <row r="431" spans="7:7" ht="15" customHeight="1">
+    <row r="431" spans="2:7" ht="15" customHeight="1">
       <c r="G431" s="1"/>
     </row>
-    <row r="432" spans="7:7" ht="15" customHeight="1">
+    <row r="432" spans="2:7" ht="15" customHeight="1">
       <c r="G432" s="1"/>
     </row>
-    <row r="433" spans="4:7" ht="15" customHeight="1">
+    <row r="433" spans="7:7" ht="15" customHeight="1">
       <c r="G433" s="1"/>
     </row>
-    <row r="434" spans="4:7" ht="15" customHeight="1">
+    <row r="434" spans="7:7" ht="15" customHeight="1">
       <c r="G434" s="1"/>
     </row>
-    <row r="435" spans="4:7" ht="15" customHeight="1">
+    <row r="435" spans="7:7" ht="15" customHeight="1">
       <c r="G435" s="1"/>
     </row>
-    <row r="436" spans="4:7" ht="15" customHeight="1">
+    <row r="436" spans="7:7" ht="15" customHeight="1">
       <c r="G436" s="1"/>
     </row>
-    <row r="437" spans="4:7" ht="15" customHeight="1">
+    <row r="437" spans="7:7" ht="15" customHeight="1">
       <c r="G437" s="1"/>
     </row>
-    <row r="438" spans="4:7">
+    <row r="438" spans="7:7" ht="15" customHeight="1">
       <c r="G438" s="1"/>
     </row>
-    <row r="439" spans="4:7">
+    <row r="439" spans="7:7" ht="15" customHeight="1">
       <c r="G439" s="1"/>
     </row>
-    <row r="440" spans="4:7">
+    <row r="440" spans="7:7" ht="15" customHeight="1">
       <c r="G440" s="1"/>
     </row>
-    <row r="444" spans="4:7">
-[...34 lines deleted...]
-    <row r="505"/>
+    <row r="441" spans="7:7" ht="15" customHeight="1">
+      <c r="G441" s="1"/>
+    </row>
+    <row r="442" spans="7:7" ht="15" customHeight="1">
+      <c r="G442" s="1"/>
+    </row>
+    <row r="443" spans="7:7" ht="15" customHeight="1">
+      <c r="G443" s="1"/>
+    </row>
+    <row r="444" spans="7:7" ht="15" customHeight="1">
+      <c r="G444" s="1"/>
+    </row>
+    <row r="445" spans="7:7" ht="15" customHeight="1">
+      <c r="G445" s="1"/>
+    </row>
+    <row r="446" spans="7:7" ht="15" customHeight="1">
+      <c r="G446" s="1"/>
+    </row>
+    <row r="447" spans="7:7" ht="15" customHeight="1">
+      <c r="G447" s="1"/>
+    </row>
+    <row r="448" spans="7:7" ht="15" customHeight="1">
+      <c r="G448" s="1"/>
+    </row>
+    <row r="449" spans="7:7" ht="15" customHeight="1">
+      <c r="G449" s="1"/>
+    </row>
+    <row r="450" spans="7:7" ht="15" customHeight="1">
+      <c r="G450" s="1"/>
+    </row>
+    <row r="451" spans="7:7" ht="15" customHeight="1">
+      <c r="G451" s="1"/>
+    </row>
+    <row r="452" spans="7:7" ht="15" customHeight="1">
+      <c r="G452" s="1"/>
+    </row>
+    <row r="453" spans="7:7" ht="15" customHeight="1">
+      <c r="G453" s="1"/>
+    </row>
+    <row r="454" spans="7:7" ht="15" customHeight="1">
+      <c r="G454" s="1"/>
+    </row>
+    <row r="455" spans="7:7" ht="15" customHeight="1">
+      <c r="G455" s="1"/>
+    </row>
+    <row r="456" spans="7:7" ht="15" customHeight="1">
+      <c r="G456" s="1"/>
+    </row>
+    <row r="457" spans="7:7" ht="15" customHeight="1">
+      <c r="G457" s="1"/>
+    </row>
+    <row r="458" spans="7:7" ht="15" customHeight="1">
+      <c r="G458" s="1"/>
+    </row>
+    <row r="459" spans="7:7" ht="15" customHeight="1">
+      <c r="G459" s="1"/>
+    </row>
+    <row r="460" spans="7:7" ht="14.45">
+      <c r="G460" s="1"/>
+    </row>
+    <row r="461" spans="7:7" ht="14.45">
+      <c r="G461" s="1"/>
+    </row>
+    <row r="462" spans="7:7" ht="14.45">
+      <c r="G462" s="1"/>
+    </row>
+    <row r="466" spans="4:5" ht="14.45">
+      <c r="D466" s="1"/>
+      <c r="E466" s="1"/>
+    </row>
+    <row r="467" spans="4:5" ht="14.45"/>
+    <row r="468" spans="4:5" ht="14.45"/>
+    <row r="469" spans="4:5" ht="14.45"/>
+    <row r="470" spans="4:5" ht="14.45"/>
+    <row r="471" spans="4:5" ht="14.45"/>
+    <row r="472" spans="4:5" ht="14.45"/>
+    <row r="473" spans="4:5" ht="14.45"/>
+    <row r="474" spans="4:5" ht="14.45"/>
+    <row r="475" spans="4:5" ht="14.45"/>
+    <row r="476" spans="4:5" ht="14.45"/>
+    <row r="477" spans="4:5" ht="14.45"/>
+    <row r="478" spans="4:5" ht="14.45"/>
+    <row r="479" spans="4:5" ht="14.45"/>
+    <row r="480" spans="4:5" ht="14.45"/>
+    <row r="481" ht="14.45"/>
+    <row r="482" ht="14.45"/>
+    <row r="483" ht="14.45"/>
+    <row r="484" ht="14.45"/>
+    <row r="485" ht="14.45"/>
+    <row r="486" ht="14.45"/>
+    <row r="487" ht="14.45"/>
+    <row r="488" ht="14.45"/>
+    <row r="489" ht="14.45"/>
+    <row r="490" ht="14.45"/>
+    <row r="491" ht="14.45"/>
+    <row r="492" ht="14.45"/>
+    <row r="495" ht="14.45"/>
+    <row r="497" ht="14.45"/>
+    <row r="506" ht="14.45"/>
+    <row r="512" ht="14.45"/>
+    <row r="526" ht="14.45"/>
+    <row r="527" ht="14.45"/>
   </sheetData>
-  <autoFilter ref="A1:G505" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <autoFilter ref="A1:G527" xr:uid="{00000000-0001-0000-0000-000000000000}">
     <filterColumn colId="0" showButton="0"/>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:XFD2">
     <sortCondition ref="A2"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Beslutade företagsstöd Västra Götalandsregionen 2025</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Therese Larsson</lastModifiedBy>
+  <lastModifiedBy>Moa Boéthius</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>