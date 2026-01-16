--- v1 (2025-12-25)
+++ v2 (2026-01-16)
@@ -1,757 +1,775 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29602"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29609"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-mru-foretagsstod/Delade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2820" documentId="13_ncr:1_{52BE3072-CB03-4F5C-8778-5BBF5067E954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{484DC093-EDF0-4283-B43A-ED9962EDD878}"/>
+  <xr:revisionPtr revIDLastSave="2874" documentId="13_ncr:1_{52BE3072-CB03-4F5C-8778-5BBF5067E954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F7E55AB3-4CA7-4D0A-AF62-EA12EF426D0D}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Blad1!$A$1:$G$527</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Blad1!$A$2:$G$107</definedName>
   </definedNames>
-  <calcPr calcId="191028" iterate="1"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C104" i="1" l="1"/>
+  <c r="C107" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="504" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="519" uniqueCount="226">
   <si>
     <t>Beslut om företagsstöd Västra Götalandsregionen 2025</t>
   </si>
   <si>
     <t>Företagsnamn</t>
   </si>
   <si>
     <t>Stödets syfte</t>
   </si>
   <si>
     <t>Belopp, kr</t>
   </si>
   <si>
     <t>Stödtyp</t>
   </si>
   <si>
     <t>Kraftsamling/ Styrkeområde</t>
   </si>
   <si>
     <t>Delregion (kommun) där satsningen genomförs</t>
   </si>
   <si>
     <t>Dag för beslut</t>
   </si>
   <si>
+    <t>LayerLogic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Planeringsbidrag för teknisk validering av biosensor samt juridiskt- och skrivarstöd inför ansökan till Eurostars. </t>
+  </si>
+  <si>
+    <t>Planeringsbidrag inför EU-ansökan</t>
+  </si>
+  <si>
+    <t>Stärka innovationskraften</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen</t>
+  </si>
+  <si>
+    <t>Eva Eriksson Design AB</t>
+  </si>
+  <si>
+    <t>Produktutveckling av akustiktassar för minskad miljöpåverkan genom nya materialval, alternativ design och ökad återanvändning.</t>
+  </si>
+  <si>
+    <t>Hållbarhetscheck</t>
+  </si>
+  <si>
+    <t>Hörnebo Snickeri AB</t>
+  </si>
+  <si>
+    <t>Investering i kantlistmaskin för effektivare produktion</t>
+  </si>
+  <si>
+    <t>Investeringsstöd</t>
+  </si>
+  <si>
+    <t>Skaraborg (Tibro)</t>
+  </si>
+  <si>
+    <t>ÄLEKULLA SAMHÄLLSFÖRENING</t>
+  </si>
+  <si>
+    <t>Driftsstöd till dagligvarubutik</t>
+  </si>
+  <si>
+    <t>Kommersiell service</t>
+  </si>
+  <si>
+    <t>Knyta samman Västra Götaland</t>
+  </si>
+  <si>
+    <t>Sjuhärad (Mark)</t>
+  </si>
+  <si>
+    <t>Gear Shift AB</t>
+  </si>
+  <si>
+    <t>Utveckling av digitalt verktyg som effektiviserar reparation och återbruk av arbetskläder.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Digitaliseringscheck </t>
+  </si>
+  <si>
+    <t>Sjuhärad (Borås)</t>
+  </si>
+  <si>
+    <t>Artinova Speciality Papers AB</t>
+  </si>
+  <si>
+    <t>Kombinerad bestryknings- och tryckmaskin som möjliggör effektiv produktion av pappersmaterial med komposterbar barriär som ersätter plastbelagda alternativ.</t>
+  </si>
+  <si>
+    <t>Hållbar industri</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Dals-Ed)</t>
+  </si>
+  <si>
+    <t>GALL ANALYTICAL AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ny mätteknik som gör det möjligt att i realtid övervaka alkaliska ämnen för processoptimering inom industrin. </t>
+  </si>
+  <si>
+    <t>Såddlån</t>
+  </si>
+  <si>
+    <t>Amal House AH Production AB</t>
+  </si>
+  <si>
+    <t>Stöd för investering i filteranläggning för ökad produktionskapacitet och förbättrad arbetsmiljö.</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Åmål)</t>
+  </si>
+  <si>
+    <t>Emickers AB</t>
+  </si>
+  <si>
+    <t>Utveckling av batterifria IoT-lösningar genom ambient backscatter-teknik</t>
+  </si>
+  <si>
+    <t>Zerapeutics AB</t>
+  </si>
+  <si>
+    <t>Utvecklingen av målsökande läkemedelskandidat mot metastaserande cancer.</t>
+  </si>
+  <si>
+    <t>Hälsa och Life Science</t>
+  </si>
+  <si>
+    <t>Pulskontroll i Bovallstrand Aktiebolag</t>
+  </si>
+  <si>
+    <t>Digitalisering och automatisering av administrativa och produktionsnära processer för bättre kvalitet, spårbarhet och leveranssäkerhet</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Sotenäs)</t>
+  </si>
+  <si>
+    <t>Paliscope AB</t>
+  </si>
+  <si>
+    <t>Go-To-Market-strategi och marknadsundersökningar i samband med lansering av en ny produkt på nya marknader</t>
+  </si>
+  <si>
+    <t>Internationaliseringscheck</t>
+  </si>
+  <si>
+    <t>GreenTech Recycling Tires Sweden AB</t>
+  </si>
+  <si>
+    <t>Utveckling av partner- och marknadsstrategier samt tekniska förstudier inför etablering av återvinningsanläggning.</t>
+  </si>
+  <si>
+    <t>Tony Lego Montage AB</t>
+  </si>
+  <si>
+    <t>Investering i CNCfräs för ökad precision och kapacitet</t>
+  </si>
+  <si>
+    <t>TReqs Technologies AB</t>
+  </si>
+  <si>
+    <t>Utveckling av integrerade verktyg för kravhantering och regelefterlevnad, för effektiv och säker mjukvaruutveckling i hårt reglerade industrier</t>
+  </si>
+  <si>
+    <t>WAAMLABZ AB</t>
+  </si>
+  <si>
+    <t>Digitala tillverkningsrecept för svetsbaserad 3D-printing (WAAM) av metallkomponenter.</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Trollhättan)</t>
+  </si>
+  <si>
+    <t>Rallarsving Kommunikation AB</t>
+  </si>
+  <si>
+    <t>Marknadsundersökning och strategi för internationalisering</t>
+  </si>
+  <si>
+    <t>Tvärreds Livs Handelsbolag</t>
+  </si>
+  <si>
+    <t>Sjuhärad (Ulricehamn)</t>
+  </si>
+  <si>
+    <t>TraSte Handel AB</t>
+  </si>
+  <si>
+    <t>Investeringsstöd för kommersiell service</t>
+  </si>
+  <si>
+    <t>Skaraborg (Falköping)</t>
+  </si>
+  <si>
+    <t>Bioelectrix Sweden AB</t>
+  </si>
+  <si>
+    <t>Test och fortsatt utveckling av bioelektroniska sårförband</t>
+  </si>
+  <si>
+    <t>Tolkabro Speceri- &amp; Div.affär HB</t>
+  </si>
+  <si>
+    <t>Arkeon Technologies AB</t>
+  </si>
+  <si>
+    <t>Teknik för kalibrering och optimering av kvantchip för att förbättra prestanda och skalbarhet i kvantdatorer</t>
+  </si>
+  <si>
+    <t>Vyse tech AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pilot och certifiering av innovativ vattenvärmare för smartare och mer hållbar energiförbrukning </t>
+  </si>
+  <si>
+    <t>Polarity Health AB</t>
+  </si>
+  <si>
+    <t>Digital hälsoinnovation för att minska suicid, psykiskt lidande och samhällskostnader vid bipolär sjukdom</t>
+  </si>
+  <si>
+    <t>NjordFeed AB</t>
+  </si>
+  <si>
+    <t>Automatiserat labb för foderoptimering inom precisionsjordbruk, för resurseffektiv, hållbar och lönsam foderproduktion</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Ale)</t>
+  </si>
+  <si>
+    <t>Ellenability AB</t>
+  </si>
+  <si>
+    <t>Strategi för internationalisering av rådgivningstjänst inom textilsektorn</t>
+  </si>
+  <si>
+    <t>ConScience AB</t>
+  </si>
+  <si>
+    <t>Digitalisering och samordning av kund,- projekt och ekonomiprocesser för skalbarhet och tillväxt</t>
+  </si>
+  <si>
+    <t>Sörboden AB</t>
+  </si>
+  <si>
+    <t>Skaraborg (Skövde)</t>
+  </si>
+  <si>
+    <t>AM Arkitektur &amp; Projektering AB</t>
+  </si>
+  <si>
+    <t>Investering för insamling och bearbetning av 3D-data för effektivisering av arbetsprocesser och breddat kunderbjudande</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Bengtsfors)</t>
+  </si>
+  <si>
+    <t>Energy Node AB</t>
+  </si>
+  <si>
+    <t>Utveckling av material för säkrare och mer hållbara batterier och energisystem</t>
+  </si>
+  <si>
+    <t>Vehtec AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Utveckling av lättviktsvärmepump med naturliga köldmedier </t>
+  </si>
+  <si>
+    <t>Framtidens mobilitet</t>
+  </si>
+  <si>
+    <t>ROSSÖ LIVS Handelsbolag</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Strömstad)</t>
+  </si>
+  <si>
+    <t>Resöboden AB</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Tanum)</t>
+  </si>
+  <si>
+    <t>RTG Ed AB</t>
+  </si>
+  <si>
+    <t>Investering i serviceanläggning för egna fordon, för ökad effektivitet och minskade transporter.</t>
+  </si>
+  <si>
+    <t>Planter Norden AB</t>
+  </si>
+  <si>
+    <t>Utveckling av digital matris för ekosystemtjänster som hjälper företag att fatta informerade beslut kring biologisk mångfald</t>
+  </si>
+  <si>
+    <t>Sjuhärad (Svenljunga)</t>
+  </si>
+  <si>
+    <t>Eliasson &amp; Lundgren Aktiebolag</t>
+  </si>
+  <si>
+    <t>Utvecklingsprojekt för spårbarhet i leverantörskedjan inför införande av digitala produktpass</t>
+  </si>
+  <si>
+    <t>InfiniNode Technologies AB</t>
+  </si>
+  <si>
+    <t>Utveckling av IP-lösningar för effektivisering av dataöverföring och lagring i avancerade datorsystem.</t>
+  </si>
+  <si>
+    <t>Thalamind AB</t>
+  </si>
+  <si>
+    <t>Utveckling av agentiskt AI-system för lokal och säker databehandling</t>
+  </si>
+  <si>
+    <t>NMC Cellfoam AB</t>
+  </si>
+  <si>
+    <t>Utveckling av algoritmer för planering och optimering av produktionsprocesser för att stärka cirkulära flöden</t>
+  </si>
+  <si>
+    <t>FoU-kort</t>
+  </si>
+  <si>
+    <t>Ljusgårda AB (publ)</t>
+  </si>
+  <si>
+    <t>Kontrollerad inomhusodling som metod för att öka näringsinnehåll i grödor</t>
+  </si>
+  <si>
+    <t>Livsmedel, biobaserade material och förnybar energi</t>
+  </si>
+  <si>
+    <t>Adapt AB</t>
+  </si>
+  <si>
+    <t>Strategi för hur generativ AI och datadrivna arbetssätt kan integreras i företagets design- och planeringsprocesser</t>
+  </si>
+  <si>
+    <t>Nössemarks Lanthandel AB</t>
+  </si>
+  <si>
+    <t>PTS Askeroth Aktiebolag</t>
+  </si>
+  <si>
+    <t>Anpassning av affärssystem och orderflöden för effektivisering av arbetsmoment och generationsskifte</t>
+  </si>
+  <si>
+    <t>Cognivity AI Sweden AB</t>
+  </si>
+  <si>
+    <t>Utveckling av intelligent AI-baserad mjukvara med potential att optimera batteriers prestanda och livslängd</t>
+  </si>
+  <si>
+    <t>ARQ Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Integrationskit för konvertering av fossildrivna fordon för att påskynda elektrifieringen och minska utsläpp inom transportsektorn. </t>
+  </si>
+  <si>
+    <t>Rollsbo Rörläggeri AB</t>
+  </si>
+  <si>
+    <t>Utveckling av teknik för rening av vatten från PFAS</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Kungälv)</t>
+  </si>
+  <si>
+    <t>TJB Försäljning Aktiebolag</t>
+  </si>
+  <si>
+    <t>Utveckling av beräkningsprogram för infästningar av takmonterade solpaneler.</t>
+  </si>
+  <si>
+    <t>Sjuhärad (Herrljunga)</t>
+  </si>
+  <si>
+    <t>DREV AB</t>
+  </si>
+  <si>
+    <t>Säker mikropartikelkontroll och materialåtervinning för batteri- och återvinningsindustrin</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Härryda)</t>
+  </si>
+  <si>
+    <t>El Supply i Ed Aktiebolag</t>
+  </si>
+  <si>
+    <t>Maskininvestering för egen tillverkning av ny produkt, för ökad hållbarhet, minskade transporter och fler arbetstillfällen.</t>
+  </si>
+  <si>
+    <t>Regxit Tech AB</t>
+  </si>
+  <si>
+    <t>Utveckling av AI-tjänst som stöttar medicintekniska företag att uppfylla regulatoriska krav</t>
+  </si>
+  <si>
+    <t>Msund Livs AB</t>
+  </si>
+  <si>
+    <t>Fyrbodal (Orust)</t>
+  </si>
+  <si>
+    <t>Parsteel AB</t>
+  </si>
+  <si>
+    <t>Maskininvestering som möjliggör bredare produktsortiment samt förbättrad arbetsmiljö</t>
+  </si>
+  <si>
+    <t>Aventix AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Utveckling av banbrytande teknik för exakt volymmätning inom life science </t>
+  </si>
+  <si>
+    <t>Oz Music Technologies AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Utveckling av virtuell gitarrförstärkare i form av en insticksmodul </t>
+  </si>
+  <si>
+    <t>Besöksnäring samt kulturella och kreativa näringar</t>
+  </si>
+  <si>
+    <t>Miljögiraff AB</t>
+  </si>
+  <si>
+    <t>Digital plattform för kundanpassade klimatberäkningsverktyg</t>
+  </si>
+  <si>
+    <t>Njord International AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Utveckling av ny metod för desinfektion och en mer hållbar och cirkulär medicinteknisk produkt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Produktutveckling av akustiktassar för minskad miljöpåverkan genom nya materialval, alternativ design och ökad återanvändning. </t>
+  </si>
+  <si>
+    <t>Klädesholmens Livs AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Tjörn)</t>
+  </si>
+  <si>
+    <t>Scandinavian Centriair AB</t>
+  </si>
+  <si>
+    <t>Förstudie för ökad digitalisering och automation inom industriell luftrening</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Partille)</t>
+  </si>
+  <si>
+    <t>Kalv-gruppen Kommanditbolag</t>
+  </si>
+  <si>
+    <t>VILDMARK OUTDOORS SWEDEN AB</t>
+  </si>
+  <si>
+    <t>Utveckling av autonom funktion till eldriven fyrhjuling</t>
+  </si>
+  <si>
+    <t>Ingareds Eko Livs</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Alingsås)</t>
+  </si>
+  <si>
+    <t>IDAT AB</t>
+  </si>
+  <si>
+    <t>HJ Handel AB</t>
+  </si>
+  <si>
+    <t>Lyrestads Gjuteri AB</t>
+  </si>
+  <si>
+    <t>Utveckling av innovativ och hållbar ytbehandling för gjutjärnspannor</t>
+  </si>
+  <si>
+    <t>Skaraborg (Mariestad)</t>
+  </si>
+  <si>
+    <t>Handlarn Öxabäck</t>
+  </si>
+  <si>
+    <t>BICO Formplast AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investering i visionskontrollerad automationscell för mer effektiv och säker produktion samt förbättrad arbetsmiljö.  </t>
+  </si>
+  <si>
+    <t>Enströms Möbler Aktiebolag</t>
+  </si>
+  <si>
+    <t>Maskininvestering för att eliminera flaskhalsar och förbättra arbetsmiljön.</t>
+  </si>
+  <si>
+    <t>Handelsföreningen Centrum Ek.f</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Öckerö)</t>
+  </si>
+  <si>
+    <t>Hamn- och Fiskareföreningen Rörö</t>
+  </si>
+  <si>
+    <t>Hagströms Lanthandel AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Lerum)</t>
+  </si>
+  <si>
+    <t>Gustavsfors Handel AB</t>
+  </si>
+  <si>
+    <t>Olicus Technology &amp; Gaming AB</t>
+  </si>
+  <si>
+    <t>Utveckling av innovativ produkt inom gaming tech</t>
+  </si>
+  <si>
+    <t>Svensk Samhälls Service AB</t>
+  </si>
+  <si>
+    <t>Utveckling av metod och process för att återanvända och återbruka textilier på ett hållbart och effektivt sätt.</t>
+  </si>
+  <si>
+    <t>Plastkonsult GF AB</t>
+  </si>
+  <si>
+    <t>Ny anläggning för plaståtervinning för optimerad resursanvändning och cirkulär ekonomi inom plastindustrin</t>
+  </si>
+  <si>
+    <t>Hofpartner AB</t>
+  </si>
+  <si>
+    <t>Digitalisering av interna processer som ett led i företagets strategiska modernisering</t>
+  </si>
+  <si>
+    <t>VIDEM AB</t>
+  </si>
+  <si>
+    <t>Optimering av multisensor för patientnära, kostnadseffektiv och säker diagnostik</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen (Göteborg)</t>
+  </si>
+  <si>
+    <t>Gabrielssons i Ljurhalla AB</t>
+  </si>
+  <si>
+    <t>Sjuhärad (Vårgårda)</t>
+  </si>
+  <si>
+    <t>Creative Design Environment Sweden AB</t>
+  </si>
+  <si>
+    <t>Digital strategi för datainsamling för att utveckla effektiva operatörsarbetsplatser som främjar god arbetsmiljö</t>
+  </si>
+  <si>
+    <t>Progressive Marketing MB Göteborg AB</t>
+  </si>
+  <si>
+    <t>Marknadsstudie och juridisk utredning för internationell expansion av miljömässiga mässmontrar.</t>
+  </si>
+  <si>
+    <t>QET Sweden AB</t>
+  </si>
+  <si>
+    <t>Utveckling av patenterad förstärkare till kvantdatorer</t>
+  </si>
+  <si>
+    <t>Firma Larssons Livs, Mats Larsson</t>
+  </si>
+  <si>
+    <t>Fengersfors Fröskogs lanthandel AB</t>
+  </si>
+  <si>
     <t>ELC livs AB</t>
   </si>
   <si>
-    <t>Investeringsstöd för kommersiell service</t>
-[...137 lines deleted...]
-    <t>Fyrbodal (Orust)</t>
+    <t>For Real Foods Nordic AB</t>
+  </si>
+  <si>
+    <t>Internationaliserings- och produktionssatsning av hälsosamma livsmedel</t>
+  </si>
+  <si>
+    <t>Klevs Gård Bovallstrand AB</t>
+  </si>
+  <si>
+    <t>Grönt bioraffinaderi för hållbar produktion av proteinfoder och bioenergi från lantbruket</t>
+  </si>
+  <si>
+    <t>DTVNor AB</t>
+  </si>
+  <si>
+    <t>Grewbik AB</t>
+  </si>
+  <si>
+    <t>Utveckling av modulär/teleskopisk barncykel</t>
+  </si>
+  <si>
+    <t>Cul i Tun AB</t>
+  </si>
+  <si>
+    <t>Skaraborg (Vara)</t>
+  </si>
+  <si>
+    <t>Elevyo Health AB</t>
+  </si>
+  <si>
+    <t>Utveckla plattform för hälsoanalys med evidensbaserad metodik</t>
   </si>
   <si>
     <t>Ahlstedts Livs AB</t>
   </si>
   <si>
-    <t>Göteborgsregionen (Tjörn)</t>
-[...287 lines deleted...]
-    <t>Utveckling av autonom funktion till eldriven fyrhjuling</t>
+    <t>Karins döttrar Väv- och Konsthantverkskooperativ Ek. för.</t>
+  </si>
+  <si>
+    <t>Strategi för digitala processer och kunskapsplattform</t>
+  </si>
+  <si>
+    <t>Öka inkluderingen</t>
+  </si>
+  <si>
+    <t>Herrljunga Terrazzo Aktiebolag</t>
+  </si>
+  <si>
+    <t>Framtagning av nya bindemedel för terrazzobetong med lägre klimatavtryck</t>
+  </si>
+  <si>
+    <t>Affären i Tun AB</t>
   </si>
   <si>
     <t>24rental Mitt AB</t>
-  </si>
-[...163 lines deleted...]
-    <t>HJ Handel AB</t>
   </si>
   <si>
     <t>Hantion AB</t>
   </si>
   <si>
     <t>Utveckling av produkt för förenklad montering av takanslutningar i kök</t>
   </si>
   <si>
     <t>Fyrbodal (Lilla Edet)</t>
   </si>
   <si>
     <t>MucoLife Therapeutics AB</t>
   </si>
   <si>
     <t xml:space="preserve">Utveckla läkemedel som förbättrar luftvägarnas funktion hos patienter med kronisk lungsjukdom </t>
   </si>
   <si>
     <t>Navari Surgical AB</t>
   </si>
   <si>
     <t>AR-verktyg för att underlätta visualisering vid titthålskirurgi av cancertumörer</t>
   </si>
   <si>
     <t>MuchSkills AB</t>
   </si>
   <si>
     <t>Utredning av juridiska förutsättningar och avtal</t>
   </si>
   <si>
     <t>Summa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10">
+  <fonts count="9">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -762,148 +780,137 @@
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <scheme val="minor"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /></Relationships>
 </file>
 
@@ -1182,2513 +1189,2567 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G527"/>
+  <dimension ref="A1:G530"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C7" sqref="C3:C7"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="31.42578125" customWidth="1"/>
     <col min="2" max="2" width="78.7109375" customWidth="1"/>
     <col min="3" max="3" width="12" style="16" customWidth="1"/>
     <col min="4" max="4" width="23" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.85546875" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" customWidth="1"/>
     <col min="7" max="7" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="47.25" customHeight="1">
-      <c r="A1" s="29" t="s">
+      <c r="A1" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="29"/>
+      <c r="B1" s="26"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
     </row>
     <row r="2" spans="1:7" ht="75" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="C3" s="23"/>
+      <c r="C3" s="20"/>
       <c r="F3" s="6"/>
     </row>
     <row r="4" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C4" s="23">
-        <v>1500000</v>
+      <c r="C4" s="20">
+        <v>133500</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="15">
-        <v>46001</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="5" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="23">
-        <v>150000</v>
+      <c r="C5" s="20">
+        <v>69900</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F5" s="6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G5" s="15">
-        <v>46000</v>
+        <v>46006</v>
       </c>
     </row>
     <row r="6" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="20">
+        <v>52000</v>
+      </c>
+      <c r="D6" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="E6" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="23">
-[...10 lines deleted...]
-      </c>
       <c r="G6" s="15">
-        <v>45996</v>
+        <v>46006</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A7" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="20">
+        <v>88642</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="5" t="s">
+      <c r="F7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="23">
-[...2 lines deleted...]
-      <c r="D7" s="5" t="s">
+      <c r="G7" s="23">
+        <v>45805</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A8" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="6" t="s">
+      <c r="B8" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G7" s="15">
-[...4 lines deleted...]
-      <c r="A8" s="5" t="s">
+      <c r="C8" s="20">
+        <v>150000</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="5" t="s">
+      <c r="E8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="23">
-[...10 lines deleted...]
-      </c>
       <c r="G8" s="15">
-        <v>45989</v>
+        <v>46000</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A9" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B9" s="5" t="s">
+      <c r="C9" s="20">
+        <v>175000</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C9" s="23">
-[...7 lines deleted...]
-      </c>
       <c r="F9" s="6" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G9" s="15">
-        <v>45973</v>
+        <v>45996</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A10" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>657000</v>
+        <v>34</v>
+      </c>
+      <c r="C10" s="20">
+        <v>495040</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G10" s="15">
-        <v>45973</v>
+        <v>45994</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A11" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>250000</v>
+        <v>37</v>
+      </c>
+      <c r="C11" s="20">
+        <v>595000</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G11" s="15">
-        <v>45973</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A12" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>168750</v>
+        <v>40</v>
+      </c>
+      <c r="C12" s="20">
+        <v>260000</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G12" s="15">
         <v>45973</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A13" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C13" s="23">
-        <v>280000</v>
+      <c r="C13" s="20">
+        <v>657000</v>
       </c>
       <c r="D13" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E13" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="6" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="G13" s="15">
-        <v>45968</v>
+        <v>45973</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A14" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="C14" s="23">
-        <v>122500</v>
+      <c r="C14" s="20">
+        <v>250000</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G14" s="15">
-        <v>45967</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A15" s="5" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B15" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="C15" s="23">
-        <v>518000</v>
+      <c r="B15" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" s="20">
+        <v>168750</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G15" s="15">
-        <v>45965</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45973</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A16" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>700000</v>
+        <v>51</v>
+      </c>
+      <c r="C16" s="20">
+        <v>280000</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="G16" s="15">
-        <v>45965</v>
+        <v>45968</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A17" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>163000</v>
+        <v>53</v>
+      </c>
+      <c r="C17" s="20">
+        <v>122500</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G17" s="15">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A18" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" s="20">
+        <v>518000</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="15">
         <v>45965</v>
-      </c>
-[...21 lines deleted...]
-        <v>45960</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A19" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>184897</v>
+        <v>57</v>
+      </c>
+      <c r="C19" s="20">
+        <v>700000</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G19" s="15">
-        <v>45960</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A20" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>607126</v>
+        <v>60</v>
+      </c>
+      <c r="C20" s="20">
+        <v>163000</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G20" s="15">
-        <v>45960</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A21" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>350000</v>
+        <v>21</v>
+      </c>
+      <c r="C21" s="20">
+        <v>167907</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>62</v>
+      </c>
+      <c r="G21" s="23">
+        <v>45730</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A22" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>578000</v>
+        <v>64</v>
+      </c>
+      <c r="C22" s="20">
+        <v>106875</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>45959</v>
+        <v>65</v>
+      </c>
+      <c r="G22" s="23">
+        <v>45825</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A23" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="20">
+        <v>607126</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A24" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...26 lines deleted...]
-        <v>585000</v>
+      <c r="C24" s="20">
+        <v>124231</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>62</v>
+      </c>
+      <c r="G24" s="23">
+        <v>45735</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A25" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>515000</v>
+        <v>70</v>
+      </c>
+      <c r="C25" s="20">
+        <v>578000</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="G25" s="15">
         <v>45959</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A26" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="C26" s="23">
-        <v>50000</v>
+      <c r="C26" s="20">
+        <v>506000</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G26" s="15">
-        <v>45952</v>
+        <v>45959</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A27" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="C27" s="23">
-        <v>250000</v>
+      <c r="C27" s="20">
+        <v>585000</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G27" s="15">
-        <v>45951</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A28" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>282000</v>
+        <v>76</v>
+      </c>
+      <c r="C28" s="20">
+        <v>515000</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G28" s="15">
-        <v>45951</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45959</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A29" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>70000</v>
+        <v>79</v>
+      </c>
+      <c r="C29" s="20">
+        <v>50000</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="G29" s="15">
-        <v>45951</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A30" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>600000</v>
+        <v>81</v>
+      </c>
+      <c r="C30" s="20">
+        <v>250000</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>12</v>
+      </c>
+      <c r="G30" s="15">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A31" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>400000</v>
+        <v>21</v>
+      </c>
+      <c r="C31" s="20">
+        <v>350000</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="E31" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="F31" s="6" t="s">
-[...6 lines deleted...]
-    <row r="32" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="G31" s="23">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A32" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1091133</v>
+        <v>85</v>
+      </c>
+      <c r="C32" s="20">
+        <v>70000</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45950</v>
+        <v>86</v>
+      </c>
+      <c r="G32" s="15">
+        <v>45951</v>
       </c>
     </row>
     <row r="33" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A33" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>108285</v>
+        <v>88</v>
+      </c>
+      <c r="C33" s="20">
+        <v>600000</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>45945</v>
+        <v>12</v>
+      </c>
+      <c r="G33" s="23">
+        <v>45950</v>
       </c>
     </row>
     <row r="34" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A34" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>43201</v>
+        <v>90</v>
+      </c>
+      <c r="C34" s="20">
+        <v>400000</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>12</v>
+      </c>
+      <c r="G34" s="23">
+        <v>45950</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A35" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>253000</v>
+        <v>21</v>
+      </c>
+      <c r="C35" s="20">
+        <v>314107</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F35" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="G35" s="23">
+        <v>45769</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A36" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C36" s="20">
+        <v>282000</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="G35" s="27">
-[...15 lines deleted...]
-      </c>
       <c r="E36" s="5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>95</v>
+      </c>
+      <c r="G36" s="15">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A37" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B37" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C37" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F37" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="C37" s="23">
-[...12 lines deleted...]
-        <v>45937</v>
+      <c r="G37" s="23">
+        <v>45772</v>
       </c>
     </row>
     <row r="38" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A38" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="C38" s="23">
-        <v>650000</v>
+      <c r="C38" s="20">
+        <v>253000</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-    <row r="39" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>32</v>
+      </c>
+      <c r="G38" s="23">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A39" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="C39" s="23">
-        <v>390000</v>
+      <c r="C39" s="20">
+        <v>50000</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>45915</v>
+        <v>100</v>
+      </c>
+      <c r="G39" s="23">
+        <v>45937</v>
       </c>
     </row>
     <row r="40" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A40" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>700000</v>
+        <v>102</v>
+      </c>
+      <c r="C40" s="20">
+        <v>91000</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>45903</v>
+        <v>12</v>
+      </c>
+      <c r="G40" s="23">
+        <v>45937</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A41" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B41" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="B41" s="5" t="s">
+      <c r="C41" s="20">
+        <v>650000</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="23">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A42" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="C41" s="23">
-[...5 lines deleted...]
-      <c r="E41" s="5" t="s">
+      <c r="B42" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="F41" s="6" t="s">
-[...14 lines deleted...]
-        <v>350000</v>
+      <c r="C42" s="20">
+        <v>390000</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>45897</v>
+        <v>12</v>
+      </c>
+      <c r="G42" s="23">
+        <v>45915</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A43" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C43" s="20">
+        <v>700000</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="B43" s="5" t="s">
+      <c r="E43" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" s="23">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A44" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="C43" s="23">
-[...16 lines deleted...]
-      <c r="A44" s="5" t="s">
+      <c r="B44" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...3 lines deleted...]
-        <v>306132</v>
+      <c r="C44" s="20">
+        <v>700000</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>11</v>
+        <v>112</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>19</v>
+      </c>
+      <c r="G44" s="23">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A45" s="5" t="s">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>46400</v>
+        <v>64</v>
+      </c>
+      <c r="C45" s="20">
+        <v>160149</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>45889</v>
+        <v>95</v>
+      </c>
+      <c r="G45" s="23">
+        <v>45715</v>
       </c>
     </row>
     <row r="46" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A46" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C46" s="20">
+        <v>205763</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="23">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A47" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="B46" s="5" t="s">
+      <c r="B47" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C47" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G47" s="23">
+        <v>45789</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A48" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="C46" s="23">
+      <c r="B48" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" s="20">
+        <v>46400</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="23">
+        <v>45889</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A49" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C49" s="20">
         <v>500000</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="27">
+      <c r="D49" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="23">
         <v>45841</v>
       </c>
     </row>
-    <row r="47" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...6 lines deleted...]
-      <c r="C47" s="23">
+    <row r="50" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A50" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C50" s="20">
         <v>400000</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="27">
+      <c r="D50" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="23">
         <v>45841</v>
       </c>
     </row>
-    <row r="48" spans="1:7" s="5" customFormat="1" ht="27.6">
-[...6 lines deleted...]
-      <c r="C48" s="23">
+    <row r="51" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A51" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C51" s="20">
         <v>700000</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="27">
+      <c r="D51" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="G51" s="23">
         <v>45841</v>
       </c>
     </row>
-    <row r="49" spans="1:7" s="5" customFormat="1" ht="27.6">
-[...6 lines deleted...]
-      <c r="C49" s="23">
+    <row r="52" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A52" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C52" s="20">
         <v>250000</v>
       </c>
-      <c r="D49" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="27">
+      <c r="D52" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="G52" s="23">
         <v>45841</v>
-      </c>
-[...67 lines deleted...]
-        <v>45834</v>
       </c>
     </row>
     <row r="53" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A53" s="5" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1067444</v>
+        <v>129</v>
+      </c>
+      <c r="C53" s="20">
+        <v>400000</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>45834</v>
+        <v>130</v>
+      </c>
+      <c r="G53" s="23">
+        <v>45838</v>
       </c>
     </row>
     <row r="54" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A54" s="5" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>512000</v>
+        <v>132</v>
+      </c>
+      <c r="C54" s="20">
+        <v>1395020</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>45833</v>
+        <v>32</v>
+      </c>
+      <c r="G54" s="23">
+        <v>45835</v>
       </c>
     </row>
     <row r="55" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A55" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" s="20">
+        <v>500500</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="23">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A56" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="B55" s="5" t="s">
+      <c r="B56" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C56" s="20">
+        <v>264473</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F56" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="C55" s="23">
-[...35 lines deleted...]
-        <v>45832</v>
+      <c r="G56" s="15">
+        <v>45960</v>
       </c>
     </row>
     <row r="57" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A57" s="5" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>230000</v>
+        <v>138</v>
+      </c>
+      <c r="C57" s="20">
+        <v>512000</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>45832</v>
+        <v>38</v>
+      </c>
+      <c r="G57" s="23">
+        <v>45833</v>
       </c>
     </row>
     <row r="58" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A58" s="5" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>435000</v>
+        <v>140</v>
+      </c>
+      <c r="C58" s="20">
+        <v>600000</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>45831</v>
+        <v>12</v>
+      </c>
+      <c r="G58" s="23">
+        <v>45833</v>
       </c>
     </row>
     <row r="59" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A59" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C59" s="20">
+        <v>260000</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="23">
+        <v>45832</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A60" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="B59" s="5" t="s">
+      <c r="B60" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="C59" s="23">
+      <c r="C60" s="20">
+        <v>230000</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="23">
+        <v>45832</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A61" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="C61" s="20">
+        <v>435000</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" s="23">
+        <v>45831</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A62" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C62" s="20">
         <v>187645</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...45 lines deleted...]
-      <c r="D61" s="5" t="s">
+      <c r="D62" s="5" t="s">
         <v>15</v>
-      </c>
-[...21 lines deleted...]
-        <v>10</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G62" s="27">
+        <v>12</v>
+      </c>
+      <c r="G62" s="23">
+        <v>45825</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A63" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C63" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="G63" s="23">
         <v>45820</v>
       </c>
     </row>
-    <row r="63" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A63" s="5" t="s">
+    <row r="64" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A64" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B64" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...26 lines deleted...]
-        <v>45326</v>
+      <c r="C64" s="20">
+        <v>165000</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>153</v>
+      </c>
+      <c r="G64" s="23">
+        <v>45821</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A65" s="5" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>544682</v>
+        <v>21</v>
+      </c>
+      <c r="C65" s="20">
+        <v>270010</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>45806</v>
+        <v>100</v>
+      </c>
+      <c r="G65" s="23">
+        <v>45714</v>
       </c>
     </row>
     <row r="66" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A66" s="5" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>88642</v>
+        <v>156</v>
+      </c>
+      <c r="C66" s="20">
+        <v>287257</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>28</v>
+      </c>
+      <c r="G66" s="23">
+        <v>45816</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A67" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C67" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F67" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="B67" s="5" t="s">
+      <c r="G67" s="23">
+        <v>45782</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A68" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="C67" s="23">
+      <c r="B68" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C68" s="20">
+        <v>544682</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="G68" s="23">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A69" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C69" s="20">
+        <v>1095000</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G69" s="23">
+        <v>45713</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A70" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="C70" s="20">
         <v>700000</v>
       </c>
-      <c r="D67" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G67" s="27">
+      <c r="D70" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G70" s="23">
         <v>45799</v>
       </c>
     </row>
-    <row r="68" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...29 lines deleted...]
-      <c r="C69" s="23">
+    <row r="71" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A71" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C71" s="20">
+        <v>146977</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" s="23">
+        <v>45730</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A72" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C72" s="20">
         <v>507000</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="27">
+      <c r="D72" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="G72" s="23">
         <v>45797</v>
       </c>
     </row>
-    <row r="70" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...6 lines deleted...]
-      <c r="C70" s="23">
+    <row r="73" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A73" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="C73" s="20">
         <v>412650</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="D73" s="5" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      <c r="A74" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="G73" s="23">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A74" s="5" t="s">
         <v>169</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>314107</v>
+        <v>21</v>
+      </c>
+      <c r="C74" s="20">
+        <v>306132</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>156</v>
-[...6 lines deleted...]
-      <c r="A75" s="22" t="s">
         <v>170</v>
       </c>
-      <c r="B75" s="22" t="s">
+      <c r="G74" s="23">
+        <v>45894</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A75" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="C75" s="23">
-        <v>250250</v>
+      <c r="B75" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C75" s="20">
+        <v>567981</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>170</v>
+      </c>
+      <c r="G75" s="23">
+        <v>45756</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A76" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="B76" s="6" t="s">
+      <c r="B76" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C76" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F76" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="C76" s="23">
+      <c r="G76" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A77" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C77" s="20">
+        <v>1067444</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="G77" s="23">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A78" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="C78" s="20">
+        <v>250250</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="G78" s="23">
+        <v>45763</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A79" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C79" s="20">
         <v>191250</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...45 lines deleted...]
-      <c r="D78" s="5" t="s">
+      <c r="D79" s="5" t="s">
         <v>15</v>
-      </c>
-[...21 lines deleted...]
-        <v>10</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>45756</v>
+        <v>130</v>
+      </c>
+      <c r="G79" s="23">
+        <v>45762</v>
       </c>
     </row>
     <row r="80" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A80" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="B80" s="5" t="s">
+      <c r="B80" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="C80" s="23">
-        <v>647400</v>
+      <c r="C80" s="20">
+        <v>867630</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>45749</v>
+        <v>38</v>
+      </c>
+      <c r="G80" s="23">
+        <v>45758</v>
       </c>
     </row>
     <row r="81" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A81" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B81" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="B81" s="5" t="s">
-[...3 lines deleted...]
-        <v>350000</v>
+      <c r="C81" s="20">
+        <v>68900</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G81" s="23">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A82" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C82" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="G82" s="23">
+        <v>45719</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A83" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="G81" s="27">
+      <c r="B83" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C83" s="20">
+        <v>647400</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="G83" s="23">
         <v>45749</v>
       </c>
     </row>
-    <row r="82" spans="1:7" s="5" customFormat="1" ht="27.6">
-[...23 lines deleted...]
-      <c r="A83" s="22" t="s">
+    <row r="84" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A84" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="B83" s="22" t="s">
+      <c r="B84" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C84" s="20">
+        <v>108285</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F84" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="C83" s="23">
-[...35 lines deleted...]
-        <v>45744</v>
+      <c r="G84" s="23">
+        <v>45945</v>
       </c>
     </row>
     <row r="85" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A85" s="5" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-        <v>124231</v>
+        <v>188</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="C85" s="20">
+        <v>108506</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>45735</v>
+        <v>28</v>
+      </c>
+      <c r="G85" s="23">
+        <v>45748</v>
       </c>
     </row>
     <row r="86" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A86" s="5" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>167907</v>
+        <v>191</v>
+      </c>
+      <c r="C86" s="20">
+        <v>132875</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>191</v>
-[...5 lines deleted...]
-    <row r="87" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>153</v>
+      </c>
+      <c r="G86" s="23">
+        <v>45744</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A87" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="B87" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="B87" s="5" t="s">
-[...3 lines deleted...]
-        <v>146977</v>
+      <c r="C87" s="20">
+        <v>650000</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-    <row r="88" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>185</v>
+      </c>
+      <c r="G87" s="23">
+        <v>45744</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A88" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B88" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C88" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="G88" s="23">
+        <v>45897</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A89" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="C88" s="23">
-[...16 lines deleted...]
-      <c r="A89" s="5" t="s">
+      <c r="B89" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C89" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G89" s="23">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A90" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="B90" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>350000</v>
+        <v>64</v>
+      </c>
+      <c r="C90" s="20">
+        <v>1500000</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>22</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>45721</v>
+        <v>86</v>
+      </c>
+      <c r="G90" s="15">
+        <v>46001</v>
       </c>
     </row>
     <row r="91" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A91" s="5" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>300950</v>
+        <v>198</v>
+      </c>
+      <c r="C91" s="20">
+        <v>208150</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>49</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>112</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>45719</v>
+        <v>150</v>
+      </c>
+      <c r="G91" s="23">
+        <v>45722</v>
       </c>
     </row>
     <row r="92" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A92" s="5" t="s">
-        <v>132</v>
+        <v>199</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>350000</v>
+        <v>200</v>
+      </c>
+      <c r="C92" s="20">
+        <v>700000</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>109</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>112</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-    <row r="93" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>46</v>
+      </c>
+      <c r="G92" s="23">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A93" s="5" t="s">
         <v>201</v>
       </c>
       <c r="B93" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C93" s="20">
+        <v>43201</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="G93" s="23">
+        <v>45944</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A94" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="C93" s="23">
-[...18 lines deleted...]
-      </c>
       <c r="B94" s="5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>160149</v>
+        <v>203</v>
+      </c>
+      <c r="C94" s="20">
+        <v>300950</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>76</v>
-[...7 lines deleted...]
-        <v>203</v>
+        <v>58</v>
+      </c>
+      <c r="G94" s="23">
+        <v>45719</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A95" s="5" t="s">
+        <v>204</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>80000</v>
+        <v>64</v>
+      </c>
+      <c r="C95" s="20">
+        <v>1091133</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E95" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F95" s="6" t="s">
         <v>205</v>
       </c>
-      <c r="F95" s="6" t="s">
-[...3 lines deleted...]
-        <v>45715</v>
+      <c r="G95" s="23">
+        <v>45950</v>
       </c>
     </row>
     <row r="96" spans="1:7" s="5" customFormat="1" ht="27.6">
-      <c r="A96" s="22" t="s">
+      <c r="A96" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="B96" s="22" t="s">
+      <c r="B96" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="C96" s="23">
-        <v>700000</v>
+      <c r="C96" s="20">
+        <v>400000</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-    <row r="97" spans="1:7" ht="27.6">
+        <v>185</v>
+      </c>
+      <c r="G96" s="23">
+        <v>45716</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A97" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="B97" s="22" t="s">
-[...6 lines deleted...]
-        <v>10</v>
+      <c r="B97" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C97" s="20">
+        <v>184897</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="E97" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="G97" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="27.6">
+      <c r="A98" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="C98" s="20">
+        <v>80000</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="G98" s="23">
+        <v>45715</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A99" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C99" s="20">
+        <v>700000</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="G99" s="23">
+        <v>45714</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C100" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="G100" s="23">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A101" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C101" s="20">
+        <v>45326</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G101" s="23">
+        <v>45811</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A102" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="B102" s="22" t="s">
+        <v>217</v>
+      </c>
+      <c r="C102" s="20">
+        <v>312000</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E102" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F97" s="6" t="s">
-[...19 lines deleted...]
-      <c r="E98" s="5" t="s">
+      <c r="F102" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="G102" s="23">
+        <v>45702</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A103" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="C103" s="20">
+        <v>552500</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="G103" s="23">
+        <v>45702</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="27.6">
+      <c r="A104" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="C104" s="20">
+        <v>448500</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="G104" s="23">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" s="19" customFormat="1" ht="27.6">
+      <c r="A105" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="C105" s="17">
+        <v>31000</v>
+      </c>
+      <c r="D105" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="E105" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="F98" s="6" t="s">
-[...94 lines deleted...]
-      <c r="G102" s="28">
+      <c r="F105" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="G105" s="25">
         <v>45679</v>
       </c>
     </row>
-    <row r="103" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...25 lines deleted...]
-    </row>
     <row r="106" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A106" s="9"/>
-      <c r="B106" s="10"/>
+      <c r="A106" s="7"/>
       <c r="C106" s="17"/>
       <c r="F106" s="6"/>
       <c r="G106" s="15"/>
     </row>
-    <row r="107" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...1 lines deleted...]
-      <c r="C107" s="17"/>
+    <row r="107" spans="1:7" ht="14.45">
+      <c r="A107" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="B107" s="5"/>
+      <c r="C107" s="21">
+        <f>SUM(C3:C105)</f>
+        <v>39108414</v>
+      </c>
+      <c r="D107" s="5"/>
+      <c r="E107" s="5"/>
       <c r="F107" s="6"/>
       <c r="G107" s="15"/>
     </row>
     <row r="108" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A108" s="9"/>
+      <c r="B108" s="9"/>
       <c r="C108" s="17"/>
       <c r="F108" s="6"/>
       <c r="G108" s="15"/>
     </row>
     <row r="109" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A109" s="9"/>
+      <c r="B109" s="10"/>
       <c r="C109" s="17"/>
       <c r="F109" s="6"/>
       <c r="G109" s="15"/>
     </row>
-    <row r="110" spans="1:7" ht="14.45">
-[...1 lines deleted...]
-      <c r="B110" s="5"/>
+    <row r="110" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A110" s="11"/>
       <c r="C110" s="17"/>
-      <c r="D110" s="5"/>
-      <c r="E110" s="5"/>
       <c r="F110" s="6"/>
       <c r="G110" s="15"/>
     </row>
     <row r="111" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C111" s="17"/>
       <c r="F111" s="6"/>
       <c r="G111" s="15"/>
     </row>
     <row r="112" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C112" s="17"/>
       <c r="F112" s="6"/>
       <c r="G112" s="15"/>
     </row>
-    <row r="113" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="113" spans="1:7" ht="14.45">
+      <c r="A113" s="5"/>
+      <c r="B113" s="5"/>
       <c r="C113" s="17"/>
+      <c r="D113" s="5"/>
+      <c r="E113" s="5"/>
       <c r="F113" s="6"/>
       <c r="G113" s="15"/>
     </row>
     <row r="114" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C114" s="17"/>
       <c r="F114" s="6"/>
       <c r="G114" s="15"/>
     </row>
     <row r="115" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C115" s="17"/>
       <c r="F115" s="6"/>
       <c r="G115" s="15"/>
     </row>
     <row r="116" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A116" s="7"/>
       <c r="C116" s="17"/>
       <c r="F116" s="6"/>
       <c r="G116" s="15"/>
     </row>
     <row r="117" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C117" s="17"/>
       <c r="F117" s="6"/>
       <c r="G117" s="15"/>
     </row>
     <row r="118" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C118" s="17"/>
       <c r="F118" s="6"/>
       <c r="G118" s="15"/>
     </row>
     <row r="119" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A119" s="7"/>
       <c r="C119" s="17"/>
       <c r="F119" s="6"/>
       <c r="G119" s="15"/>
     </row>
     <row r="120" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A120" s="7"/>
       <c r="C120" s="17"/>
       <c r="F120" s="6"/>
       <c r="G120" s="15"/>
     </row>
     <row r="121" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C121" s="17"/>
       <c r="F121" s="6"/>
       <c r="G121" s="15"/>
     </row>
     <row r="122" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A122" s="7"/>
       <c r="C122" s="17"/>
       <c r="F122" s="6"/>
       <c r="G122" s="15"/>
     </row>
     <row r="123" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A123" s="7"/>
       <c r="C123" s="17"/>
       <c r="F123" s="6"/>
       <c r="G123" s="15"/>
     </row>
     <row r="124" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C124" s="17"/>
       <c r="F124" s="6"/>
       <c r="G124" s="15"/>
     </row>
     <row r="125" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A125" s="7"/>
       <c r="C125" s="17"/>
       <c r="F125" s="6"/>
       <c r="G125" s="15"/>
     </row>
     <row r="126" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C126" s="17"/>
       <c r="F126" s="6"/>
       <c r="G126" s="15"/>
     </row>
     <row r="127" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C127" s="17"/>
       <c r="F127" s="6"/>
       <c r="G127" s="15"/>
     </row>
     <row r="128" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C128" s="17"/>
       <c r="F128" s="6"/>
       <c r="G128" s="15"/>
     </row>
     <row r="129" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C129" s="17"/>
       <c r="F129" s="6"/>
       <c r="G129" s="15"/>
     </row>
     <row r="130" spans="3:7" s="5" customFormat="1" ht="13.9">
@@ -3865,318 +3926,318 @@
       <c r="C164" s="17"/>
       <c r="F164" s="6"/>
       <c r="G164" s="15"/>
     </row>
     <row r="165" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C165" s="17"/>
       <c r="F165" s="6"/>
       <c r="G165" s="15"/>
     </row>
     <row r="166" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C166" s="17"/>
       <c r="F166" s="6"/>
       <c r="G166" s="15"/>
     </row>
     <row r="167" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C167" s="17"/>
       <c r="F167" s="6"/>
       <c r="G167" s="15"/>
     </row>
     <row r="168" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C168" s="17"/>
       <c r="F168" s="6"/>
       <c r="G168" s="15"/>
     </row>
     <row r="169" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A169" s="7"/>
       <c r="C169" s="17"/>
       <c r="F169" s="6"/>
       <c r="G169" s="15"/>
     </row>
     <row r="170" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C170" s="17"/>
       <c r="F170" s="6"/>
       <c r="G170" s="15"/>
     </row>
     <row r="171" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C171" s="17"/>
       <c r="F171" s="6"/>
       <c r="G171" s="15"/>
     </row>
     <row r="172" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A172" s="7"/>
       <c r="C172" s="17"/>
       <c r="F172" s="6"/>
       <c r="G172" s="15"/>
     </row>
     <row r="173" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C173" s="17"/>
       <c r="F173" s="6"/>
       <c r="G173" s="15"/>
     </row>
     <row r="174" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A174" s="12"/>
       <c r="C174" s="17"/>
       <c r="F174" s="6"/>
       <c r="G174" s="15"/>
     </row>
     <row r="175" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A175" s="12"/>
       <c r="C175" s="17"/>
       <c r="F175" s="6"/>
       <c r="G175" s="15"/>
     </row>
     <row r="176" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C176" s="17"/>
       <c r="F176" s="6"/>
       <c r="G176" s="15"/>
     </row>
-    <row r="177" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="177" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A177" s="12"/>
       <c r="C177" s="17"/>
       <c r="F177" s="6"/>
       <c r="G177" s="15"/>
     </row>
-    <row r="178" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="178" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A178" s="12"/>
       <c r="C178" s="17"/>
       <c r="F178" s="6"/>
       <c r="G178" s="15"/>
     </row>
-    <row r="179" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="179" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C179" s="17"/>
       <c r="F179" s="6"/>
       <c r="G179" s="15"/>
     </row>
-    <row r="180" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="180" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C180" s="17"/>
       <c r="F180" s="6"/>
       <c r="G180" s="15"/>
     </row>
-    <row r="181" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="181" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C181" s="17"/>
       <c r="F181" s="6"/>
       <c r="G181" s="15"/>
     </row>
-    <row r="182" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="182" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C182" s="17"/>
+      <c r="F182" s="6"/>
       <c r="G182" s="15"/>
     </row>
-    <row r="183" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="183" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C183" s="17"/>
+      <c r="F183" s="6"/>
       <c r="G183" s="15"/>
     </row>
-    <row r="184" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="184" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C184" s="17"/>
+      <c r="F184" s="6"/>
       <c r="G184" s="15"/>
     </row>
-    <row r="185" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="185" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C185" s="17"/>
       <c r="G185" s="15"/>
     </row>
-    <row r="186" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="186" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C186" s="17"/>
       <c r="G186" s="15"/>
     </row>
-    <row r="187" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="187" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C187" s="17"/>
       <c r="G187" s="15"/>
     </row>
-    <row r="188" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="188" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C188" s="17"/>
       <c r="G188" s="15"/>
     </row>
-    <row r="189" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="189" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C189" s="17"/>
       <c r="G189" s="15"/>
     </row>
-    <row r="190" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="190" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C190" s="17"/>
       <c r="G190" s="15"/>
     </row>
-    <row r="191" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="191" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C191" s="17"/>
       <c r="G191" s="15"/>
     </row>
-    <row r="192" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="192" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C192" s="17"/>
       <c r="G192" s="15"/>
     </row>
-    <row r="193" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="193" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C193" s="17"/>
-      <c r="F193" s="6"/>
       <c r="G193" s="15"/>
     </row>
-    <row r="194" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="194" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C194" s="17"/>
-      <c r="F194" s="6"/>
       <c r="G194" s="15"/>
     </row>
-    <row r="195" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="195" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C195" s="17"/>
-      <c r="F195" s="6"/>
       <c r="G195" s="15"/>
     </row>
-    <row r="196" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="196" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C196" s="17"/>
       <c r="F196" s="6"/>
       <c r="G196" s="15"/>
     </row>
-    <row r="197" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="197" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C197" s="17"/>
       <c r="F197" s="6"/>
       <c r="G197" s="15"/>
     </row>
-    <row r="198" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="198" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C198" s="17"/>
       <c r="F198" s="6"/>
       <c r="G198" s="15"/>
     </row>
-    <row r="199" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="199" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C199" s="17"/>
       <c r="F199" s="6"/>
       <c r="G199" s="15"/>
     </row>
-    <row r="200" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="200" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C200" s="17"/>
       <c r="F200" s="6"/>
       <c r="G200" s="15"/>
     </row>
-    <row r="201" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="201" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C201" s="17"/>
       <c r="F201" s="6"/>
       <c r="G201" s="15"/>
     </row>
-    <row r="202" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="202" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C202" s="17"/>
       <c r="F202" s="6"/>
       <c r="G202" s="15"/>
     </row>
-    <row r="203" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="203" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C203" s="17"/>
       <c r="F203" s="6"/>
       <c r="G203" s="15"/>
     </row>
-    <row r="204" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="204" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C204" s="17"/>
       <c r="F204" s="6"/>
       <c r="G204" s="15"/>
     </row>
-    <row r="205" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="205" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C205" s="17"/>
       <c r="F205" s="6"/>
       <c r="G205" s="15"/>
     </row>
-    <row r="206" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="206" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C206" s="17"/>
       <c r="F206" s="6"/>
       <c r="G206" s="15"/>
     </row>
-    <row r="207" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="207" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C207" s="17"/>
       <c r="F207" s="6"/>
       <c r="G207" s="15"/>
     </row>
-    <row r="208" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A208" s="7"/>
+    <row r="208" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C208" s="17"/>
       <c r="F208" s="6"/>
       <c r="G208" s="15"/>
     </row>
-    <row r="209" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="209" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C209" s="17"/>
       <c r="F209" s="6"/>
       <c r="G209" s="15"/>
     </row>
-    <row r="210" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="210" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C210" s="17"/>
       <c r="F210" s="6"/>
       <c r="G210" s="15"/>
     </row>
-    <row r="211" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="211" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A211" s="7"/>
       <c r="C211" s="17"/>
       <c r="F211" s="6"/>
       <c r="G211" s="15"/>
     </row>
-    <row r="212" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="212" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C212" s="17"/>
       <c r="F212" s="6"/>
       <c r="G212" s="15"/>
     </row>
-    <row r="213" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="213" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C213" s="17"/>
       <c r="F213" s="6"/>
       <c r="G213" s="15"/>
     </row>
-    <row r="214" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="214" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C214" s="17"/>
       <c r="F214" s="6"/>
       <c r="G214" s="15"/>
     </row>
-    <row r="215" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="215" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C215" s="17"/>
       <c r="F215" s="6"/>
       <c r="G215" s="15"/>
     </row>
-    <row r="216" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="216" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C216" s="17"/>
       <c r="F216" s="6"/>
       <c r="G216" s="15"/>
     </row>
-    <row r="217" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="217" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C217" s="17"/>
       <c r="F217" s="6"/>
       <c r="G217" s="15"/>
     </row>
-    <row r="218" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="218" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C218" s="17"/>
       <c r="F218" s="6"/>
       <c r="G218" s="15"/>
     </row>
-    <row r="219" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="219" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C219" s="17"/>
       <c r="F219" s="6"/>
       <c r="G219" s="15"/>
     </row>
-    <row r="220" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="220" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C220" s="17"/>
       <c r="F220" s="6"/>
       <c r="G220" s="15"/>
     </row>
-    <row r="221" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="221" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C221" s="17"/>
       <c r="F221" s="6"/>
       <c r="G221" s="15"/>
     </row>
-    <row r="222" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="222" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C222" s="17"/>
       <c r="F222" s="6"/>
       <c r="G222" s="15"/>
     </row>
-    <row r="223" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="223" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C223" s="17"/>
       <c r="F223" s="6"/>
       <c r="G223" s="15"/>
     </row>
-    <row r="224" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="224" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C224" s="17"/>
       <c r="F224" s="6"/>
       <c r="G224" s="15"/>
     </row>
     <row r="225" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C225" s="17"/>
       <c r="F225" s="6"/>
       <c r="G225" s="15"/>
     </row>
     <row r="226" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C226" s="17"/>
       <c r="F226" s="6"/>
       <c r="G226" s="15"/>
     </row>
     <row r="227" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C227" s="17"/>
       <c r="F227" s="6"/>
       <c r="G227" s="15"/>
     </row>
     <row r="228" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C228" s="17"/>
       <c r="F228" s="6"/>
       <c r="G228" s="15"/>
     </row>
     <row r="229" spans="1:7" s="5" customFormat="1" ht="13.9">
@@ -4197,389 +4258,377 @@
     <row r="232" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C232" s="17"/>
       <c r="F232" s="6"/>
       <c r="G232" s="15"/>
     </row>
     <row r="233" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C233" s="17"/>
       <c r="F233" s="6"/>
       <c r="G233" s="15"/>
     </row>
     <row r="234" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C234" s="17"/>
       <c r="F234" s="6"/>
       <c r="G234" s="15"/>
     </row>
     <row r="235" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C235" s="17"/>
       <c r="F235" s="6"/>
       <c r="G235" s="15"/>
     </row>
     <row r="236" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C236" s="17"/>
       <c r="F236" s="6"/>
       <c r="G236" s="15"/>
     </row>
-    <row r="237" spans="1:7" ht="14.45">
-[...1 lines deleted...]
-      <c r="B237" s="5"/>
+    <row r="237" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C237" s="17"/>
-      <c r="D237" s="5"/>
-      <c r="E237" s="5"/>
       <c r="F237" s="6"/>
       <c r="G237" s="15"/>
     </row>
-    <row r="238" spans="1:7" ht="14.45">
-[...1 lines deleted...]
-      <c r="B238" s="5"/>
+    <row r="238" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C238" s="17"/>
-      <c r="D238" s="5"/>
-      <c r="E238" s="5"/>
       <c r="F238" s="6"/>
       <c r="G238" s="15"/>
     </row>
     <row r="239" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C239" s="17"/>
       <c r="F239" s="6"/>
       <c r="G239" s="15"/>
     </row>
-    <row r="240" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="240" spans="1:7" ht="14.45">
+      <c r="A240" s="5"/>
+      <c r="B240" s="5"/>
       <c r="C240" s="17"/>
+      <c r="D240" s="5"/>
+      <c r="E240" s="5"/>
       <c r="F240" s="6"/>
       <c r="G240" s="15"/>
     </row>
-    <row r="241" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="241" spans="1:7" ht="14.45">
+      <c r="A241" s="5"/>
+      <c r="B241" s="5"/>
       <c r="C241" s="17"/>
+      <c r="D241" s="5"/>
+      <c r="E241" s="5"/>
       <c r="F241" s="6"/>
       <c r="G241" s="15"/>
     </row>
-    <row r="242" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="242" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C242" s="17"/>
       <c r="F242" s="6"/>
       <c r="G242" s="15"/>
     </row>
-    <row r="243" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="243" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C243" s="17"/>
       <c r="F243" s="6"/>
       <c r="G243" s="15"/>
     </row>
-    <row r="244" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="244" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C244" s="17"/>
       <c r="F244" s="6"/>
       <c r="G244" s="15"/>
     </row>
-    <row r="245" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="245" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C245" s="17"/>
       <c r="F245" s="6"/>
       <c r="G245" s="15"/>
     </row>
-    <row r="246" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="246" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C246" s="17"/>
       <c r="F246" s="6"/>
       <c r="G246" s="15"/>
     </row>
-    <row r="247" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="247" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C247" s="17"/>
       <c r="F247" s="6"/>
       <c r="G247" s="15"/>
     </row>
-    <row r="248" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="248" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C248" s="17"/>
       <c r="F248" s="6"/>
       <c r="G248" s="15"/>
     </row>
-    <row r="249" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="249" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C249" s="17"/>
       <c r="F249" s="6"/>
       <c r="G249" s="15"/>
     </row>
-    <row r="250" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="250" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C250" s="17"/>
       <c r="F250" s="6"/>
       <c r="G250" s="15"/>
     </row>
-    <row r="251" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="251" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C251" s="17"/>
       <c r="F251" s="6"/>
       <c r="G251" s="15"/>
     </row>
-    <row r="252" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="252" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C252" s="17"/>
       <c r="F252" s="6"/>
       <c r="G252" s="15"/>
     </row>
-    <row r="253" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="253" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C253" s="17"/>
       <c r="F253" s="6"/>
       <c r="G253" s="15"/>
     </row>
-    <row r="254" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="254" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C254" s="17"/>
       <c r="F254" s="6"/>
       <c r="G254" s="15"/>
     </row>
-    <row r="255" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="255" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C255" s="17"/>
       <c r="F255" s="6"/>
       <c r="G255" s="15"/>
     </row>
-    <row r="256" spans="3:7" s="5" customFormat="1" ht="13.9">
+    <row r="256" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C256" s="17"/>
       <c r="F256" s="6"/>
       <c r="G256" s="15"/>
     </row>
     <row r="257" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C257" s="17"/>
       <c r="F257" s="6"/>
       <c r="G257" s="15"/>
     </row>
     <row r="258" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C258" s="17"/>
       <c r="F258" s="6"/>
       <c r="G258" s="15"/>
     </row>
     <row r="259" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C259" s="17"/>
       <c r="F259" s="6"/>
       <c r="G259" s="15"/>
     </row>
     <row r="260" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C260" s="17"/>
       <c r="F260" s="6"/>
       <c r="G260" s="15"/>
     </row>
     <row r="261" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A261" s="7"/>
       <c r="C261" s="17"/>
       <c r="F261" s="6"/>
       <c r="G261" s="15"/>
     </row>
     <row r="262" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A262" s="7"/>
       <c r="C262" s="17"/>
       <c r="F262" s="6"/>
       <c r="G262" s="15"/>
     </row>
     <row r="263" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C263" s="17"/>
       <c r="F263" s="6"/>
       <c r="G263" s="15"/>
     </row>
     <row r="264" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A264" s="7"/>
       <c r="C264" s="17"/>
       <c r="F264" s="6"/>
       <c r="G264" s="15"/>
     </row>
     <row r="265" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A265" s="7"/>
       <c r="C265" s="17"/>
       <c r="F265" s="6"/>
       <c r="G265" s="15"/>
     </row>
     <row r="266" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C266" s="17"/>
       <c r="F266" s="6"/>
       <c r="G266" s="15"/>
     </row>
     <row r="267" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C267" s="17"/>
       <c r="F267" s="6"/>
       <c r="G267" s="15"/>
     </row>
     <row r="268" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A268" s="7"/>
       <c r="C268" s="17"/>
       <c r="F268" s="6"/>
       <c r="G268" s="15"/>
     </row>
     <row r="269" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C269" s="17"/>
       <c r="F269" s="6"/>
       <c r="G269" s="15"/>
     </row>
     <row r="270" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C270" s="17"/>
       <c r="F270" s="6"/>
       <c r="G270" s="15"/>
     </row>
     <row r="271" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A271" s="7"/>
       <c r="C271" s="17"/>
       <c r="F271" s="6"/>
       <c r="G271" s="15"/>
     </row>
     <row r="272" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C272" s="17"/>
       <c r="F272" s="6"/>
       <c r="G272" s="15"/>
     </row>
     <row r="273" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C273" s="17"/>
       <c r="F273" s="6"/>
       <c r="G273" s="15"/>
     </row>
     <row r="274" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A274" s="7"/>
       <c r="C274" s="17"/>
       <c r="F274" s="6"/>
       <c r="G274" s="15"/>
     </row>
     <row r="275" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A275" s="7"/>
       <c r="C275" s="17"/>
       <c r="F275" s="6"/>
       <c r="G275" s="15"/>
     </row>
     <row r="276" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C276" s="17"/>
       <c r="F276" s="6"/>
       <c r="G276" s="15"/>
     </row>
     <row r="277" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C277" s="17"/>
       <c r="F277" s="6"/>
       <c r="G277" s="15"/>
     </row>
     <row r="278" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A278" s="7"/>
       <c r="C278" s="17"/>
       <c r="F278" s="6"/>
       <c r="G278" s="15"/>
     </row>
     <row r="279" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C279" s="17"/>
       <c r="F279" s="6"/>
       <c r="G279" s="15"/>
     </row>
     <row r="280" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C280" s="17"/>
       <c r="F280" s="6"/>
       <c r="G280" s="15"/>
     </row>
     <row r="281" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C281" s="17"/>
       <c r="F281" s="6"/>
       <c r="G281" s="15"/>
     </row>
     <row r="282" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C282" s="17"/>
       <c r="F282" s="6"/>
       <c r="G282" s="15"/>
     </row>
     <row r="283" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C283" s="17"/>
       <c r="F283" s="6"/>
       <c r="G283" s="15"/>
     </row>
-    <row r="284" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="284" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C284" s="17"/>
       <c r="F284" s="6"/>
       <c r="G284" s="15"/>
     </row>
-    <row r="285" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A285" s="7"/>
+    <row r="285" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C285" s="17"/>
       <c r="F285" s="6"/>
       <c r="G285" s="15"/>
     </row>
-    <row r="286" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B286" s="5"/>
+    <row r="286" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C286" s="17"/>
-      <c r="D286" s="5"/>
-      <c r="E286" s="5"/>
       <c r="F286" s="6"/>
       <c r="G286" s="15"/>
     </row>
-    <row r="287" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B287" s="5"/>
+    <row r="287" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C287" s="17"/>
-      <c r="D287" s="5"/>
-      <c r="E287" s="5"/>
       <c r="F287" s="6"/>
       <c r="G287" s="15"/>
     </row>
-    <row r="288" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B288" s="5"/>
+    <row r="288" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A288" s="7"/>
       <c r="C288" s="17"/>
-      <c r="D288" s="5"/>
-      <c r="E288" s="5"/>
       <c r="F288" s="6"/>
       <c r="G288" s="15"/>
     </row>
     <row r="289" spans="1:7" ht="12.75" customHeight="1">
       <c r="A289" s="5"/>
       <c r="B289" s="5"/>
       <c r="C289" s="17"/>
       <c r="D289" s="5"/>
       <c r="E289" s="5"/>
       <c r="F289" s="6"/>
       <c r="G289" s="15"/>
     </row>
     <row r="290" spans="1:7" ht="12.75" customHeight="1">
       <c r="A290" s="5"/>
       <c r="B290" s="5"/>
       <c r="C290" s="17"/>
       <c r="D290" s="5"/>
       <c r="E290" s="5"/>
       <c r="F290" s="6"/>
-      <c r="G290" s="5"/>
+      <c r="G290" s="15"/>
     </row>
     <row r="291" spans="1:7" ht="12.75" customHeight="1">
       <c r="A291" s="5"/>
       <c r="B291" s="5"/>
       <c r="C291" s="17"/>
       <c r="D291" s="5"/>
       <c r="E291" s="5"/>
       <c r="F291" s="6"/>
       <c r="G291" s="15"/>
     </row>
-    <row r="293" spans="1:7" ht="14.45">
+    <row r="292" spans="1:7" ht="12.75" customHeight="1">
+      <c r="A292" s="5"/>
+      <c r="B292" s="5"/>
+      <c r="C292" s="17"/>
+      <c r="D292" s="5"/>
+      <c r="E292" s="5"/>
+      <c r="F292" s="6"/>
+      <c r="G292" s="15"/>
+    </row>
+    <row r="293" spans="1:7" ht="12.75" customHeight="1">
       <c r="A293" s="5"/>
       <c r="B293" s="5"/>
       <c r="C293" s="17"/>
       <c r="D293" s="5"/>
       <c r="E293" s="5"/>
       <c r="F293" s="6"/>
-      <c r="G293" s="15"/>
-[...1 lines deleted...]
-    <row r="294" spans="1:7" ht="14.45">
+      <c r="G293" s="5"/>
+    </row>
+    <row r="294" spans="1:7" ht="12.75" customHeight="1">
       <c r="A294" s="5"/>
       <c r="B294" s="5"/>
       <c r="C294" s="17"/>
       <c r="D294" s="5"/>
       <c r="E294" s="5"/>
       <c r="F294" s="6"/>
       <c r="G294" s="15"/>
-    </row>
-[...7 lines deleted...]
-      <c r="G295" s="15"/>
     </row>
     <row r="296" spans="1:7" ht="14.45">
       <c r="A296" s="5"/>
       <c r="B296" s="5"/>
       <c r="C296" s="17"/>
       <c r="D296" s="5"/>
       <c r="E296" s="5"/>
       <c r="F296" s="6"/>
       <c r="G296" s="15"/>
     </row>
     <row r="297" spans="1:7" ht="14.45">
       <c r="A297" s="5"/>
       <c r="B297" s="5"/>
       <c r="C297" s="17"/>
       <c r="D297" s="5"/>
       <c r="E297" s="5"/>
       <c r="F297" s="6"/>
       <c r="G297" s="15"/>
     </row>
     <row r="298" spans="1:7" ht="14.45">
       <c r="A298" s="5"/>
       <c r="B298" s="5"/>
       <c r="C298" s="17"/>
       <c r="D298" s="5"/>
       <c r="E298" s="5"/>
@@ -4709,60 +4758,75 @@
       <c r="C312" s="17"/>
       <c r="D312" s="5"/>
       <c r="E312" s="5"/>
       <c r="F312" s="6"/>
       <c r="G312" s="15"/>
     </row>
     <row r="313" spans="1:7" ht="14.45">
       <c r="A313" s="5"/>
       <c r="B313" s="5"/>
       <c r="C313" s="17"/>
       <c r="D313" s="5"/>
       <c r="E313" s="5"/>
       <c r="F313" s="6"/>
       <c r="G313" s="15"/>
     </row>
     <row r="314" spans="1:7" ht="14.45">
       <c r="A314" s="5"/>
       <c r="B314" s="5"/>
       <c r="C314" s="17"/>
       <c r="D314" s="5"/>
       <c r="E314" s="5"/>
       <c r="F314" s="6"/>
       <c r="G314" s="15"/>
     </row>
     <row r="315" spans="1:7" ht="14.45">
-      <c r="F315" s="13"/>
-      <c r="G315" s="1"/>
+      <c r="A315" s="5"/>
+      <c r="B315" s="5"/>
+      <c r="C315" s="17"/>
+      <c r="D315" s="5"/>
+      <c r="E315" s="5"/>
+      <c r="F315" s="6"/>
+      <c r="G315" s="15"/>
     </row>
     <row r="316" spans="1:7" ht="14.45">
-      <c r="F316" s="13"/>
-      <c r="G316" s="1"/>
+      <c r="A316" s="5"/>
+      <c r="B316" s="5"/>
+      <c r="C316" s="17"/>
+      <c r="D316" s="5"/>
+      <c r="E316" s="5"/>
+      <c r="F316" s="6"/>
+      <c r="G316" s="15"/>
     </row>
     <row r="317" spans="1:7" ht="14.45">
-      <c r="F317" s="13"/>
-      <c r="G317" s="1"/>
+      <c r="A317" s="5"/>
+      <c r="B317" s="5"/>
+      <c r="C317" s="17"/>
+      <c r="D317" s="5"/>
+      <c r="E317" s="5"/>
+      <c r="F317" s="6"/>
+      <c r="G317" s="15"/>
     </row>
     <row r="318" spans="1:7" ht="14.45">
       <c r="F318" s="13"/>
       <c r="G318" s="1"/>
     </row>
     <row r="319" spans="1:7" ht="14.45">
       <c r="F319" s="13"/>
       <c r="G319" s="1"/>
     </row>
     <row r="320" spans="1:7" ht="14.45">
       <c r="F320" s="13"/>
       <c r="G320" s="1"/>
     </row>
     <row r="321" spans="6:7" ht="14.45">
       <c r="F321" s="13"/>
       <c r="G321" s="1"/>
     </row>
     <row r="322" spans="6:7" ht="14.45">
       <c r="F322" s="13"/>
       <c r="G322" s="1"/>
     </row>
     <row r="323" spans="6:7" ht="14.45">
       <c r="F323" s="13"/>
       <c r="G323" s="1"/>
     </row>
@@ -4872,59 +4936,59 @@
     </row>
     <row r="350" spans="6:7" ht="14.45">
       <c r="F350" s="13"/>
       <c r="G350" s="1"/>
     </row>
     <row r="351" spans="6:7" ht="14.45">
       <c r="F351" s="13"/>
       <c r="G351" s="1"/>
     </row>
     <row r="352" spans="6:7" ht="14.45">
       <c r="F352" s="13"/>
       <c r="G352" s="1"/>
     </row>
     <row r="353" spans="6:7" ht="14.45">
       <c r="F353" s="13"/>
       <c r="G353" s="1"/>
     </row>
     <row r="354" spans="6:7" ht="14.45">
       <c r="F354" s="13"/>
       <c r="G354" s="1"/>
     </row>
     <row r="355" spans="6:7" ht="14.45">
       <c r="F355" s="13"/>
       <c r="G355" s="1"/>
     </row>
-    <row r="356" spans="6:7" ht="15" customHeight="1">
+    <row r="356" spans="6:7" ht="14.45">
       <c r="F356" s="13"/>
       <c r="G356" s="1"/>
     </row>
-    <row r="357" spans="6:7" ht="15" customHeight="1">
+    <row r="357" spans="6:7" ht="14.45">
       <c r="F357" s="13"/>
       <c r="G357" s="1"/>
     </row>
-    <row r="358" spans="6:7" ht="15" customHeight="1">
+    <row r="358" spans="6:7" ht="14.45">
       <c r="F358" s="13"/>
       <c r="G358" s="1"/>
     </row>
     <row r="359" spans="6:7" ht="15" customHeight="1">
       <c r="F359" s="13"/>
       <c r="G359" s="1"/>
     </row>
     <row r="360" spans="6:7" ht="15" customHeight="1">
       <c r="F360" s="13"/>
       <c r="G360" s="1"/>
     </row>
     <row r="361" spans="6:7" ht="15" customHeight="1">
       <c r="F361" s="13"/>
       <c r="G361" s="1"/>
     </row>
     <row r="362" spans="6:7" ht="15" customHeight="1">
       <c r="F362" s="13"/>
       <c r="G362" s="1"/>
     </row>
     <row r="363" spans="6:7" ht="15" customHeight="1">
       <c r="F363" s="13"/>
       <c r="G363" s="1"/>
     </row>
     <row r="364" spans="6:7" ht="15" customHeight="1">
       <c r="F364" s="13"/>
@@ -4985,163 +5049,166 @@
     <row r="378" spans="6:7" ht="15" customHeight="1">
       <c r="F378" s="13"/>
       <c r="G378" s="1"/>
     </row>
     <row r="379" spans="6:7" ht="15" customHeight="1">
       <c r="F379" s="13"/>
       <c r="G379" s="1"/>
     </row>
     <row r="380" spans="6:7" ht="15" customHeight="1">
       <c r="F380" s="13"/>
       <c r="G380" s="1"/>
     </row>
     <row r="381" spans="6:7" ht="15" customHeight="1">
       <c r="F381" s="13"/>
       <c r="G381" s="1"/>
     </row>
     <row r="382" spans="6:7" ht="15" customHeight="1">
       <c r="F382" s="13"/>
       <c r="G382" s="1"/>
     </row>
     <row r="383" spans="6:7" ht="15" customHeight="1">
       <c r="F383" s="13"/>
       <c r="G383" s="1"/>
     </row>
     <row r="384" spans="6:7" ht="15" customHeight="1">
+      <c r="F384" s="13"/>
       <c r="G384" s="1"/>
     </row>
     <row r="385" spans="2:7" ht="15" customHeight="1">
+      <c r="F385" s="13"/>
       <c r="G385" s="1"/>
     </row>
     <row r="386" spans="2:7" ht="15" customHeight="1">
       <c r="F386" s="13"/>
       <c r="G386" s="1"/>
     </row>
     <row r="387" spans="2:7" ht="15" customHeight="1">
       <c r="G387" s="1"/>
     </row>
     <row r="388" spans="2:7" ht="15" customHeight="1">
-      <c r="F388" s="13"/>
       <c r="G388" s="1"/>
     </row>
     <row r="389" spans="2:7" ht="15" customHeight="1">
+      <c r="F389" s="13"/>
       <c r="G389" s="1"/>
     </row>
     <row r="390" spans="2:7" ht="15" customHeight="1">
       <c r="G390" s="1"/>
     </row>
     <row r="391" spans="2:7" ht="15" customHeight="1">
+      <c r="F391" s="13"/>
       <c r="G391" s="1"/>
     </row>
     <row r="392" spans="2:7" ht="15" customHeight="1">
       <c r="G392" s="1"/>
     </row>
     <row r="393" spans="2:7" ht="15" customHeight="1">
       <c r="G393" s="1"/>
     </row>
     <row r="394" spans="2:7" ht="15" customHeight="1">
       <c r="G394" s="1"/>
     </row>
     <row r="395" spans="2:7" ht="15" customHeight="1">
       <c r="G395" s="1"/>
     </row>
     <row r="396" spans="2:7" ht="15" customHeight="1">
       <c r="G396" s="1"/>
     </row>
     <row r="397" spans="2:7" ht="15" customHeight="1">
-      <c r="B397" s="14"/>
       <c r="G397" s="1"/>
     </row>
     <row r="398" spans="2:7" ht="15" customHeight="1">
       <c r="G398" s="1"/>
     </row>
     <row r="399" spans="2:7" ht="15" customHeight="1">
       <c r="G399" s="1"/>
     </row>
     <row r="400" spans="2:7" ht="15" customHeight="1">
+      <c r="B400" s="14"/>
       <c r="G400" s="1"/>
     </row>
     <row r="401" spans="2:7" ht="15" customHeight="1">
       <c r="G401" s="1"/>
     </row>
     <row r="402" spans="2:7" ht="15" customHeight="1">
       <c r="G402" s="1"/>
     </row>
     <row r="403" spans="2:7" ht="15" customHeight="1">
-      <c r="B403" s="14"/>
       <c r="G403" s="1"/>
     </row>
     <row r="404" spans="2:7" ht="15" customHeight="1">
       <c r="G404" s="1"/>
     </row>
     <row r="405" spans="2:7" ht="15" customHeight="1">
       <c r="G405" s="1"/>
     </row>
     <row r="406" spans="2:7" ht="15" customHeight="1">
+      <c r="B406" s="14"/>
       <c r="G406" s="1"/>
     </row>
     <row r="407" spans="2:7" ht="15" customHeight="1">
       <c r="G407" s="1"/>
     </row>
     <row r="408" spans="2:7" ht="15" customHeight="1">
       <c r="G408" s="1"/>
     </row>
     <row r="409" spans="2:7" ht="15" customHeight="1">
       <c r="G409" s="1"/>
     </row>
     <row r="410" spans="2:7" ht="15" customHeight="1">
       <c r="G410" s="1"/>
     </row>
     <row r="411" spans="2:7" ht="15" customHeight="1">
       <c r="G411" s="1"/>
     </row>
     <row r="412" spans="2:7" ht="15" customHeight="1">
       <c r="G412" s="1"/>
     </row>
     <row r="413" spans="2:7" ht="15" customHeight="1">
       <c r="G413" s="1"/>
     </row>
     <row r="414" spans="2:7" ht="15" customHeight="1">
       <c r="G414" s="1"/>
     </row>
     <row r="415" spans="2:7" ht="15" customHeight="1">
       <c r="G415" s="1"/>
     </row>
     <row r="416" spans="2:7" ht="15" customHeight="1">
       <c r="G416" s="1"/>
     </row>
     <row r="417" spans="2:7" ht="15" customHeight="1">
-      <c r="B417" s="14"/>
       <c r="G417" s="1"/>
     </row>
     <row r="418" spans="2:7" ht="15" customHeight="1">
       <c r="G418" s="1"/>
     </row>
     <row r="419" spans="2:7" ht="15" customHeight="1">
       <c r="G419" s="1"/>
     </row>
     <row r="420" spans="2:7" ht="15" customHeight="1">
+      <c r="B420" s="14"/>
       <c r="G420" s="1"/>
     </row>
     <row r="421" spans="2:7" ht="15" customHeight="1">
       <c r="G421" s="1"/>
     </row>
     <row r="422" spans="2:7" ht="15" customHeight="1">
       <c r="G422" s="1"/>
     </row>
     <row r="423" spans="2:7" ht="15" customHeight="1">
       <c r="G423" s="1"/>
     </row>
     <row r="424" spans="2:7" ht="15" customHeight="1">
       <c r="G424" s="1"/>
     </row>
     <row r="425" spans="2:7" ht="15" customHeight="1">
       <c r="G425" s="1"/>
     </row>
     <row r="426" spans="2:7" ht="15" customHeight="1">
       <c r="G426" s="1"/>
     </row>
     <row r="427" spans="2:7" ht="15" customHeight="1">
       <c r="G427" s="1"/>
     </row>
     <row r="428" spans="2:7" ht="15" customHeight="1">
       <c r="G428" s="1"/>
@@ -5217,109 +5284,116 @@
     </row>
     <row r="452" spans="7:7" ht="15" customHeight="1">
       <c r="G452" s="1"/>
     </row>
     <row r="453" spans="7:7" ht="15" customHeight="1">
       <c r="G453" s="1"/>
     </row>
     <row r="454" spans="7:7" ht="15" customHeight="1">
       <c r="G454" s="1"/>
     </row>
     <row r="455" spans="7:7" ht="15" customHeight="1">
       <c r="G455" s="1"/>
     </row>
     <row r="456" spans="7:7" ht="15" customHeight="1">
       <c r="G456" s="1"/>
     </row>
     <row r="457" spans="7:7" ht="15" customHeight="1">
       <c r="G457" s="1"/>
     </row>
     <row r="458" spans="7:7" ht="15" customHeight="1">
       <c r="G458" s="1"/>
     </row>
     <row r="459" spans="7:7" ht="15" customHeight="1">
       <c r="G459" s="1"/>
     </row>
-    <row r="460" spans="7:7" ht="14.45">
+    <row r="460" spans="7:7" ht="15" customHeight="1">
       <c r="G460" s="1"/>
     </row>
-    <row r="461" spans="7:7" ht="14.45">
+    <row r="461" spans="7:7" ht="15" customHeight="1">
       <c r="G461" s="1"/>
     </row>
-    <row r="462" spans="7:7" ht="14.45">
+    <row r="462" spans="7:7" ht="15" customHeight="1">
       <c r="G462" s="1"/>
     </row>
-    <row r="466" spans="4:5" ht="14.45">
-[...16 lines deleted...]
-    <row r="480" spans="4:5" ht="14.45"/>
+    <row r="463" spans="7:7" ht="14.45">
+      <c r="G463" s="1"/>
+    </row>
+    <row r="464" spans="7:7" ht="14.45">
+      <c r="G464" s="1"/>
+    </row>
+    <row r="465" spans="4:7" ht="14.45">
+      <c r="G465" s="1"/>
+    </row>
+    <row r="469" spans="4:7" ht="14.45">
+      <c r="D469" s="1"/>
+      <c r="E469" s="1"/>
+    </row>
+    <row r="470" spans="4:7" ht="14.45"/>
+    <row r="471" spans="4:7" ht="14.45"/>
+    <row r="472" spans="4:7" ht="14.45"/>
+    <row r="473" spans="4:7" ht="14.45"/>
+    <row r="474" spans="4:7" ht="14.45"/>
+    <row r="475" spans="4:7" ht="14.45"/>
+    <row r="476" spans="4:7" ht="14.45"/>
+    <row r="477" spans="4:7" ht="14.45"/>
+    <row r="478" spans="4:7" ht="14.45"/>
+    <row r="479" spans="4:7" ht="14.45"/>
+    <row r="480" spans="4:7" ht="14.45"/>
     <row r="481" ht="14.45"/>
     <row r="482" ht="14.45"/>
     <row r="483" ht="14.45"/>
     <row r="484" ht="14.45"/>
     <row r="485" ht="14.45"/>
     <row r="486" ht="14.45"/>
     <row r="487" ht="14.45"/>
     <row r="488" ht="14.45"/>
     <row r="489" ht="14.45"/>
     <row r="490" ht="14.45"/>
     <row r="491" ht="14.45"/>
     <row r="492" ht="14.45"/>
+    <row r="493" ht="14.45"/>
+    <row r="494" ht="14.45"/>
     <row r="495" ht="14.45"/>
-    <row r="497" ht="14.45"/>
-[...3 lines deleted...]
-    <row r="527" ht="14.45"/>
+    <row r="498" ht="14.45"/>
+    <row r="500" ht="14.45"/>
+    <row r="509" ht="14.45"/>
+    <row r="515" ht="14.45"/>
+    <row r="529" ht="14.45"/>
+    <row r="530" ht="14.45"/>
   </sheetData>
-  <autoFilter ref="A1:G527" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...1 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A2:G107" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:XFD2">
     <sortCondition ref="A2"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Beslutade företagsstöd Västra Götalandsregionen 2025</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Moa Boéthius</lastModifiedBy>
+  <lastModifiedBy>Therese Larsson</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>