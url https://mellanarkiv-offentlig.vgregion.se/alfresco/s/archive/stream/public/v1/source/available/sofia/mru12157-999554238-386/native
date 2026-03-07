--- v2 (2026-01-16)
+++ v3 (2026-03-07)
@@ -1,140 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29609"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29825"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgregion.sharepoint.com/sites/sy-mru-foretagsstod/Delade dokument/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2874" documentId="13_ncr:1_{52BE3072-CB03-4F5C-8778-5BBF5067E954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F7E55AB3-4CA7-4D0A-AF62-EA12EF426D0D}"/>
+  <xr:revisionPtr revIDLastSave="2885" documentId="13_ncr:1_{52BE3072-CB03-4F5C-8778-5BBF5067E954}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F2E79B0A-34C0-460A-8F61-ED9E603BEFD7}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Blad1!$A$2:$G$107</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Blad1!$A$2:$G$108</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C107" i="1" l="1"/>
+  <c r="C108" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="519" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="524" uniqueCount="228">
   <si>
     <t>Beslut om företagsstöd Västra Götalandsregionen 2025</t>
   </si>
   <si>
     <t>Företagsnamn</t>
   </si>
   <si>
     <t>Stödets syfte</t>
   </si>
   <si>
     <t>Belopp, kr</t>
   </si>
   <si>
     <t>Stödtyp</t>
   </si>
   <si>
     <t>Kraftsamling/ Styrkeområde</t>
   </si>
   <si>
     <t>Delregion (kommun) där satsningen genomförs</t>
   </si>
   <si>
     <t>Dag för beslut</t>
   </si>
   <si>
     <t>LayerLogic AB</t>
   </si>
   <si>
     <t xml:space="preserve">Planeringsbidrag för teknisk validering av biosensor samt juridiskt- och skrivarstöd inför ansökan till Eurostars. </t>
   </si>
   <si>
     <t>Planeringsbidrag inför EU-ansökan</t>
   </si>
   <si>
     <t>Stärka innovationskraften</t>
   </si>
   <si>
     <t>Göteborgsregionen</t>
   </si>
   <si>
+    <t>Texray AB</t>
+  </si>
+  <si>
+    <t>Förbättring av arbetsmiljön för sjukvårdspersonal genom en ny innovativ strålskyddsprodukt</t>
+  </si>
+  <si>
+    <t>Hållbarhetscheck</t>
+  </si>
+  <si>
+    <t>Hälsa och Life Science</t>
+  </si>
+  <si>
     <t>Eva Eriksson Design AB</t>
   </si>
   <si>
     <t>Produktutveckling av akustiktassar för minskad miljöpåverkan genom nya materialval, alternativ design och ökad återanvändning.</t>
   </si>
   <si>
-    <t>Hållbarhetscheck</t>
-[...1 lines deleted...]
-  <si>
     <t>Hörnebo Snickeri AB</t>
   </si>
   <si>
     <t>Investering i kantlistmaskin för effektivare produktion</t>
   </si>
   <si>
     <t>Investeringsstöd</t>
   </si>
   <si>
     <t>Skaraborg (Tibro)</t>
   </si>
   <si>
     <t>ÄLEKULLA SAMHÄLLSFÖRENING</t>
   </si>
   <si>
     <t>Driftsstöd till dagligvarubutik</t>
   </si>
   <si>
     <t>Kommersiell service</t>
   </si>
   <si>
     <t>Knyta samman Västra Götaland</t>
   </si>
   <si>
     <t>Sjuhärad (Mark)</t>
@@ -170,53 +179,50 @@
     <t xml:space="preserve">Ny mätteknik som gör det möjligt att i realtid övervaka alkaliska ämnen för processoptimering inom industrin. </t>
   </si>
   <si>
     <t>Såddlån</t>
   </si>
   <si>
     <t>Amal House AH Production AB</t>
   </si>
   <si>
     <t>Stöd för investering i filteranläggning för ökad produktionskapacitet och förbättrad arbetsmiljö.</t>
   </si>
   <si>
     <t>Fyrbodal (Åmål)</t>
   </si>
   <si>
     <t>Emickers AB</t>
   </si>
   <si>
     <t>Utveckling av batterifria IoT-lösningar genom ambient backscatter-teknik</t>
   </si>
   <si>
     <t>Zerapeutics AB</t>
   </si>
   <si>
     <t>Utvecklingen av målsökande läkemedelskandidat mot metastaserande cancer.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hälsa och Life Science</t>
   </si>
   <si>
     <t>Pulskontroll i Bovallstrand Aktiebolag</t>
   </si>
   <si>
     <t>Digitalisering och automatisering av administrativa och produktionsnära processer för bättre kvalitet, spårbarhet och leveranssäkerhet</t>
   </si>
   <si>
     <t>Fyrbodal (Sotenäs)</t>
   </si>
   <si>
     <t>Paliscope AB</t>
   </si>
   <si>
     <t>Go-To-Market-strategi och marknadsundersökningar i samband med lansering av en ny produkt på nya marknader</t>
   </si>
   <si>
     <t>Internationaliseringscheck</t>
   </si>
   <si>
     <t>GreenTech Recycling Tires Sweden AB</t>
   </si>
   <si>
     <t>Utveckling av partner- och marknadsstrategier samt tekniska förstudier inför etablering av återvinningsanläggning.</t>
   </si>
@@ -1189,54 +1195,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G530"/>
+  <dimension ref="A1:G531"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView tabSelected="1" topLeftCell="A90" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="F97" sqref="F97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="31.42578125" customWidth="1"/>
     <col min="2" max="2" width="78.7109375" customWidth="1"/>
     <col min="3" max="3" width="12" style="16" customWidth="1"/>
     <col min="4" max="4" width="23" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.85546875" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" customWidth="1"/>
     <col min="7" max="7" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="47.25" customHeight="1">
       <c r="A1" s="26" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="26"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
     </row>
     <row r="2" spans="1:7" ht="75" customHeight="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -1273,2488 +1279,2506 @@
       </c>
       <c r="C4" s="20">
         <v>133500</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="15">
         <v>46007</v>
       </c>
     </row>
     <row r="5" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="20">
-        <v>69900</v>
+        <v>400000</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="15">
         <v>46006</v>
       </c>
     </row>
     <row r="6" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A6" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="20">
-        <v>52000</v>
+        <v>69900</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G6" s="15">
         <v>46006</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A7" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="5" t="s">
+      <c r="C7" s="20">
+        <v>52000</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="20">
+      <c r="E7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" s="15">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A8" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="20">
         <v>88642</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="23">
+      <c r="D8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G8" s="23">
         <v>45805</v>
-      </c>
-[...21 lines deleted...]
-        <v>46000</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="5" t="s">
+      <c r="C9" s="20">
+        <v>150000</v>
+      </c>
+      <c r="D9" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="F9" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="15">
-        <v>45996</v>
+        <v>46000</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A10" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="C10" s="20">
+        <v>175000</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="20">
-[...2 lines deleted...]
-      <c r="D10" s="5" t="s">
+      <c r="F10" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="E10" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G10" s="15">
-        <v>45994</v>
+        <v>45996</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="20">
-        <v>595000</v>
+        <v>495040</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G11" s="15">
-        <v>45989</v>
+        <v>45994</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A12" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="20">
-        <v>260000</v>
+        <v>595000</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="G12" s="15">
-        <v>45973</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A13" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C13" s="20">
-        <v>657000</v>
+        <v>260000</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="15">
         <v>45973</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A14" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="20">
-        <v>250000</v>
+        <v>657000</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="G14" s="15">
         <v>45973</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A15" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B15" s="5" t="s">
+      <c r="C15" s="20">
+        <v>250000</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G15" s="15">
         <v>45973</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A16" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="5" t="s">
+      <c r="C16" s="20">
+        <v>168750</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="C16" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="5" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G16" s="15">
-        <v>45968</v>
+        <v>45973</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A17" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="20">
-        <v>122500</v>
+        <v>280000</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="G17" s="15">
-        <v>45967</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45968</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A18" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C18" s="20">
-        <v>518000</v>
+        <v>122500</v>
       </c>
       <c r="D18" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="E18" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="15">
-        <v>45965</v>
+        <v>45967</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A19" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="B19" s="5" t="s">
+      <c r="B19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="20">
-        <v>700000</v>
+        <v>518000</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="G19" s="15">
         <v>45965</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="20" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A20" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="20">
-        <v>163000</v>
+        <v>700000</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="G20" s="15">
         <v>45965</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="5" customFormat="1" ht="27">
+    <row r="21" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A21" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="C21" s="20">
-        <v>167907</v>
+        <v>163000</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>12</v>
+      </c>
+      <c r="G21" s="15">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A22" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" s="20">
+        <v>167907</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F22" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="20">
+      <c r="G22" s="23">
+        <v>45730</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A23" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="20">
         <v>106875</v>
       </c>
-      <c r="D22" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G22" s="23">
+      <c r="D23" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="G23" s="23">
         <v>45825</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...22 lines deleted...]
-    <row r="24" spans="1:7" s="5" customFormat="1" ht="27">
+    <row r="24" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A24" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="20">
+        <v>607126</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A25" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="20">
+        <v>124231</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F25" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="C24" s="20">
-[...11 lines deleted...]
-      <c r="G24" s="23">
+      <c r="G25" s="23">
         <v>45735</v>
-      </c>
-[...21 lines deleted...]
-        <v>45959</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A26" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>72</v>
       </c>
       <c r="C26" s="20">
-        <v>506000</v>
+        <v>578000</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="15">
         <v>45959</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A27" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C27" s="20">
-        <v>585000</v>
+        <v>506000</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="15">
         <v>45959</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="5" customFormat="1" ht="27.6">
+    <row r="28" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A28" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C28" s="20">
-        <v>515000</v>
+        <v>585000</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="G28" s="15">
         <v>45959</v>
       </c>
     </row>
-    <row r="29" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="29" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A29" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="20">
-        <v>50000</v>
+        <v>515000</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G29" s="15">
-        <v>45952</v>
+        <v>45959</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A30" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C30" s="20">
-        <v>250000</v>
+        <v>50000</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="E30" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="F30" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="15">
-        <v>45951</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45952</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A31" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="C31" s="20">
-        <v>350000</v>
+        <v>250000</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>12</v>
+      </c>
+      <c r="G31" s="15">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A32" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B32" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C32" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F32" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="C32" s="20">
+      <c r="G32" s="23">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A33" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" s="20">
         <v>70000</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D33" s="5" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>45950</v>
+        <v>88</v>
+      </c>
+      <c r="G33" s="15">
+        <v>45951</v>
       </c>
     </row>
     <row r="34" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A34" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>90</v>
       </c>
       <c r="C34" s="20">
-        <v>400000</v>
+        <v>600000</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="23">
         <v>45950</v>
       </c>
     </row>
-    <row r="35" spans="1:7" s="5" customFormat="1" ht="13.5">
+    <row r="35" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A35" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="20">
-        <v>314107</v>
+        <v>400000</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>93</v>
+        <v>12</v>
       </c>
       <c r="G35" s="23">
-        <v>45769</v>
+        <v>45950</v>
       </c>
     </row>
     <row r="36" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A36" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="C36" s="20">
-        <v>282000</v>
+        <v>314107</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="G36" s="15">
-        <v>45951</v>
+      <c r="G36" s="23">
+        <v>45769</v>
       </c>
     </row>
     <row r="37" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A37" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="C37" s="20">
-        <v>350000</v>
+        <v>282000</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>97</v>
+      </c>
+      <c r="G37" s="15">
+        <v>45951</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A38" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B38" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F38" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="C38" s="20">
-[...10 lines deleted...]
-      </c>
       <c r="G38" s="23">
-        <v>45937</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45772</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A39" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>99</v>
       </c>
       <c r="C39" s="20">
-        <v>50000</v>
+        <v>253000</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="G39" s="23">
         <v>45937</v>
       </c>
     </row>
-    <row r="40" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="40" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A40" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B40" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="20">
-        <v>91000</v>
+        <v>50000</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>12</v>
+        <v>102</v>
       </c>
       <c r="G40" s="23">
         <v>45937</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A41" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>104</v>
       </c>
       <c r="C41" s="20">
-        <v>650000</v>
+        <v>91000</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="23">
-        <v>45923</v>
+        <v>45937</v>
       </c>
     </row>
     <row r="42" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A42" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>106</v>
       </c>
       <c r="C42" s="20">
-        <v>390000</v>
+        <v>650000</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="23">
-        <v>45915</v>
+        <v>45923</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A43" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>108</v>
       </c>
       <c r="C43" s="20">
-        <v>700000</v>
+        <v>390000</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="G43" s="23">
-        <v>45903</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="44" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A44" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B44" s="5" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C44" s="20">
         <v>700000</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E44" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G44" s="23">
+        <v>45903</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A45" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="F44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="23">
+      <c r="B45" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C45" s="20">
+        <v>700000</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" s="23">
         <v>45901</v>
       </c>
     </row>
-    <row r="45" spans="1:7" s="5" customFormat="1" ht="13.5">
-[...6 lines deleted...]
-      <c r="C45" s="20">
+    <row r="46" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A46" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C46" s="20">
         <v>160149</v>
       </c>
-      <c r="D45" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="23">
+      <c r="D46" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="G46" s="23">
         <v>45715</v>
       </c>
     </row>
-    <row r="46" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...22 lines deleted...]
-    <row r="47" spans="1:7" s="5" customFormat="1" ht="13.5">
+    <row r="47" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A47" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="C47" s="20">
+        <v>205763</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="23">
+        <v>45896</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A48" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C48" s="20">
         <v>350000</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="23">
+      <c r="D48" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G48" s="23">
         <v>45789</v>
-      </c>
-[...21 lines deleted...]
-        <v>45889</v>
       </c>
     </row>
     <row r="49" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A49" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>119</v>
       </c>
       <c r="C49" s="20">
-        <v>500000</v>
+        <v>46400</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="23">
-        <v>45841</v>
+        <v>45889</v>
       </c>
     </row>
     <row r="50" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A50" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>121</v>
       </c>
       <c r="C50" s="20">
-        <v>400000</v>
+        <v>500000</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="23">
         <v>45841</v>
       </c>
     </row>
-    <row r="51" spans="1:7" s="5" customFormat="1" ht="27.6">
+    <row r="51" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A51" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C51" s="20">
-        <v>700000</v>
+        <v>400000</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>124</v>
+        <v>12</v>
       </c>
       <c r="G51" s="23">
         <v>45841</v>
       </c>
     </row>
     <row r="52" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A52" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B52" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="20">
-        <v>250000</v>
+        <v>700000</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>27</v>
+        <v>111</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G52" s="23">
         <v>45841</v>
       </c>
     </row>
     <row r="53" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A53" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B53" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="B53" s="5" t="s">
+      <c r="C53" s="20">
+        <v>250000</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="C53" s="20">
+      <c r="G53" s="23">
+        <v>45841</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A54" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="C54" s="20">
         <v>400000</v>
       </c>
-      <c r="D53" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="23">
+      <c r="D54" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="G54" s="23">
         <v>45838</v>
-      </c>
-[...21 lines deleted...]
-        <v>45835</v>
       </c>
     </row>
     <row r="55" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A55" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>134</v>
       </c>
       <c r="C55" s="20">
-        <v>500500</v>
+        <v>1395020</v>
       </c>
       <c r="D55" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="E55" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G55" s="23">
-        <v>45834</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45835</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A56" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="C56" s="20">
-        <v>264473</v>
+        <v>500500</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>12</v>
+      </c>
+      <c r="G56" s="23">
+        <v>45834</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A57" s="5" t="s">
         <v>137</v>
       </c>
       <c r="B57" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C57" s="20">
+        <v>264473</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F57" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="C57" s="20">
-[...12 lines deleted...]
-        <v>45833</v>
+      <c r="G57" s="15">
+        <v>45960</v>
       </c>
     </row>
     <row r="58" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A58" s="5" t="s">
         <v>139</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>140</v>
       </c>
       <c r="C58" s="20">
-        <v>600000</v>
+        <v>512000</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="G58" s="23">
         <v>45833</v>
       </c>
     </row>
     <row r="59" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A59" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C59" s="20">
-        <v>260000</v>
+        <v>600000</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="23">
-        <v>45832</v>
+        <v>45833</v>
       </c>
     </row>
     <row r="60" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A60" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="B60" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="B60" s="5" t="s">
+      <c r="C60" s="20">
+        <v>260000</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="23">
         <v>45832</v>
       </c>
     </row>
     <row r="61" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A61" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>147</v>
       </c>
       <c r="C61" s="20">
-        <v>435000</v>
+        <v>230000</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>109</v>
+        <v>30</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="F61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="23">
-        <v>45831</v>
+        <v>45832</v>
       </c>
     </row>
     <row r="62" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A62" s="5" t="s">
-        <v>13</v>
+        <v>148</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C62" s="20">
-        <v>187645</v>
+        <v>435000</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>15</v>
+        <v>111</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="23">
+        <v>45831</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A63" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C63" s="20">
+        <v>187645</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="23">
         <v>45825</v>
       </c>
     </row>
-    <row r="63" spans="1:7" s="5" customFormat="1" ht="27">
-[...22 lines deleted...]
-    <row r="64" spans="1:7" s="5" customFormat="1" ht="27.6">
+    <row r="64" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A64" s="5" t="s">
         <v>151</v>
       </c>
       <c r="B64" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C64" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="C64" s="20">
+      <c r="G64" s="23">
+        <v>45820</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A65" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C65" s="20">
         <v>165000</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="5" t="s">
+      <c r="D65" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E65" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F64" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G64" s="23">
+      <c r="F65" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="G65" s="23">
         <v>45821</v>
       </c>
     </row>
-    <row r="65" spans="1:7" s="5" customFormat="1" ht="13.5">
-[...6 lines deleted...]
-      <c r="C65" s="20">
+    <row r="66" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A66" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C66" s="20">
         <v>270010</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="23">
+      <c r="D66" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="G66" s="23">
         <v>45714</v>
       </c>
     </row>
-    <row r="66" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...22 lines deleted...]
-    <row r="67" spans="1:7" s="5" customFormat="1" ht="27">
+    <row r="67" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A67" s="5" t="s">
         <v>157</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="C67" s="20">
-        <v>350000</v>
+        <v>287257</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="G67" s="23">
-        <v>45782</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45816</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A68" s="5" t="s">
         <v>159</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="C68" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="G68" s="23">
+        <v>45782</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A69" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C69" s="20">
         <v>544682</v>
       </c>
-      <c r="D68" s="5" t="s">
+      <c r="D69" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="G69" s="23">
+        <v>45806</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A70" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C70" s="20">
+        <v>1095000</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70" s="23">
+        <v>45713</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A71" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C71" s="20">
+        <v>700000</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="G71" s="23">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A72" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C72" s="20">
+        <v>146977</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G72" s="23">
+        <v>45730</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A73" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C73" s="20">
+        <v>507000</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="G73" s="23">
+        <v>45797</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A74" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C74" s="20">
+        <v>412650</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="E68" s="5" t="s">
-[...25 lines deleted...]
-      <c r="F69" s="6" t="s">
+      <c r="G74" s="23">
+        <v>45791</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A75" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="B75" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="G69" s="23">
-[...102 lines deleted...]
-      <c r="C74" s="20">
+      <c r="C75" s="20">
         <v>306132</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="23">
+      <c r="D75" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="G75" s="23">
         <v>45894</v>
       </c>
     </row>
-    <row r="75" spans="1:7" s="5" customFormat="1" ht="27">
-[...6 lines deleted...]
-      <c r="C75" s="20">
+    <row r="76" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A76" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C76" s="20">
         <v>567981</v>
       </c>
-      <c r="D75" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="23">
+      <c r="D76" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="G76" s="23">
         <v>45756</v>
       </c>
     </row>
-    <row r="76" spans="1:7" s="5" customFormat="1" ht="27">
-[...22 lines deleted...]
-    <row r="77" spans="1:7" s="5" customFormat="1" ht="13.5">
+    <row r="77" spans="1:7" s="5" customFormat="1" ht="27">
       <c r="A77" s="5" t="s">
         <v>174</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="C77" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="G77" s="15">
+        <v>45960</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A78" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C78" s="20">
         <v>1067444</v>
       </c>
-      <c r="D77" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G77" s="23">
+      <c r="D78" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G78" s="23">
         <v>45834</v>
       </c>
     </row>
-    <row r="78" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...22 lines deleted...]
-    <row r="79" spans="1:7" s="5" customFormat="1" ht="27.6">
+    <row r="79" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A79" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="B79" s="6" t="s">
+      <c r="B79" s="5" t="s">
         <v>178</v>
       </c>
       <c r="C79" s="20">
-        <v>191250</v>
+        <v>250250</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="G79" s="23">
-        <v>45762</v>
+        <v>45763</v>
       </c>
     </row>
     <row r="80" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A80" s="5" t="s">
         <v>179</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>180</v>
       </c>
       <c r="C80" s="20">
-        <v>867630</v>
+        <v>191250</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="G80" s="23">
-        <v>45758</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" s="5" customFormat="1" ht="13.9">
+        <v>45762</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A81" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="B81" s="5" t="s">
+      <c r="B81" s="6" t="s">
         <v>182</v>
       </c>
       <c r="C81" s="20">
-        <v>68900</v>
+        <v>867630</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G81" s="23">
         <v>45758</v>
       </c>
     </row>
-    <row r="82" spans="1:7" s="5" customFormat="1" ht="13.5">
+    <row r="82" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A82" s="5" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>21</v>
+        <v>184</v>
       </c>
       <c r="C82" s="20">
+        <v>68900</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G82" s="23">
+        <v>45758</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A83" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C83" s="20">
         <v>350000</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="23">
+      <c r="D83" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G83" s="23">
         <v>45719</v>
       </c>
     </row>
-    <row r="83" spans="1:7" s="5" customFormat="1" ht="27.6">
-[...6 lines deleted...]
-      <c r="C83" s="20">
+    <row r="84" spans="1:7" s="5" customFormat="1" ht="27.6">
+      <c r="A84" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="C84" s="20">
         <v>647400</v>
       </c>
-      <c r="D83" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D84" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F84" s="6" t="s">
         <v>187</v>
       </c>
       <c r="G84" s="23">
-        <v>45945</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45749</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A85" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="B85" s="6" t="s">
+      <c r="B85" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C85" s="20">
+        <v>108285</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F85" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="C85" s="20">
-[...10 lines deleted...]
-      </c>
       <c r="G85" s="23">
-        <v>45748</v>
+        <v>45945</v>
       </c>
     </row>
     <row r="86" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A86" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="B86" s="5" t="s">
+      <c r="B86" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C86" s="20">
-        <v>132875</v>
+        <v>108506</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>153</v>
+        <v>31</v>
       </c>
       <c r="G86" s="23">
-        <v>45744</v>
+        <v>45748</v>
       </c>
     </row>
     <row r="87" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A87" s="5" t="s">
         <v>192</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>193</v>
       </c>
       <c r="C87" s="20">
-        <v>650000</v>
+        <v>132875</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>185</v>
+        <v>155</v>
       </c>
       <c r="G87" s="23">
         <v>45744</v>
       </c>
     </row>
-    <row r="88" spans="1:7" s="5" customFormat="1" ht="13.5">
+    <row r="88" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A88" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="C88" s="20">
-        <v>350000</v>
+        <v>650000</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>100</v>
+        <v>187</v>
       </c>
       <c r="G88" s="23">
-        <v>45897</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="89" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A89" s="5" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C89" s="20">
         <v>350000</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="G89" s="23">
-        <v>45799</v>
+        <v>45897</v>
       </c>
     </row>
     <row r="90" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A90" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="C90" s="20">
+        <v>350000</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G90" s="23">
+        <v>45799</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A91" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C91" s="20">
         <v>1500000</v>
       </c>
-      <c r="D90" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="15">
+      <c r="D91" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="G91" s="15">
         <v>46001</v>
-      </c>
-[...21 lines deleted...]
-        <v>45722</v>
       </c>
     </row>
     <row r="92" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A92" s="5" t="s">
         <v>199</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>200</v>
       </c>
       <c r="C92" s="20">
-        <v>700000</v>
+        <v>208150</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="E92" s="6" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>46</v>
+        <v>152</v>
       </c>
       <c r="G92" s="23">
-        <v>45721</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:7" s="5" customFormat="1" ht="13.5">
+        <v>45722</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A93" s="5" t="s">
         <v>201</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>21</v>
+        <v>202</v>
       </c>
       <c r="C93" s="20">
+        <v>700000</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G93" s="23">
+        <v>45721</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A94" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C94" s="20">
         <v>43201</v>
       </c>
-      <c r="D93" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G93" s="23">
+      <c r="D94" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="G94" s="23">
         <v>45944</v>
       </c>
     </row>
-    <row r="94" spans="1:7" s="5" customFormat="1" ht="27.6">
-[...22 lines deleted...]
-    <row r="95" spans="1:7" s="5" customFormat="1" ht="13.5">
+    <row r="95" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A95" s="5" t="s">
         <v>204</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>64</v>
+        <v>205</v>
       </c>
       <c r="C95" s="20">
-        <v>1091133</v>
+        <v>300950</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>205</v>
+        <v>60</v>
       </c>
       <c r="G95" s="23">
-        <v>45950</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:7" s="5" customFormat="1" ht="27.6">
+        <v>45719</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" s="5" customFormat="1" ht="13.5">
       <c r="A96" s="5" t="s">
         <v>206</v>
       </c>
       <c r="B96" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C96" s="20">
+        <v>1091133</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F96" s="6" t="s">
         <v>207</v>
       </c>
-      <c r="C96" s="20">
-[...10 lines deleted...]
-      </c>
       <c r="G96" s="23">
-        <v>45716</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:7" s="5" customFormat="1" ht="27">
+        <v>45950</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A97" s="5" t="s">
         <v>208</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>21</v>
+        <v>209</v>
       </c>
       <c r="C97" s="20">
+        <v>400000</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="G97" s="23">
+        <v>45716</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" s="5" customFormat="1" ht="27">
+      <c r="A98" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C98" s="20">
         <v>184897</v>
       </c>
-      <c r="D97" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G97" s="15">
+      <c r="D98" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="G98" s="15">
         <v>45960</v>
       </c>
     </row>
-    <row r="98" spans="1:7" ht="27.6">
-[...6 lines deleted...]
-      <c r="C98" s="20">
+    <row r="99" spans="1:7" ht="27.6">
+      <c r="A99" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="C99" s="20">
         <v>80000</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G98" s="23">
+      <c r="D99" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="G99" s="23">
         <v>45715</v>
       </c>
     </row>
-    <row r="99" spans="1:7" s="5" customFormat="1" ht="27.6">
-[...22 lines deleted...]
-    <row r="100" spans="1:7">
+    <row r="100" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A100" s="5" t="s">
         <v>214</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="C100" s="20">
+        <v>700000</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="G100" s="23">
+        <v>45714</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C101" s="20">
         <v>350000</v>
       </c>
-      <c r="D100" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G100" s="23">
+      <c r="D101" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="G101" s="23">
         <v>45721</v>
       </c>
     </row>
-    <row r="101" spans="1:7" s="5" customFormat="1" ht="13.5">
-[...6 lines deleted...]
-      <c r="C101" s="20">
+    <row r="102" spans="1:7" s="5" customFormat="1" ht="13.5">
+      <c r="A102" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C102" s="20">
         <v>45326</v>
       </c>
-      <c r="D101" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F101" s="6" t="s">
+      <c r="D102" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G102" s="23">
+        <v>45811</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A103" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B103" s="22" t="s">
+        <v>219</v>
+      </c>
+      <c r="C103" s="20">
+        <v>312000</v>
+      </c>
+      <c r="D103" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="G101" s="23">
-[...16 lines deleted...]
-      <c r="E102" s="5" t="s">
+      <c r="E103" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="F102" s="6" t="s">
-[...10 lines deleted...]
-      <c r="B103" s="6" t="s">
+      <c r="F103" s="6" t="s">
         <v>220</v>
-      </c>
-[...10 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G103" s="23">
         <v>45702</v>
       </c>
     </row>
-    <row r="104" spans="1:7" ht="27.6">
+    <row r="104" spans="1:7" s="5" customFormat="1" ht="27.6">
       <c r="A104" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="B104" s="5" t="s">
+      <c r="B104" s="6" t="s">
         <v>222</v>
       </c>
       <c r="C104" s="20">
-        <v>448500</v>
+        <v>552500</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F104" s="6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G104" s="23">
-        <v>45694</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7" s="19" customFormat="1" ht="27.6">
+        <v>45702</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="27.6">
       <c r="A105" s="5" t="s">
         <v>223</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="C105" s="17">
+      <c r="C105" s="20">
+        <v>448500</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="G105" s="23">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" s="19" customFormat="1" ht="27.6">
+      <c r="A106" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="C106" s="17">
         <v>31000</v>
       </c>
-      <c r="D105" s="24" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="24" t="s">
+      <c r="D106" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="E106" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="F105" s="6" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="25">
+      <c r="F106" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="G106" s="25">
         <v>45679</v>
       </c>
     </row>
-    <row r="106" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...15 lines deleted...]
-      <c r="E107" s="5"/>
+    <row r="107" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A107" s="7"/>
+      <c r="C107" s="17"/>
       <c r="F107" s="6"/>
       <c r="G107" s="15"/>
     </row>
-    <row r="108" spans="1:7" s="5" customFormat="1" ht="13.9">
-[...2 lines deleted...]
-      <c r="C108" s="17"/>
+    <row r="108" spans="1:7" ht="14.45">
+      <c r="A108" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="B108" s="5"/>
+      <c r="C108" s="21">
+        <f>SUM(C3:C106)</f>
+        <v>39508414</v>
+      </c>
+      <c r="D108" s="5"/>
+      <c r="E108" s="5"/>
       <c r="F108" s="6"/>
       <c r="G108" s="15"/>
     </row>
     <row r="109" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A109" s="9"/>
-      <c r="B109" s="10"/>
+      <c r="B109" s="9"/>
       <c r="C109" s="17"/>
       <c r="F109" s="6"/>
       <c r="G109" s="15"/>
     </row>
     <row r="110" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A110" s="11"/>
+      <c r="A110" s="9"/>
+      <c r="B110" s="10"/>
       <c r="C110" s="17"/>
       <c r="F110" s="6"/>
       <c r="G110" s="15"/>
     </row>
     <row r="111" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A111" s="11"/>
       <c r="C111" s="17"/>
       <c r="F111" s="6"/>
       <c r="G111" s="15"/>
     </row>
     <row r="112" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C112" s="17"/>
       <c r="F112" s="6"/>
       <c r="G112" s="15"/>
     </row>
-    <row r="113" spans="1:7" ht="14.45">
-[...1 lines deleted...]
-      <c r="B113" s="5"/>
+    <row r="113" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C113" s="17"/>
-      <c r="D113" s="5"/>
-      <c r="E113" s="5"/>
       <c r="F113" s="6"/>
       <c r="G113" s="15"/>
     </row>
-    <row r="114" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="114" spans="1:7" ht="14.45">
+      <c r="A114" s="5"/>
+      <c r="B114" s="5"/>
       <c r="C114" s="17"/>
+      <c r="D114" s="5"/>
+      <c r="E114" s="5"/>
       <c r="F114" s="6"/>
       <c r="G114" s="15"/>
     </row>
     <row r="115" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C115" s="17"/>
       <c r="F115" s="6"/>
       <c r="G115" s="15"/>
     </row>
     <row r="116" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C116" s="17"/>
       <c r="F116" s="6"/>
       <c r="G116" s="15"/>
     </row>
     <row r="117" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C117" s="17"/>
       <c r="F117" s="6"/>
       <c r="G117" s="15"/>
     </row>
     <row r="118" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C118" s="17"/>
       <c r="F118" s="6"/>
       <c r="G118" s="15"/>
     </row>
     <row r="119" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A119" s="7"/>
       <c r="C119" s="17"/>
       <c r="F119" s="6"/>
       <c r="G119" s="15"/>
     </row>
     <row r="120" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A120" s="7"/>
       <c r="C120" s="17"/>
       <c r="F120" s="6"/>
       <c r="G120" s="15"/>
     </row>
     <row r="121" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C121" s="17"/>
       <c r="F121" s="6"/>
       <c r="G121" s="15"/>
     </row>
     <row r="122" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C122" s="17"/>
       <c r="F122" s="6"/>
       <c r="G122" s="15"/>
     </row>
     <row r="123" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A123" s="7"/>
       <c r="C123" s="17"/>
       <c r="F123" s="6"/>
       <c r="G123" s="15"/>
     </row>
     <row r="124" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A124" s="7"/>
       <c r="C124" s="17"/>
       <c r="F124" s="6"/>
       <c r="G124" s="15"/>
     </row>
     <row r="125" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A125" s="7"/>
       <c r="C125" s="17"/>
       <c r="F125" s="6"/>
       <c r="G125" s="15"/>
     </row>
     <row r="126" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A126" s="7"/>
       <c r="C126" s="17"/>
       <c r="F126" s="6"/>
       <c r="G126" s="15"/>
     </row>
     <row r="127" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C127" s="17"/>
       <c r="F127" s="6"/>
       <c r="G127" s="15"/>
     </row>
     <row r="128" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C128" s="17"/>
       <c r="F128" s="6"/>
       <c r="G128" s="15"/>
     </row>
     <row r="129" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C129" s="17"/>
       <c r="F129" s="6"/>
       <c r="G129" s="15"/>
     </row>
     <row r="130" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C130" s="17"/>
       <c r="F130" s="6"/>
       <c r="G130" s="15"/>
     </row>
     <row r="131" spans="3:7" s="5" customFormat="1" ht="13.9">
@@ -3941,164 +3965,164 @@
       <c r="C167" s="17"/>
       <c r="F167" s="6"/>
       <c r="G167" s="15"/>
     </row>
     <row r="168" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C168" s="17"/>
       <c r="F168" s="6"/>
       <c r="G168" s="15"/>
     </row>
     <row r="169" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C169" s="17"/>
       <c r="F169" s="6"/>
       <c r="G169" s="15"/>
     </row>
     <row r="170" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C170" s="17"/>
       <c r="F170" s="6"/>
       <c r="G170" s="15"/>
     </row>
     <row r="171" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C171" s="17"/>
       <c r="F171" s="6"/>
       <c r="G171" s="15"/>
     </row>
     <row r="172" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A172" s="7"/>
       <c r="C172" s="17"/>
       <c r="F172" s="6"/>
       <c r="G172" s="15"/>
     </row>
     <row r="173" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A173" s="7"/>
       <c r="C173" s="17"/>
       <c r="F173" s="6"/>
       <c r="G173" s="15"/>
     </row>
     <row r="174" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C174" s="17"/>
       <c r="F174" s="6"/>
       <c r="G174" s="15"/>
     </row>
     <row r="175" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C175" s="17"/>
       <c r="F175" s="6"/>
       <c r="G175" s="15"/>
     </row>
     <row r="176" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C176" s="17"/>
       <c r="F176" s="6"/>
       <c r="G176" s="15"/>
     </row>
     <row r="177" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A177" s="12"/>
       <c r="C177" s="17"/>
       <c r="F177" s="6"/>
       <c r="G177" s="15"/>
     </row>
     <row r="178" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A178" s="12"/>
       <c r="C178" s="17"/>
       <c r="F178" s="6"/>
       <c r="G178" s="15"/>
     </row>
     <row r="179" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A179" s="12"/>
       <c r="C179" s="17"/>
       <c r="F179" s="6"/>
       <c r="G179" s="15"/>
     </row>
     <row r="180" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C180" s="17"/>
       <c r="F180" s="6"/>
       <c r="G180" s="15"/>
     </row>
     <row r="181" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C181" s="17"/>
       <c r="F181" s="6"/>
       <c r="G181" s="15"/>
     </row>
     <row r="182" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C182" s="17"/>
       <c r="F182" s="6"/>
       <c r="G182" s="15"/>
     </row>
     <row r="183" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C183" s="17"/>
       <c r="F183" s="6"/>
       <c r="G183" s="15"/>
     </row>
     <row r="184" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C184" s="17"/>
       <c r="F184" s="6"/>
       <c r="G184" s="15"/>
     </row>
     <row r="185" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C185" s="17"/>
+      <c r="F185" s="6"/>
       <c r="G185" s="15"/>
     </row>
     <row r="186" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C186" s="17"/>
       <c r="G186" s="15"/>
     </row>
     <row r="187" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C187" s="17"/>
       <c r="G187" s="15"/>
     </row>
     <row r="188" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C188" s="17"/>
       <c r="G188" s="15"/>
     </row>
     <row r="189" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C189" s="17"/>
       <c r="G189" s="15"/>
     </row>
     <row r="190" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C190" s="17"/>
       <c r="G190" s="15"/>
     </row>
     <row r="191" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C191" s="17"/>
       <c r="G191" s="15"/>
     </row>
     <row r="192" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C192" s="17"/>
       <c r="G192" s="15"/>
     </row>
     <row r="193" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C193" s="17"/>
       <c r="G193" s="15"/>
     </row>
     <row r="194" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C194" s="17"/>
       <c r="G194" s="15"/>
     </row>
     <row r="195" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C195" s="17"/>
       <c r="G195" s="15"/>
     </row>
     <row r="196" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C196" s="17"/>
-      <c r="F196" s="6"/>
       <c r="G196" s="15"/>
     </row>
     <row r="197" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C197" s="17"/>
       <c r="F197" s="6"/>
       <c r="G197" s="15"/>
     </row>
     <row r="198" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C198" s="17"/>
       <c r="F198" s="6"/>
       <c r="G198" s="15"/>
     </row>
     <row r="199" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C199" s="17"/>
       <c r="F199" s="6"/>
       <c r="G199" s="15"/>
     </row>
     <row r="200" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C200" s="17"/>
       <c r="F200" s="6"/>
       <c r="G200" s="15"/>
     </row>
     <row r="201" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C201" s="17"/>
       <c r="F201" s="6"/>
@@ -4117,67 +4141,67 @@
     <row r="204" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C204" s="17"/>
       <c r="F204" s="6"/>
       <c r="G204" s="15"/>
     </row>
     <row r="205" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C205" s="17"/>
       <c r="F205" s="6"/>
       <c r="G205" s="15"/>
     </row>
     <row r="206" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C206" s="17"/>
       <c r="F206" s="6"/>
       <c r="G206" s="15"/>
     </row>
     <row r="207" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C207" s="17"/>
       <c r="F207" s="6"/>
       <c r="G207" s="15"/>
     </row>
     <row r="208" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C208" s="17"/>
       <c r="F208" s="6"/>
       <c r="G208" s="15"/>
     </row>
-    <row r="209" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="209" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C209" s="17"/>
       <c r="F209" s="6"/>
       <c r="G209" s="15"/>
     </row>
     <row r="210" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C210" s="17"/>
       <c r="F210" s="6"/>
       <c r="G210" s="15"/>
     </row>
-    <row r="211" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A211" s="7"/>
+    <row r="211" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
       <c r="C211" s="17"/>
       <c r="F211" s="6"/>
       <c r="G211" s="15"/>
     </row>
     <row r="212" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A212" s="7"/>
       <c r="C212" s="17"/>
       <c r="F212" s="6"/>
       <c r="G212" s="15"/>
     </row>
     <row r="213" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C213" s="17"/>
       <c r="F213" s="6"/>
       <c r="G213" s="15"/>
     </row>
     <row r="214" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C214" s="17"/>
       <c r="F214" s="6"/>
       <c r="G214" s="15"/>
     </row>
     <row r="215" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C215" s="17"/>
       <c r="F215" s="6"/>
       <c r="G215" s="15"/>
     </row>
     <row r="216" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C216" s="17"/>
       <c r="F216" s="6"/>
       <c r="G216" s="15"/>
     </row>
     <row r="217" spans="1:7" s="5" customFormat="1" ht="13.9">
@@ -4198,145 +4222,145 @@
     <row r="220" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C220" s="17"/>
       <c r="F220" s="6"/>
       <c r="G220" s="15"/>
     </row>
     <row r="221" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C221" s="17"/>
       <c r="F221" s="6"/>
       <c r="G221" s="15"/>
     </row>
     <row r="222" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C222" s="17"/>
       <c r="F222" s="6"/>
       <c r="G222" s="15"/>
     </row>
     <row r="223" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C223" s="17"/>
       <c r="F223" s="6"/>
       <c r="G223" s="15"/>
     </row>
     <row r="224" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C224" s="17"/>
       <c r="F224" s="6"/>
       <c r="G224" s="15"/>
     </row>
-    <row r="225" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="225" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C225" s="17"/>
       <c r="F225" s="6"/>
       <c r="G225" s="15"/>
     </row>
-    <row r="226" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="226" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C226" s="17"/>
       <c r="F226" s="6"/>
       <c r="G226" s="15"/>
     </row>
-    <row r="227" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="227" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C227" s="17"/>
       <c r="F227" s="6"/>
       <c r="G227" s="15"/>
     </row>
-    <row r="228" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="228" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C228" s="17"/>
       <c r="F228" s="6"/>
       <c r="G228" s="15"/>
     </row>
-    <row r="229" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="229" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C229" s="17"/>
       <c r="F229" s="6"/>
       <c r="G229" s="15"/>
     </row>
-    <row r="230" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="230" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C230" s="17"/>
       <c r="F230" s="6"/>
       <c r="G230" s="15"/>
     </row>
-    <row r="231" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="231" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C231" s="17"/>
       <c r="F231" s="6"/>
       <c r="G231" s="15"/>
     </row>
-    <row r="232" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="232" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C232" s="17"/>
       <c r="F232" s="6"/>
       <c r="G232" s="15"/>
     </row>
-    <row r="233" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="233" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C233" s="17"/>
       <c r="F233" s="6"/>
       <c r="G233" s="15"/>
     </row>
-    <row r="234" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="234" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C234" s="17"/>
       <c r="F234" s="6"/>
       <c r="G234" s="15"/>
     </row>
-    <row r="235" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="235" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C235" s="17"/>
       <c r="F235" s="6"/>
       <c r="G235" s="15"/>
     </row>
-    <row r="236" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="236" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C236" s="17"/>
       <c r="F236" s="6"/>
       <c r="G236" s="15"/>
     </row>
-    <row r="237" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="237" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C237" s="17"/>
       <c r="F237" s="6"/>
       <c r="G237" s="15"/>
     </row>
-    <row r="238" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="238" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C238" s="17"/>
       <c r="F238" s="6"/>
       <c r="G238" s="15"/>
     </row>
-    <row r="239" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="239" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C239" s="17"/>
       <c r="F239" s="6"/>
       <c r="G239" s="15"/>
     </row>
-    <row r="240" spans="1:7" ht="14.45">
-[...1 lines deleted...]
-      <c r="B240" s="5"/>
+    <row r="240" spans="3:7" s="5" customFormat="1" ht="13.9">
       <c r="C240" s="17"/>
-      <c r="D240" s="5"/>
-      <c r="E240" s="5"/>
       <c r="F240" s="6"/>
       <c r="G240" s="15"/>
     </row>
     <row r="241" spans="1:7" ht="14.45">
       <c r="A241" s="5"/>
       <c r="B241" s="5"/>
       <c r="C241" s="17"/>
       <c r="D241" s="5"/>
       <c r="E241" s="5"/>
       <c r="F241" s="6"/>
       <c r="G241" s="15"/>
     </row>
-    <row r="242" spans="1:7" s="5" customFormat="1" ht="13.9">
+    <row r="242" spans="1:7" ht="14.45">
+      <c r="A242" s="5"/>
+      <c r="B242" s="5"/>
       <c r="C242" s="17"/>
+      <c r="D242" s="5"/>
+      <c r="E242" s="5"/>
       <c r="F242" s="6"/>
       <c r="G242" s="15"/>
     </row>
     <row r="243" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C243" s="17"/>
       <c r="F243" s="6"/>
       <c r="G243" s="15"/>
     </row>
     <row r="244" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C244" s="17"/>
       <c r="F244" s="6"/>
       <c r="G244" s="15"/>
     </row>
     <row r="245" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C245" s="17"/>
       <c r="F245" s="6"/>
       <c r="G245" s="15"/>
     </row>
     <row r="246" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C246" s="17"/>
       <c r="F246" s="6"/>
       <c r="G246" s="15"/>
     </row>
     <row r="247" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C247" s="17"/>
@@ -4402,242 +4426,238 @@
       <c r="C259" s="17"/>
       <c r="F259" s="6"/>
       <c r="G259" s="15"/>
     </row>
     <row r="260" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C260" s="17"/>
       <c r="F260" s="6"/>
       <c r="G260" s="15"/>
     </row>
     <row r="261" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C261" s="17"/>
       <c r="F261" s="6"/>
       <c r="G261" s="15"/>
     </row>
     <row r="262" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C262" s="17"/>
       <c r="F262" s="6"/>
       <c r="G262" s="15"/>
     </row>
     <row r="263" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C263" s="17"/>
       <c r="F263" s="6"/>
       <c r="G263" s="15"/>
     </row>
     <row r="264" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A264" s="7"/>
       <c r="C264" s="17"/>
       <c r="F264" s="6"/>
       <c r="G264" s="15"/>
     </row>
     <row r="265" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="A265" s="7"/>
       <c r="C265" s="17"/>
       <c r="F265" s="6"/>
       <c r="G265" s="15"/>
     </row>
     <row r="266" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A266" s="7"/>
       <c r="C266" s="17"/>
       <c r="F266" s="6"/>
       <c r="G266" s="15"/>
     </row>
     <row r="267" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C267" s="17"/>
       <c r="F267" s="6"/>
       <c r="G267" s="15"/>
     </row>
     <row r="268" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A268" s="7"/>
       <c r="C268" s="17"/>
       <c r="F268" s="6"/>
       <c r="G268" s="15"/>
     </row>
     <row r="269" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A269" s="7"/>
       <c r="C269" s="17"/>
       <c r="F269" s="6"/>
       <c r="G269" s="15"/>
     </row>
     <row r="270" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C270" s="17"/>
       <c r="F270" s="6"/>
       <c r="G270" s="15"/>
     </row>
     <row r="271" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C271" s="17"/>
       <c r="F271" s="6"/>
       <c r="G271" s="15"/>
     </row>
     <row r="272" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C272" s="17"/>
       <c r="F272" s="6"/>
       <c r="G272" s="15"/>
     </row>
     <row r="273" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C273" s="17"/>
       <c r="F273" s="6"/>
       <c r="G273" s="15"/>
     </row>
     <row r="274" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A274" s="7"/>
       <c r="C274" s="17"/>
       <c r="F274" s="6"/>
       <c r="G274" s="15"/>
     </row>
     <row r="275" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A275" s="7"/>
       <c r="C275" s="17"/>
       <c r="F275" s="6"/>
       <c r="G275" s="15"/>
     </row>
     <row r="276" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C276" s="17"/>
       <c r="F276" s="6"/>
       <c r="G276" s="15"/>
     </row>
     <row r="277" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C277" s="17"/>
       <c r="F277" s="6"/>
       <c r="G277" s="15"/>
     </row>
     <row r="278" spans="1:7" s="5" customFormat="1" ht="13.9">
-      <c r="A278" s="7"/>
       <c r="C278" s="17"/>
       <c r="F278" s="6"/>
       <c r="G278" s="15"/>
     </row>
     <row r="279" spans="1:7" s="5" customFormat="1" ht="13.9">
+      <c r="A279" s="7"/>
       <c r="C279" s="17"/>
       <c r="F279" s="6"/>
       <c r="G279" s="15"/>
     </row>
     <row r="280" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C280" s="17"/>
       <c r="F280" s="6"/>
       <c r="G280" s="15"/>
     </row>
     <row r="281" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C281" s="17"/>
       <c r="F281" s="6"/>
       <c r="G281" s="15"/>
     </row>
     <row r="282" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C282" s="17"/>
       <c r="F282" s="6"/>
       <c r="G282" s="15"/>
     </row>
     <row r="283" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C283" s="17"/>
       <c r="F283" s="6"/>
       <c r="G283" s="15"/>
     </row>
     <row r="284" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C284" s="17"/>
       <c r="F284" s="6"/>
       <c r="G284" s="15"/>
     </row>
     <row r="285" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C285" s="17"/>
       <c r="F285" s="6"/>
       <c r="G285" s="15"/>
     </row>
     <row r="286" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C286" s="17"/>
       <c r="F286" s="6"/>
       <c r="G286" s="15"/>
     </row>
-    <row r="287" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+    <row r="287" spans="1:7" s="5" customFormat="1" ht="13.9">
       <c r="C287" s="17"/>
       <c r="F287" s="6"/>
       <c r="G287" s="15"/>
     </row>
     <row r="288" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
-      <c r="A288" s="7"/>
       <c r="C288" s="17"/>
       <c r="F288" s="6"/>
       <c r="G288" s="15"/>
     </row>
-    <row r="289" spans="1:7" ht="12.75" customHeight="1">
-[...1 lines deleted...]
-      <c r="B289" s="5"/>
+    <row r="289" spans="1:7" s="5" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A289" s="7"/>
       <c r="C289" s="17"/>
-      <c r="D289" s="5"/>
-      <c r="E289" s="5"/>
       <c r="F289" s="6"/>
       <c r="G289" s="15"/>
     </row>
     <row r="290" spans="1:7" ht="12.75" customHeight="1">
       <c r="A290" s="5"/>
       <c r="B290" s="5"/>
       <c r="C290" s="17"/>
       <c r="D290" s="5"/>
       <c r="E290" s="5"/>
       <c r="F290" s="6"/>
       <c r="G290" s="15"/>
     </row>
     <row r="291" spans="1:7" ht="12.75" customHeight="1">
       <c r="A291" s="5"/>
       <c r="B291" s="5"/>
       <c r="C291" s="17"/>
       <c r="D291" s="5"/>
       <c r="E291" s="5"/>
       <c r="F291" s="6"/>
       <c r="G291" s="15"/>
     </row>
     <row r="292" spans="1:7" ht="12.75" customHeight="1">
       <c r="A292" s="5"/>
       <c r="B292" s="5"/>
       <c r="C292" s="17"/>
       <c r="D292" s="5"/>
       <c r="E292" s="5"/>
       <c r="F292" s="6"/>
       <c r="G292" s="15"/>
     </row>
     <row r="293" spans="1:7" ht="12.75" customHeight="1">
       <c r="A293" s="5"/>
       <c r="B293" s="5"/>
       <c r="C293" s="17"/>
       <c r="D293" s="5"/>
       <c r="E293" s="5"/>
       <c r="F293" s="6"/>
-      <c r="G293" s="5"/>
+      <c r="G293" s="15"/>
     </row>
     <row r="294" spans="1:7" ht="12.75" customHeight="1">
       <c r="A294" s="5"/>
       <c r="B294" s="5"/>
       <c r="C294" s="17"/>
       <c r="D294" s="5"/>
       <c r="E294" s="5"/>
       <c r="F294" s="6"/>
-      <c r="G294" s="15"/>
-[...8 lines deleted...]
-      <c r="G296" s="15"/>
+      <c r="G294" s="5"/>
+    </row>
+    <row r="295" spans="1:7" ht="12.75" customHeight="1">
+      <c r="A295" s="5"/>
+      <c r="B295" s="5"/>
+      <c r="C295" s="17"/>
+      <c r="D295" s="5"/>
+      <c r="E295" s="5"/>
+      <c r="F295" s="6"/>
+      <c r="G295" s="15"/>
     </row>
     <row r="297" spans="1:7" ht="14.45">
       <c r="A297" s="5"/>
       <c r="B297" s="5"/>
       <c r="C297" s="17"/>
       <c r="D297" s="5"/>
       <c r="E297" s="5"/>
       <c r="F297" s="6"/>
       <c r="G297" s="15"/>
     </row>
     <row r="298" spans="1:7" ht="14.45">
       <c r="A298" s="5"/>
       <c r="B298" s="5"/>
       <c r="C298" s="17"/>
       <c r="D298" s="5"/>
       <c r="E298" s="5"/>
       <c r="F298" s="6"/>
       <c r="G298" s="15"/>
     </row>
     <row r="299" spans="1:7" ht="14.45">
       <c r="A299" s="5"/>
       <c r="B299" s="5"/>
       <c r="C299" s="17"/>
       <c r="D299" s="5"/>
       <c r="E299" s="5"/>
@@ -4785,52 +4805,57 @@
       <c r="C315" s="17"/>
       <c r="D315" s="5"/>
       <c r="E315" s="5"/>
       <c r="F315" s="6"/>
       <c r="G315" s="15"/>
     </row>
     <row r="316" spans="1:7" ht="14.45">
       <c r="A316" s="5"/>
       <c r="B316" s="5"/>
       <c r="C316" s="17"/>
       <c r="D316" s="5"/>
       <c r="E316" s="5"/>
       <c r="F316" s="6"/>
       <c r="G316" s="15"/>
     </row>
     <row r="317" spans="1:7" ht="14.45">
       <c r="A317" s="5"/>
       <c r="B317" s="5"/>
       <c r="C317" s="17"/>
       <c r="D317" s="5"/>
       <c r="E317" s="5"/>
       <c r="F317" s="6"/>
       <c r="G317" s="15"/>
     </row>
     <row r="318" spans="1:7" ht="14.45">
-      <c r="F318" s="13"/>
-      <c r="G318" s="1"/>
+      <c r="A318" s="5"/>
+      <c r="B318" s="5"/>
+      <c r="C318" s="17"/>
+      <c r="D318" s="5"/>
+      <c r="E318" s="5"/>
+      <c r="F318" s="6"/>
+      <c r="G318" s="15"/>
     </row>
     <row r="319" spans="1:7" ht="14.45">
       <c r="F319" s="13"/>
       <c r="G319" s="1"/>
     </row>
     <row r="320" spans="1:7" ht="14.45">
       <c r="F320" s="13"/>
       <c r="G320" s="1"/>
     </row>
     <row r="321" spans="6:7" ht="14.45">
       <c r="F321" s="13"/>
       <c r="G321" s="1"/>
     </row>
     <row r="322" spans="6:7" ht="14.45">
       <c r="F322" s="13"/>
       <c r="G322" s="1"/>
     </row>
     <row r="323" spans="6:7" ht="14.45">
       <c r="F323" s="13"/>
       <c r="G323" s="1"/>
     </row>
     <row r="324" spans="6:7" ht="14.45">
       <c r="F324" s="13"/>
       <c r="G324" s="1"/>
     </row>
@@ -4948,51 +4973,51 @@
     </row>
     <row r="353" spans="6:7" ht="14.45">
       <c r="F353" s="13"/>
       <c r="G353" s="1"/>
     </row>
     <row r="354" spans="6:7" ht="14.45">
       <c r="F354" s="13"/>
       <c r="G354" s="1"/>
     </row>
     <row r="355" spans="6:7" ht="14.45">
       <c r="F355" s="13"/>
       <c r="G355" s="1"/>
     </row>
     <row r="356" spans="6:7" ht="14.45">
       <c r="F356" s="13"/>
       <c r="G356" s="1"/>
     </row>
     <row r="357" spans="6:7" ht="14.45">
       <c r="F357" s="13"/>
       <c r="G357" s="1"/>
     </row>
     <row r="358" spans="6:7" ht="14.45">
       <c r="F358" s="13"/>
       <c r="G358" s="1"/>
     </row>
-    <row r="359" spans="6:7" ht="15" customHeight="1">
+    <row r="359" spans="6:7" ht="14.45">
       <c r="F359" s="13"/>
       <c r="G359" s="1"/>
     </row>
     <row r="360" spans="6:7" ht="15" customHeight="1">
       <c r="F360" s="13"/>
       <c r="G360" s="1"/>
     </row>
     <row r="361" spans="6:7" ht="15" customHeight="1">
       <c r="F361" s="13"/>
       <c r="G361" s="1"/>
     </row>
     <row r="362" spans="6:7" ht="15" customHeight="1">
       <c r="F362" s="13"/>
       <c r="G362" s="1"/>
     </row>
     <row r="363" spans="6:7" ht="15" customHeight="1">
       <c r="F363" s="13"/>
       <c r="G363" s="1"/>
     </row>
     <row r="364" spans="6:7" ht="15" customHeight="1">
       <c r="F364" s="13"/>
       <c r="G364" s="1"/>
     </row>
     <row r="365" spans="6:7" ht="15" customHeight="1">
       <c r="F365" s="13"/>
@@ -5052,166 +5077,167 @@
     </row>
     <row r="379" spans="6:7" ht="15" customHeight="1">
       <c r="F379" s="13"/>
       <c r="G379" s="1"/>
     </row>
     <row r="380" spans="6:7" ht="15" customHeight="1">
       <c r="F380" s="13"/>
       <c r="G380" s="1"/>
     </row>
     <row r="381" spans="6:7" ht="15" customHeight="1">
       <c r="F381" s="13"/>
       <c r="G381" s="1"/>
     </row>
     <row r="382" spans="6:7" ht="15" customHeight="1">
       <c r="F382" s="13"/>
       <c r="G382" s="1"/>
     </row>
     <row r="383" spans="6:7" ht="15" customHeight="1">
       <c r="F383" s="13"/>
       <c r="G383" s="1"/>
     </row>
     <row r="384" spans="6:7" ht="15" customHeight="1">
       <c r="F384" s="13"/>
       <c r="G384" s="1"/>
     </row>
-    <row r="385" spans="2:7" ht="15" customHeight="1">
+    <row r="385" spans="6:7" ht="15" customHeight="1">
       <c r="F385" s="13"/>
       <c r="G385" s="1"/>
     </row>
-    <row r="386" spans="2:7" ht="15" customHeight="1">
+    <row r="386" spans="6:7" ht="15" customHeight="1">
       <c r="F386" s="13"/>
       <c r="G386" s="1"/>
     </row>
-    <row r="387" spans="2:7" ht="15" customHeight="1">
+    <row r="387" spans="6:7" ht="15" customHeight="1">
+      <c r="F387" s="13"/>
       <c r="G387" s="1"/>
     </row>
-    <row r="388" spans="2:7" ht="15" customHeight="1">
+    <row r="388" spans="6:7" ht="15" customHeight="1">
       <c r="G388" s="1"/>
     </row>
-    <row r="389" spans="2:7" ht="15" customHeight="1">
-      <c r="F389" s="13"/>
+    <row r="389" spans="6:7" ht="15" customHeight="1">
       <c r="G389" s="1"/>
     </row>
-    <row r="390" spans="2:7" ht="15" customHeight="1">
+    <row r="390" spans="6:7" ht="15" customHeight="1">
+      <c r="F390" s="13"/>
       <c r="G390" s="1"/>
     </row>
-    <row r="391" spans="2:7" ht="15" customHeight="1">
-      <c r="F391" s="13"/>
+    <row r="391" spans="6:7" ht="15" customHeight="1">
       <c r="G391" s="1"/>
     </row>
-    <row r="392" spans="2:7" ht="15" customHeight="1">
+    <row r="392" spans="6:7" ht="15" customHeight="1">
+      <c r="F392" s="13"/>
       <c r="G392" s="1"/>
     </row>
-    <row r="393" spans="2:7" ht="15" customHeight="1">
+    <row r="393" spans="6:7" ht="15" customHeight="1">
       <c r="G393" s="1"/>
     </row>
-    <row r="394" spans="2:7" ht="15" customHeight="1">
+    <row r="394" spans="6:7" ht="15" customHeight="1">
       <c r="G394" s="1"/>
     </row>
-    <row r="395" spans="2:7" ht="15" customHeight="1">
+    <row r="395" spans="6:7" ht="15" customHeight="1">
       <c r="G395" s="1"/>
     </row>
-    <row r="396" spans="2:7" ht="15" customHeight="1">
+    <row r="396" spans="6:7" ht="15" customHeight="1">
       <c r="G396" s="1"/>
     </row>
-    <row r="397" spans="2:7" ht="15" customHeight="1">
+    <row r="397" spans="6:7" ht="15" customHeight="1">
       <c r="G397" s="1"/>
     </row>
-    <row r="398" spans="2:7" ht="15" customHeight="1">
+    <row r="398" spans="6:7" ht="15" customHeight="1">
       <c r="G398" s="1"/>
     </row>
-    <row r="399" spans="2:7" ht="15" customHeight="1">
+    <row r="399" spans="6:7" ht="15" customHeight="1">
       <c r="G399" s="1"/>
     </row>
-    <row r="400" spans="2:7" ht="15" customHeight="1">
-      <c r="B400" s="14"/>
+    <row r="400" spans="6:7" ht="15" customHeight="1">
       <c r="G400" s="1"/>
     </row>
     <row r="401" spans="2:7" ht="15" customHeight="1">
+      <c r="B401" s="14"/>
       <c r="G401" s="1"/>
     </row>
     <row r="402" spans="2:7" ht="15" customHeight="1">
       <c r="G402" s="1"/>
     </row>
     <row r="403" spans="2:7" ht="15" customHeight="1">
       <c r="G403" s="1"/>
     </row>
     <row r="404" spans="2:7" ht="15" customHeight="1">
       <c r="G404" s="1"/>
     </row>
     <row r="405" spans="2:7" ht="15" customHeight="1">
       <c r="G405" s="1"/>
     </row>
     <row r="406" spans="2:7" ht="15" customHeight="1">
-      <c r="B406" s="14"/>
       <c r="G406" s="1"/>
     </row>
     <row r="407" spans="2:7" ht="15" customHeight="1">
+      <c r="B407" s="14"/>
       <c r="G407" s="1"/>
     </row>
     <row r="408" spans="2:7" ht="15" customHeight="1">
       <c r="G408" s="1"/>
     </row>
     <row r="409" spans="2:7" ht="15" customHeight="1">
       <c r="G409" s="1"/>
     </row>
     <row r="410" spans="2:7" ht="15" customHeight="1">
       <c r="G410" s="1"/>
     </row>
     <row r="411" spans="2:7" ht="15" customHeight="1">
       <c r="G411" s="1"/>
     </row>
     <row r="412" spans="2:7" ht="15" customHeight="1">
       <c r="G412" s="1"/>
     </row>
     <row r="413" spans="2:7" ht="15" customHeight="1">
       <c r="G413" s="1"/>
     </row>
     <row r="414" spans="2:7" ht="15" customHeight="1">
       <c r="G414" s="1"/>
     </row>
     <row r="415" spans="2:7" ht="15" customHeight="1">
       <c r="G415" s="1"/>
     </row>
     <row r="416" spans="2:7" ht="15" customHeight="1">
       <c r="G416" s="1"/>
     </row>
     <row r="417" spans="2:7" ht="15" customHeight="1">
       <c r="G417" s="1"/>
     </row>
     <row r="418" spans="2:7" ht="15" customHeight="1">
       <c r="G418" s="1"/>
     </row>
     <row r="419" spans="2:7" ht="15" customHeight="1">
       <c r="G419" s="1"/>
     </row>
     <row r="420" spans="2:7" ht="15" customHeight="1">
-      <c r="B420" s="14"/>
       <c r="G420" s="1"/>
     </row>
     <row r="421" spans="2:7" ht="15" customHeight="1">
+      <c r="B421" s="14"/>
       <c r="G421" s="1"/>
     </row>
     <row r="422" spans="2:7" ht="15" customHeight="1">
       <c r="G422" s="1"/>
     </row>
     <row r="423" spans="2:7" ht="15" customHeight="1">
       <c r="G423" s="1"/>
     </row>
     <row r="424" spans="2:7" ht="15" customHeight="1">
       <c r="G424" s="1"/>
     </row>
     <row r="425" spans="2:7" ht="15" customHeight="1">
       <c r="G425" s="1"/>
     </row>
     <row r="426" spans="2:7" ht="15" customHeight="1">
       <c r="G426" s="1"/>
     </row>
     <row r="427" spans="2:7" ht="15" customHeight="1">
       <c r="G427" s="1"/>
     </row>
     <row r="428" spans="2:7" ht="15" customHeight="1">
       <c r="G428" s="1"/>
     </row>
     <row r="429" spans="2:7" ht="15" customHeight="1">
       <c r="G429" s="1"/>
@@ -5293,107 +5319,110 @@
     </row>
     <row r="455" spans="7:7" ht="15" customHeight="1">
       <c r="G455" s="1"/>
     </row>
     <row r="456" spans="7:7" ht="15" customHeight="1">
       <c r="G456" s="1"/>
     </row>
     <row r="457" spans="7:7" ht="15" customHeight="1">
       <c r="G457" s="1"/>
     </row>
     <row r="458" spans="7:7" ht="15" customHeight="1">
       <c r="G458" s="1"/>
     </row>
     <row r="459" spans="7:7" ht="15" customHeight="1">
       <c r="G459" s="1"/>
     </row>
     <row r="460" spans="7:7" ht="15" customHeight="1">
       <c r="G460" s="1"/>
     </row>
     <row r="461" spans="7:7" ht="15" customHeight="1">
       <c r="G461" s="1"/>
     </row>
     <row r="462" spans="7:7" ht="15" customHeight="1">
       <c r="G462" s="1"/>
     </row>
-    <row r="463" spans="7:7" ht="14.45">
+    <row r="463" spans="7:7" ht="15" customHeight="1">
       <c r="G463" s="1"/>
     </row>
     <row r="464" spans="7:7" ht="14.45">
       <c r="G464" s="1"/>
     </row>
     <row r="465" spans="4:7" ht="14.45">
       <c r="G465" s="1"/>
     </row>
-    <row r="469" spans="4:7" ht="14.45">
-[...3 lines deleted...]
-    <row r="470" spans="4:7" ht="14.45"/>
+    <row r="466" spans="4:7" ht="14.45">
+      <c r="G466" s="1"/>
+    </row>
+    <row r="470" spans="4:7" ht="14.45">
+      <c r="D470" s="1"/>
+      <c r="E470" s="1"/>
+    </row>
     <row r="471" spans="4:7" ht="14.45"/>
     <row r="472" spans="4:7" ht="14.45"/>
     <row r="473" spans="4:7" ht="14.45"/>
     <row r="474" spans="4:7" ht="14.45"/>
     <row r="475" spans="4:7" ht="14.45"/>
     <row r="476" spans="4:7" ht="14.45"/>
     <row r="477" spans="4:7" ht="14.45"/>
     <row r="478" spans="4:7" ht="14.45"/>
     <row r="479" spans="4:7" ht="14.45"/>
     <row r="480" spans="4:7" ht="14.45"/>
     <row r="481" ht="14.45"/>
     <row r="482" ht="14.45"/>
     <row r="483" ht="14.45"/>
     <row r="484" ht="14.45"/>
     <row r="485" ht="14.45"/>
     <row r="486" ht="14.45"/>
     <row r="487" ht="14.45"/>
     <row r="488" ht="14.45"/>
     <row r="489" ht="14.45"/>
     <row r="490" ht="14.45"/>
     <row r="491" ht="14.45"/>
     <row r="492" ht="14.45"/>
     <row r="493" ht="14.45"/>
     <row r="494" ht="14.45"/>
     <row r="495" ht="14.45"/>
-    <row r="498" ht="14.45"/>
-[...3 lines deleted...]
-    <row r="529" ht="14.45"/>
+    <row r="496" ht="14.45"/>
+    <row r="499" ht="14.45"/>
+    <row r="501" ht="14.45"/>
+    <row r="510" ht="14.45"/>
+    <row r="516" ht="14.45"/>
     <row r="530" ht="14.45"/>
+    <row r="531" ht="14.45"/>
   </sheetData>
-  <autoFilter ref="A2:G107" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:G108" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:XFD2">
     <sortCondition ref="A2"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Beslutade företagsstöd Västra Götalandsregionen 2025</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Therese Larsson</lastModifiedBy>
+  <lastModifiedBy>Moa Boéthius</lastModifiedBy>
   <revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <category/>
   <contentStatus/>
 </coreProperties>
 </file>