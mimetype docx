--- v0 (2025-11-28)
+++ v1 (2026-03-10)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5BB1DB7B" w14:textId="37958CE2" w:rsidR="00597EE2" w:rsidRDefault="001D477A" w:rsidP="00597EE2">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:rPr>
           <w:rStyle w:val="Sidnummer"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E9EA7EE" wp14:editId="55A860C7">
             <wp:extent cx="2979420" cy="617220"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Bildobjekt 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
@@ -158,51 +159,63 @@
       </w:r>
       <w:r w:rsidR="00942A8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F169F1">
         <w:t>Sista dag för ansökan är första april.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B5B24F" w14:textId="77777777" w:rsidR="0009398F" w:rsidRDefault="0009398F" w:rsidP="00F169F1">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34EA82C4" w14:textId="30A5F6D6" w:rsidR="0009398F" w:rsidRDefault="0009398F" w:rsidP="00F169F1">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För projektstöd som beviljas av miljö- och regionutvecklingsnämnden (MRU) tillämpas allmänna villkor, såvida annat inte följer av beslut eller särskilda villkor. Läs igenom de allmänna villkoren innan du fyller i ansökan. Du hittar dem på </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00A7676A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>www.vgregion.se/ansok-om-projektstod</w:t>
+          <w:t>www.vgreg</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A7676A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A7676A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>on.se/ansok-om-projektstod</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E8DBB26" w14:textId="77777777" w:rsidR="0009398F" w:rsidRDefault="0009398F" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BB7BD8F" w14:textId="77777777" w:rsidR="00E847C8" w:rsidRDefault="003B1A25" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För att ansökan ska kunna beredas krävs att alla uppgifter lämnas direkt på blanketten. </w:t>
       </w:r>
       <w:r w:rsidR="00E847C8">
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Fyll i blanketten i din dator. Följ anvisningarna i blanketten och fyll i alla uppgifter. </w:t>
       </w:r>
     </w:p>
@@ -293,56 +306,56 @@
       <w:r>
         <w:t xml:space="preserve"> och inskannad</w:t>
       </w:r>
       <w:r w:rsidR="003B1A25">
         <w:t xml:space="preserve"> ansökan </w:t>
       </w:r>
       <w:r>
         <w:t>mejlas</w:t>
       </w:r>
       <w:r w:rsidR="005C7C0C">
         <w:t>, tillsammans med en kopia i wordformat (för att underlätta handläggningen)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B1A25">
         <w:t>till</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> e-postadress</w:t>
       </w:r>
       <w:r w:rsidR="003B1A25">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B864AF7" w14:textId="11A16FC7" w:rsidR="0059149E" w:rsidRDefault="003B1D38" w:rsidP="0037046C">
+    <w:p w14:paraId="4B864AF7" w14:textId="11A16FC7" w:rsidR="0059149E" w:rsidRDefault="00B80DEB" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00B80DEB" w:rsidRPr="00DF0ADE">
+        <w:r w:rsidRPr="00DF0ADE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>miljo-och.regionutvecklingsnamnd@vgregion.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79F6D48C" w14:textId="77777777" w:rsidR="0059149E" w:rsidRDefault="0059149E" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D44F181" w14:textId="28DB5B02" w:rsidR="0059149E" w:rsidRDefault="0059149E" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t>Om ni inte har möjlighet att skanna in den underskrivna blanketten går det bra att skicka in den i pappersform till:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F1920B" w14:textId="77777777" w:rsidR="003B1A25" w:rsidRDefault="003B1A25" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
@@ -382,56 +395,56 @@
         <w:t>ÖTEBORG</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B60377E" w14:textId="77777777" w:rsidR="003B1A25" w:rsidRDefault="003B1A25" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3920D2E7" w14:textId="09A8CF16" w:rsidR="00EF37E5" w:rsidRDefault="003B1A25" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t>Vid eventuella frågor kontakta handläggare inom området</w:t>
       </w:r>
       <w:r w:rsidR="00B75642">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B47AAFB" w14:textId="6CECB3AF" w:rsidR="00800B3E" w:rsidRDefault="003B1D38" w:rsidP="0037046C">
+    <w:p w14:paraId="3B47AAFB" w14:textId="6CECB3AF" w:rsidR="00800B3E" w:rsidRDefault="00595E26" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00595E26" w:rsidRPr="005B31F1">
+        <w:r w:rsidRPr="005B31F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>jenny.sjostedt@vgregion.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00800B3E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB62F9E" w14:textId="1B4DA1BC" w:rsidR="00942A8D" w:rsidRDefault="00942A8D" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C425AE7" w14:textId="77777777" w:rsidR="00942A8D" w:rsidRDefault="00942A8D" w:rsidP="0037046C">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4158296F" w14:textId="77E8D162" w:rsidR="00D0364E" w:rsidRDefault="00D0364E" w:rsidP="00311A3A">
       <w:pPr>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
@@ -679,63 +692,62 @@
           <w:tcPr>
             <w:tcW w:w="8640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="560F6661" w14:textId="77777777" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
             <w:pPr>
               <w:pStyle w:val="Rubrik2"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk66280534"/>
             <w:r w:rsidRPr="006B4A1A">
               <w:t>1. Inriktning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w14:paraId="39DF0A94" w14:textId="77777777" w:rsidTr="001E2311">
+      <w:tr w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w14:paraId="39DF0A94" w14:textId="77777777" w:rsidTr="008F6A94">
         <w:trPr>
           <w:trHeight w:val="1244"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08B149AC" w14:textId="77777777" w:rsidR="00F67F5D" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Den regionala utvecklingsstrategin för Västra Götaland 2021–2030 har målet ”Tillsammans gör vi Västra Götaland till föredöme för omställning till ett hållbart och konkurrenskraftigt samhälle”. Strategin består av fyra långsiktiga prioriteringar och fyra tvärsektoriella kraftsamlingar.</w:t>
             </w:r>
             <w:r w:rsidR="002F5E70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1046,163 +1058,161 @@
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>www.vgregion.se/budget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w14:paraId="28F0D80E" w14:textId="77777777" w:rsidTr="001E2311">
+      <w:tr w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w14:paraId="28F0D80E" w14:textId="77777777" w:rsidTr="008F6A94">
         <w:trPr>
           <w:trHeight w:val="433"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CA598D2" w14:textId="77777777" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37E48DF3" w14:textId="77777777" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Långsiktiga prioriteringar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56267F10" w14:textId="77777777" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1DE57636" w14:textId="6DFDD2A4" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="00B24D22" w:rsidP="006B4A1A">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryssruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Kryssruta1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidR="006B4A1A" w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stärka innovationskraften – för ett konkurrenskraftigt näringsliv i framkant </w:t>
             </w:r>
           </w:p>
@@ -1237,58 +1247,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bygga kompetens – för bättre kompetensförsörjning och livslångt lärande</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="212D65C9" w14:textId="77777777" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
@@ -1314,58 +1324,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryssruta1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Knyta samman Västra Götaland – för hållbar och förbättrad tillgänglighet</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43F20410" w14:textId="77777777" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
@@ -1392,470 +1402,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006B4A1A" w:rsidRPr="006B4A1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Öka inkluderingen – för stärkt tillit och sammanhållning</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33FA6B3D" w14:textId="77777777" w:rsidR="006B4A1A" w:rsidRPr="006B4A1A" w:rsidRDefault="006B4A1A" w:rsidP="006B4A1A">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...377 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="13092F83" w14:textId="77777777" w:rsidR="00146AA0" w:rsidRPr="00146AA0" w:rsidRDefault="00146AA0" w:rsidP="00146AA0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9086" w:type="dxa"/>
         <w:tblInd w:w="80" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="80" w:type="dxa"/>
           <w:right w:w="80" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5015"/>
         <w:gridCol w:w="4071"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D0364E" w:rsidRPr="002C240F" w14:paraId="311A7CD6" w14:textId="77777777" w:rsidTr="00EC33FD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="245"/>
@@ -2077,135 +1708,135 @@
             <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9086" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35EF9BB8" w14:textId="7BFB3782" w:rsidR="00D0364E" w:rsidRPr="00AF6E42" w:rsidRDefault="00D0364E" w:rsidP="0037046C">
+          <w:p w14:paraId="35EF9BB8" w14:textId="3C0AAE7B" w:rsidR="00D0364E" w:rsidRPr="00AF6E42" w:rsidRDefault="00D0364E" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Brdtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:ind w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektperiod</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00495582">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="004C51DF">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00722EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00495582">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-04-01</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C66F57" w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>‒</w:t>
             </w:r>
             <w:r w:rsidR="009D04B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="004C51DF">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00722EED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="009D04B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="0065146D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="009D04B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-31</w:t>
             </w:r>
@@ -2631,51 +2262,50 @@
       </w:tblGrid>
       <w:tr w:rsidR="00D0364E" w:rsidRPr="00D0364E" w14:paraId="7930925C" w14:textId="77777777" w:rsidTr="008B16E0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9099" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="467B09B7" w14:textId="22DDDAC5" w:rsidR="00D0364E" w:rsidRPr="00D0364E" w:rsidRDefault="00BE5CDD" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Rubrik2"/>
               <w:spacing w:before="0"/>
               <w:ind w:right="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00CD6F2A">
               <w:t>. Uppgifter om sökanden</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0364E" w:rsidRPr="00D0364E" w14:paraId="03937744" w14:textId="77777777" w:rsidTr="008B16E0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="576BCE4E" w14:textId="77777777" w:rsidR="00D0364E" w:rsidRPr="00AF6E42" w:rsidRDefault="00D0364E" w:rsidP="0037046C">
             <w:pPr>
@@ -5450,59 +5080,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja </w:t>
@@ -5542,59 +5172,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003B1D38">
+            <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nej</w:t>
@@ -5660,51 +5290,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Max en A4-sida</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0364E" w:rsidRPr="005C64D6" w14:paraId="4E1BF494" w14:textId="77777777" w:rsidTr="00F110DD">
         <w:trPr>
           <w:trHeight w:val="805"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9149" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B69A40C" w14:textId="77777777" w:rsidR="00F954D8" w:rsidRDefault="008E2136" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bakgrund:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EC73015" w14:textId="77777777" w:rsidR="0055681F" w:rsidRDefault="008E2136" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5832,51 +5461,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syfte:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5453EB5F" w14:textId="77777777" w:rsidR="00F954D8" w:rsidRDefault="00F954D8" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D60539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D60539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D60539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00D60539">
@@ -10558,81 +10186,79 @@
               <w:pStyle w:val="Rubrik2"/>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A17E06" w:rsidRPr="003E76FC">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00A17E06">
               <w:t>Jämställdhet</w:t>
             </w:r>
             <w:r w:rsidR="00A32876">
               <w:t xml:space="preserve"> och mångfald</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A17E06" w:rsidRPr="005C64D6" w14:paraId="2909CD5A" w14:textId="77777777" w:rsidTr="00A17E06">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9136" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5709AB9F" w14:textId="77777777" w:rsidR="00A17E06" w:rsidRPr="00AF6E42" w:rsidRDefault="0074422B" w:rsidP="0037046C">
             <w:pPr>
               <w:ind w:right="-39"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Beskriv vad som planeras i projektet som ska främja jämställdhet och mångfald, för att alla ska ha nytta av både insatsen och dess resultat. Beskriv gärna konkreta exempel på aktiviteter och hur och varför dessa aktiviteter ska genomföras. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A17E06" w:rsidRPr="005C64D6" w14:paraId="471FACB6" w14:textId="77777777" w:rsidTr="00A17E06">
         <w:trPr>
           <w:trHeight w:val="842"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9136" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7817C052" w14:textId="77777777" w:rsidR="00A17E06" w:rsidRPr="00F954D8" w:rsidRDefault="00A17E06" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="423A06B2" w14:textId="77777777" w:rsidR="00F954D8" w:rsidRPr="005C64D6" w:rsidRDefault="00F954D8" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
             </w:pPr>
             <w:r w:rsidRPr="00D60539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -10743,51 +10369,50 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7513"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A32876" w:rsidRPr="002C240F" w14:paraId="2A1F14A4" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA07E87" w14:textId="1AD366A0" w:rsidR="00A32876" w:rsidRPr="00E31737" w:rsidRDefault="00BE5CDD" w:rsidP="0037046C">
             <w:pPr>
               <w:pStyle w:val="Rubrik2"/>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00A32876">
               <w:t>. Kostnader och finansiering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A22F507" w14:textId="77777777" w:rsidR="00A32876" w:rsidRPr="005C64D6" w:rsidRDefault="00A32876" w:rsidP="0037046C">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -10829,51 +10454,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="732E48A6" w14:textId="77777777" w:rsidR="00A32876" w:rsidRPr="005C64D6" w:rsidRDefault="00A32876" w:rsidP="00154A2D">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Totalt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A32876" w:rsidRPr="002C240F" w14:paraId="4E634AE8" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DD7BFD3" w14:textId="77777777" w:rsidR="006A6127" w:rsidRDefault="00A32876" w:rsidP="0037046C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A6127">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lönekostnader</w:t>
@@ -10930,51 +10554,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s separat under Ö</w:t>
             </w:r>
             <w:r w:rsidR="0074422B" w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>vri</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ga kostnader.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C69B577" w14:textId="123BE493" w:rsidR="00A32876" w:rsidRPr="00306B01" w:rsidRDefault="00C06684" w:rsidP="00186DB9">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="a"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -11049,51 +10672,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E127EB" w:rsidRPr="002C240F" w14:paraId="60A71761" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A2CB0A2" w14:textId="77777777" w:rsidR="00E127EB" w:rsidRPr="00A46BD3" w:rsidRDefault="00E127EB" w:rsidP="00E127EB">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A46BD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Externa tjänster (köpta tjänster)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="523D745B" w14:textId="5F810899" w:rsidR="00E127EB" w:rsidRPr="00AF6E42" w:rsidRDefault="00E127EB" w:rsidP="00E127EB">
@@ -11131,51 +10753,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> det vill säga</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> kompetens som köps in utifrån</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AA5AB3E" w14:textId="55879CDE" w:rsidR="00E127EB" w:rsidRPr="00306B01" w:rsidRDefault="00E127EB" w:rsidP="00E127EB">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="b"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -11250,51 +10871,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="37BD4D65" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5991E269" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="00A46BD3" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A46BD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Resor</w:t>
@@ -11335,51 +10955,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>medel</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> bör följas och kollektiva resor uppmuntras</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DD24C12" w14:textId="59286D73" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="c"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -11454,101 +11073,99 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="53E6FB8D" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="362857F8" w14:textId="28B9F40B" w:rsidR="00D11DCF" w:rsidRPr="00A46BD3" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A46BD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lokaler</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="744EE318" w14:textId="44C390B2" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Till exempel lokalhyra i samband med seminarier och andra lokalhyror som projektet disponerar under projektperioden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="116B13E5" w14:textId="7A5525B9" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="d"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -11623,97 +11240,95 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="5EF0D8ED" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BCEFA50" w14:textId="77777777" w:rsidR="004F3C23" w:rsidRPr="006A6127" w:rsidRDefault="004F3C23" w:rsidP="004F3C23">
             <w:pPr>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A6127">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Övriga kostnader</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F4D3560" w14:textId="07CD03E8" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="004F3C23" w:rsidP="004F3C23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Till exempel marknadsföring, material och extern representation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="300585F5" w14:textId="54E012BD" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="e"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -11788,51 +11403,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="1DE11CB1" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43D7B7EE" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="00A46BD3" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A46BD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Offentligt bidrag i annat än pengar, kostnad</w:t>
@@ -11866,51 +11480,50 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>inte</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>är anställda av projektägaren utan av annan offentlig organisation. Kostnaden ska motsvara den faktiska lönen inklusive lönebikostnader.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2D1F1E7B" w14:textId="269B3958" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -11985,51 +11598,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="676B43F5" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="499ECD99" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="00A46BD3" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A46BD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Privat bidrag i annat än pengar, kostnad</w:t>
@@ -12084,51 +11696,50 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>inte</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> är anställda av projektägaren</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> utan av annan privat aktör. Kostnaden ska motsvara den faktiska lönen inklusive lönebikostnader. Här anges även privat obetalt/ideellt arbete. Obetalt/ideellt arbete värderas till högst 330 kr/timme.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="597E901B" w14:textId="0106D561" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="g"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -12203,70 +11814,68 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="5C9B82F5" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B3194B3" w14:textId="3FC88CE9" w:rsidR="00D11DCF" w:rsidRPr="002A4F58" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r w:rsidRPr="002A4F58">
               <w:t>Summa totala kostnader</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (Obs! Måste stämma överens med summan av total finansiering)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="782272D0" w14:textId="5C8DD01C" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
@@ -12454,147 +12063,143 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16F1A589" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="005C64D6" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
               <w:ind w:right="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Totalt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="00176755" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21A7A9C3" w14:textId="29B65122" w:rsidR="00D11DCF" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Offentlig kontantfinansiering:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="382860D4" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="238C66F0" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E55F1F0" w14:textId="20096EF7" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sökt från Västra Götalandsregionens miljö</w:t>
             </w:r>
             <w:r w:rsidR="00834F87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- och regionutvecklings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nämnd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="722F819D" w14:textId="4A35C022" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="i"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -12670,51 +12275,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="158389FC" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C55C540" w14:textId="336BA545" w:rsidR="00D11DCF" w:rsidRPr="00C266C7" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -12781,51 +12385,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="617D0DB4" w14:textId="2126B386" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="j"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -12901,51 +12504,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="7CFCAABE" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="725148FC" w14:textId="52CDD4AB" w:rsidR="00D11DCF" w:rsidRPr="00C266C7" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -13012,51 +12614,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3369CD7B" w14:textId="7B35AB26" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="k"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -13132,102 +12733,99 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="1E6B69FF" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74A3AE44" w14:textId="7A767F5D" w:rsidR="00D11DCF" w:rsidRPr="005E2CBA" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E2CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Privat kontantfinansiering:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="466150F4" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="4E9D2726" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34DD7656" w14:textId="348E99A8" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -13294,51 +12892,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F11880D" w14:textId="4CD11D0F" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="h"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -13413,51 +13010,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="1D263552" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="042F2AAC" w14:textId="35A79CD3" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -13525,51 +13121,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2084AE7A" w14:textId="6E6F07CA" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="l"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -13645,51 +13240,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="74FA4E1D" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DD84AB4" w14:textId="52F0537C" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -13757,51 +13351,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DB6B2E8" w14:textId="0758393F" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="m"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -13876,90 +13469,88 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="14D4AC2C" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41939496" w14:textId="7EED6551" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Summa total kontant</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>finansiering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55B8279E" w14:textId="1A80BF2D" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
@@ -14050,116 +13641,113 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="22B5FE5F" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3DDDCA4F" w14:textId="5E1CF985" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Offentligt bidrag i annat än pengar, </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>finansiering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Obs! Kontrollera att det är samma belopp på kostnads- respektive finansieringssidan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00A706A1" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="4B436FE1" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AEC389D" w14:textId="7711D384" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -14227,51 +13815,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1344A38F" w14:textId="61F30439" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="n"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -14347,51 +13934,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="71B82D58" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7527D6CA" w14:textId="2ABAE27B" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -14459,51 +14045,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1467EB3D" w14:textId="1140E758" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="o"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -14579,51 +14164,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="0CDD8B63" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B06CEC" w14:textId="0EAAC994" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -14691,51 +14275,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="284F7F90" w14:textId="4E7D101B" w:rsidR="00D11DCF" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="p"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -14810,109 +14393,106 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="291869C0" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A3900CD" w14:textId="78D26565" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Privat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> bidrag i annat än pengar, finansiering (Obs! Kontrollera att det är samma belopp på kostnads- respektive finansieringssidan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67E075E9" w14:textId="77777777" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="6B6B1929" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289DB920" w14:textId="7D29294F" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -14976,51 +14556,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45D3DA50" w14:textId="122E83F4" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="q"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -15096,51 +14675,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="0450BBFD" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06B11B88" w14:textId="063F19DC" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -15204,51 +14782,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5379D798" w14:textId="63991666" w:rsidR="00D11DCF" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="r"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
@@ -15323,51 +14900,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="2FBD4FB1" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28487D41" w14:textId="2C1D4C59" w:rsidR="00D11DCF" w:rsidRPr="00F954D8" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -15431,51 +15007,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7FF9DDC2" w14:textId="48310F39" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="s"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
@@ -15551,91 +15126,88 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="4B7E3F72" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA708A7" w14:textId="3766147D" w:rsidR="00D11DCF" w:rsidRPr="00AF6E42" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-165"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Summa totalt bidrag i annat än pengar, </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF6E42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>finansiering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F03AFDA" w14:textId="7C4E6128" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
@@ -15726,69 +15298,67 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D11DCF" w:rsidRPr="002C240F" w14:paraId="42E8F052" w14:textId="77777777" w:rsidTr="005611BE">
         <w:trPr>
           <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4554DEFE" w14:textId="0ADC2013" w:rsidR="00D11DCF" w:rsidRPr="002C240F" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:pStyle w:val="Rubrik3"/>
             </w:pPr>
             <w:r w:rsidRPr="002C240F">
               <w:t>Summa total finansiering</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (Obs! Måste stämma överens med summan av totala kostnader)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63FB834C" w14:textId="321DD769" w:rsidR="00D11DCF" w:rsidRPr="00306B01" w:rsidRDefault="00D11DCF" w:rsidP="00D11DCF">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
@@ -16740,105 +16310,104 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005F7BF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="003B1D38">
+      <w:r w:rsidRPr="005F7BF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="003B1D38">
+      <w:r w:rsidRPr="005F7BF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="005F7BF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="005F7BF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">     Jag godkänner att personuppgifterna även kan användas för inbjudan till utbildningar och för</w:t>
       </w:r>
       <w:r w:rsidR="005F7BF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> utskick av information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27255BF4" w14:textId="77777777" w:rsidR="00AD6912" w:rsidRPr="003C4D62" w:rsidRDefault="00AD6912" w:rsidP="00AD6912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73D01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Anvisningar till sökande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4576EE" w14:textId="77777777" w:rsidR="00AD6912" w:rsidRPr="009F0749" w:rsidRDefault="00AD6912" w:rsidP="00AD6912">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="527BAD2A" w14:textId="6D5A42A8" w:rsidR="00AD6912" w:rsidRPr="00B73D01" w:rsidRDefault="008B082A" w:rsidP="00AD6912">
       <w:pPr>
         <w:pStyle w:val="Brdtext3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Texten nedan är anvisningar till punkt </w:t>
@@ -16874,91 +16443,112 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30DE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Kostnader och finansiering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B57E8C" w14:textId="77777777" w:rsidR="00AD6912" w:rsidRPr="009F0749" w:rsidRDefault="00AD6912" w:rsidP="00AD6912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AC49201" w14:textId="77777777" w:rsidR="00AD6912" w:rsidRDefault="00AD6912" w:rsidP="00AD6912">
+    <w:p w14:paraId="6AC49201" w14:textId="5B33508A" w:rsidR="00AD6912" w:rsidRDefault="00AD6912" w:rsidP="00AD6912">
+      <w:r w:rsidRPr="00B73D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Använd dokument Vägledning om projektekonomi vid ansökan av projektstöd, som stöd när ni budgeterar</w:t>
+      </w:r>
+      <w:r w:rsidR="002C390B" w:rsidRPr="002C390B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0647A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C390B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00E0647A" w:rsidRPr="00E0647A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:b/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>Rapportera, ändra och rekvirera i pågående projekt - Västra Götalandsregionen</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2C0AC435" w14:textId="77777777" w:rsidR="008E3419" w:rsidRDefault="008E3419" w:rsidP="00AD6912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B73D01">
-[...29 lines deleted...]
-      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="122225B4" w14:textId="77777777" w:rsidR="00AD6912" w:rsidRPr="009F0749" w:rsidRDefault="00AD6912" w:rsidP="00AD6912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="430D2F1A" w14:textId="77777777" w:rsidR="00AD6912" w:rsidRDefault="00AD6912" w:rsidP="00AD6912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB4D81">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -17835,51 +17425,50 @@
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1618" w:right="1418" w:bottom="1418" w:left="1701" w:header="709" w:footer="110" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77E9E2B8" w14:textId="77777777" w:rsidR="00766809" w:rsidRDefault="005335E1" w:rsidP="00766809">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00CE0A2F" w:rsidRPr="005335E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ilaga 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="117725C6" w14:textId="6862C7E5" w:rsidR="00CE0A2F" w:rsidRPr="00766809" w:rsidRDefault="00CE0A2F" w:rsidP="00766809">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005335E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -17953,130 +17542,127 @@
     </w:p>
     <w:p w14:paraId="7972963B" w14:textId="3BFA4C0C" w:rsidR="00B4102B" w:rsidRPr="00766809" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3493"/>
         <w:gridCol w:w="6135"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4EA09C5B" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4EA09C5B" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="690AFB05" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Indikator</w:t>
             </w:r>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="654CCEA6" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Definition och kommentar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4A826157" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4A826157" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="029B380A" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal individer i entreprenörsfrämjande aktiviteter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17C1771B" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
@@ -18086,127 +17672,124 @@
           </w:p>
           <w:p w14:paraId="74030560" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32F2180E" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C91A562" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Entreprenörsfrämjande aktiviteter ska ha fokus på att deltagarna får ökad kunskap i entreprenörskap med fokus på företagande. Det kan handla om seminarier, möten och nätverksträffar. För entreprenörskap som lärande använd istället ”Antal individer i kompetensutvecklingsinsats”. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="55B61EA3" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="55B61EA3" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06DD1E0D" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal individer som får rådgivning</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BD68B39" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20A7F3E2" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6643E769" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Här avses rådgivning inom entreprenörskap och företagande. Det kan även handla om nyföretagarrådgivning, innovationsrådgivning </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18223,313 +17806,305 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CE0C36D" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Om det är företag som är målgrupper för rådgivningen ska indikatorn Antal företag som får rådgivning användas.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4BE8E110" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4BE8E110" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="608"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46C23EBD" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Antal individer i </w:t>
             </w:r>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kompetensutvecklingsinsats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24EDA53D" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kompetensutvecklingsinsatser är av karaktären utbildning eller kurs, dvs inte möten eller seminarier.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="63FFA0E2" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="63FFA0E2" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="938"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="400EFCBA" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal företag som får rådgivning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A024437" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Indikatorn avser rådgivning till befintliga företag.  Det kan handla om att utveckla sitt företag, innovationsrådgivning </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>m.m.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ange i projektbeskrivningen om företagen tidigare har fått rådgivning eller inte av sökande. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="18B21D08" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="18B21D08" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60CBF310" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal företag som utvecklar produkter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B389B69" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Indikatorn mäter antal företag som deltagit i produktutveckling eller innovationsutveckling. Produkter kan vara materiella eller immateriella (inklusive tjänster) Även organisatoriska innovationer ingår. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15AEC285" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C6924B5" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Processinnovationer är inkluderade om de bidrar till utveckling av produkten. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="1A68D8D2" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="1A68D8D2" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04107754" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal privata och/eller offentliga företag och organisationer som samverkar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06BE8692" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helv"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helv"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Indikatorn ska användas av projekt vars huvudsyfte är att samverka, d.v.s. där själva samverkan är ett resultat. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="563D333A" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
@@ -18559,527 +18134,515 @@
               <w:t xml:space="preserve">I projektbeskrivningen ska det tydligt framgå syftet med samverkan, vilket mervärde som skapas samt vilken typ av företag och organisationer som förväntas ingå. Fördela utifrån antal företag, antal universitet/högskolor, antal forskningsinstitut, antal kommuner, antal kommunalförbund och Västra Götalandsregionen, antal andra offentliga och antal övriga </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helv"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t.ex.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helv"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ideella organisationer. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="07E4A7A1" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="07E4A7A1" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4352BED0" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Organisationer och företag som deltar i internationella FoI-program </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="586F1930" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3926284B" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Med delta avses att medverka i ett internationellt FoI-projekt alt. att vara med i en ansökan som har sökt medel från ett internationellt FoI-program. Ange syfte i projektbeskrivningen. Ange även om någon av aktörerna förväntas leda projektet och om projektet inkluderar företag och organisationer i Västra Götaland som inte tidigare har deltagit i internationella FoI-program. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="390B3E25" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="390B3E25" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69FF91EB" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ökade arbetstillfällen (årsarbetskrafter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C8DDAB0" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Antalet nya arbetstillfällen till följd av insatser som genomförs räknat i heltidsanställningar. Indikatorn ska fånga upp den del av ökningen av arbetstillfällen som är en direkt följd av projektet. Anställda som arbetar i projektet ska inte inräknas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="30140301" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="30140301" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="916"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F5BF1B9" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal nya metoder, verktyg och arbetssätt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05552FB6" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helv"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">I projektbeskrivningen ska det tydligt framgå vilken typ av metod, verktyg eller arbetssätt som avses utvecklas samt hur den/dessa mervärden bedöms och hur den/de ligger i linje med projektets uppsatta mål.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="0D59C9B4" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="0D59C9B4" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AC40573" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Antal nya eller utvecklade produkter som har kommersialiserats </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D11B637" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikatorn mäter antal produkter som utvecklats inom ramen för en insats och som har introducerats på marknaden/kommersialiserats. Produkter kan vara materiella eller immateriella (inklusive tjänster)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B88209D" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40580F8F" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Processinnovationer är inkluderade om de bidrar till utveckling av produkten. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="25643C65" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="25643C65" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="489BAF52" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal nya företag</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17A1A7B8" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2FAC09E6" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76047E0A" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Antal nya företag som startats till följd av insatser som genomförs inom projektet. Antalet ska kunna redovisas när projektet slutrapporteras. Genomförs aktiviteter som kommer resultera i nya företag på längre sikt kan detta anges i ansökan under Övergripande mål och långsiktiga effekter.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4DCAB91F" w14:textId="77777777" w:rsidTr="0042613E">
+      <w:tr w:rsidR="00B4102B" w:rsidRPr="00B4102B" w14:paraId="4DCAB91F" w14:textId="77777777" w:rsidTr="00374BDB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="116DC4CA" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antal test- och demonstrationsarenor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3186" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B23218C" w14:textId="77777777" w:rsidR="00B4102B" w:rsidRPr="00B4102B" w:rsidRDefault="00B4102B" w:rsidP="00B4102B">
             <w:pPr>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4102B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avser test- och demonstrationsarenor där nya idéer omsätts i praktiken.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E046E3B" w14:textId="63A6FF9E" w:rsidR="00CE0A2F" w:rsidRPr="00CE0A2F" w:rsidRDefault="00CE0A2F" w:rsidP="0037046C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="-144"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CE0A2F" w:rsidRPr="00CE0A2F" w:rsidSect="005335E1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="108" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="183B84BC" w14:textId="77777777" w:rsidR="002D195E" w:rsidRDefault="002D195E">
+    <w:p w14:paraId="2DC5CFA1" w14:textId="77777777" w:rsidR="00C32A3C" w:rsidRDefault="00C32A3C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D6EA30C" w14:textId="77777777" w:rsidR="002D195E" w:rsidRDefault="002D195E">
+    <w:p w14:paraId="60145DB2" w14:textId="77777777" w:rsidR="00C32A3C" w:rsidRDefault="00C32A3C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6744D0F9" w14:textId="77777777" w:rsidR="002D195E" w:rsidRDefault="002D195E"/>
+    <w:p w14:paraId="328733B7" w14:textId="77777777" w:rsidR="00C32A3C" w:rsidRDefault="00C32A3C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -19092,52 +18655,52 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4D0AA463" w14:textId="07713434" w:rsidR="00A6375C" w:rsidRPr="00AC61FD" w:rsidRDefault="00A6375C" w:rsidP="00A6375C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D0AA463" w14:textId="1E6C160E" w:rsidR="00A6375C" w:rsidRPr="00AC61FD" w:rsidRDefault="00A6375C" w:rsidP="00A6375C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A6375C">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
@@ -19149,124 +18712,124 @@
     </w:r>
     <w:r w:rsidR="001D6811">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidR="001D6811">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidR="00CE0A2F">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CE0A2F">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00AC61FD">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00971DD8">
+    <w:r w:rsidR="00722EED">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00AC61FD">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>-0</w:t>
     </w:r>
     <w:r w:rsidR="003328EE">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00AC61FD">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00971DD8">
+    <w:r w:rsidR="00722EED">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>02</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="37E62A16" w14:textId="2C514E4C" w:rsidR="006F6F67" w:rsidRDefault="00A6375C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CE0A2F">
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4FB113B9" w14:textId="0C950C6F" w:rsidR="00CE0A2F" w:rsidRPr="00AC61FD" w:rsidRDefault="006F6F67">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="091F48C1" w14:textId="723FDC81" w:rsidR="00766809" w:rsidRPr="00AC61FD" w:rsidRDefault="00766809" w:rsidP="00766809">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="091F48C1" w14:textId="131DD71F" w:rsidR="00766809" w:rsidRPr="00AC61FD" w:rsidRDefault="00766809" w:rsidP="00766809">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A6375C">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
@@ -19278,201 +18841,201 @@
     </w:r>
     <w:r w:rsidR="001D6811">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="001D6811">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00A6375C">
       <w:t>)</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00AC61FD">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00971DD8">
+    <w:r w:rsidR="00722EED">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0034699E">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>-0</w:t>
     </w:r>
     <w:r w:rsidR="003328EE">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00A35AE1">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00971DD8">
+    <w:r w:rsidR="00722EED">
       <w:rPr>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>02</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="31F22BBE" w14:textId="6360B5B0" w:rsidR="00766809" w:rsidRDefault="00766809" w:rsidP="00766809">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2CB63135" w14:textId="77777777" w:rsidR="00766809" w:rsidRDefault="00766809" w:rsidP="00766809">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7EE852A7" w14:textId="768A47D2" w:rsidR="00766809" w:rsidRPr="00766809" w:rsidRDefault="00766809" w:rsidP="00766809">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D92FF1E" w14:textId="77777777" w:rsidR="002D195E" w:rsidRDefault="002D195E">
+    <w:p w14:paraId="1A6B9B06" w14:textId="77777777" w:rsidR="00C32A3C" w:rsidRDefault="00C32A3C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4455A645" w14:textId="77777777" w:rsidR="002D195E" w:rsidRDefault="002D195E">
+    <w:p w14:paraId="49CC3A4A" w14:textId="77777777" w:rsidR="00C32A3C" w:rsidRDefault="00C32A3C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="215852A5" w14:textId="77777777" w:rsidR="002D195E" w:rsidRDefault="002D195E"/>
+    <w:p w14:paraId="7CC91A58" w14:textId="77777777" w:rsidR="00C32A3C" w:rsidRDefault="00C32A3C"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="51F5DF38" w14:textId="574821BA" w:rsidR="00CE0A2F" w:rsidRDefault="00CE0A2F" w:rsidP="007C6623">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="60815509" w14:textId="77777777" w:rsidR="00CE0A2F" w:rsidRDefault="00CE0A2F" w:rsidP="007F2BCC">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B5C3F41" w14:textId="4361D583" w:rsidR="00CE0A2F" w:rsidRDefault="00CE0A2F" w:rsidP="00597EE2">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="3983"/>
       </w:tabs>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F1BB54D" w14:textId="15A051DA" w:rsidR="00CE0A2F" w:rsidRDefault="00CE0A2F" w:rsidP="005947FD">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02831CEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B8C3926"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="780"/>
         </w:tabs>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C6BA580A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20795,60 +20358,59 @@
   <w:num w:numId="9" w16cid:durableId="1192458764">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1441489459">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="258026251">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1224217105">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="565722920">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="131951170">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1349066515">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2Y21RTf+XyJWzDyW5yEMmnynNDoU3I/hQdyKh8UrYETGyPeOFBWgffDiBu23U/ZdSdA6MTnwxcLfTHvIbQVaqw==" w:salt="Q+K0M85wBgWTGwIwvBqNvw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="o8btWqJIawqfsjNxS25BPzGKB4lmxCXZK22EWFFirmPGs76RchsLun1EO0/4ouLaI3dgmPYPXFOkPQOccH5QMw==" w:salt="LCP4sg1zFlxwynbr3i2B4A=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005947FD"/>
     <w:rsid w:val="0000548B"/>
     <w:rsid w:val="0001434D"/>
@@ -20862,541 +20424,575 @@
     <w:rsid w:val="00043059"/>
     <w:rsid w:val="000527AE"/>
     <w:rsid w:val="00065578"/>
     <w:rsid w:val="0006608A"/>
     <w:rsid w:val="000703F4"/>
     <w:rsid w:val="00075EC2"/>
     <w:rsid w:val="00080B7B"/>
     <w:rsid w:val="00086FB5"/>
     <w:rsid w:val="00087800"/>
     <w:rsid w:val="0009398F"/>
     <w:rsid w:val="000A4024"/>
     <w:rsid w:val="000A6D8A"/>
     <w:rsid w:val="000B41DA"/>
     <w:rsid w:val="000B47F9"/>
     <w:rsid w:val="000B4BF8"/>
     <w:rsid w:val="000B6D96"/>
     <w:rsid w:val="000C62AE"/>
     <w:rsid w:val="000D4FC7"/>
     <w:rsid w:val="000E1C6F"/>
     <w:rsid w:val="0010706E"/>
     <w:rsid w:val="00117D48"/>
     <w:rsid w:val="00121713"/>
     <w:rsid w:val="001250E2"/>
     <w:rsid w:val="001324F5"/>
     <w:rsid w:val="00135358"/>
+    <w:rsid w:val="00136A90"/>
     <w:rsid w:val="00144B3E"/>
     <w:rsid w:val="00146AA0"/>
     <w:rsid w:val="0015014A"/>
     <w:rsid w:val="00154A2D"/>
     <w:rsid w:val="00156AE6"/>
     <w:rsid w:val="00156C77"/>
     <w:rsid w:val="001604DF"/>
     <w:rsid w:val="00163541"/>
     <w:rsid w:val="0016476B"/>
     <w:rsid w:val="0017485B"/>
     <w:rsid w:val="00186DB9"/>
     <w:rsid w:val="001879A3"/>
     <w:rsid w:val="00194CB8"/>
     <w:rsid w:val="00195A93"/>
     <w:rsid w:val="00196A8E"/>
     <w:rsid w:val="001B24B5"/>
     <w:rsid w:val="001B5D32"/>
     <w:rsid w:val="001B6777"/>
     <w:rsid w:val="001C1AAE"/>
+    <w:rsid w:val="001C5F8A"/>
     <w:rsid w:val="001C730E"/>
     <w:rsid w:val="001D477A"/>
     <w:rsid w:val="001D6811"/>
     <w:rsid w:val="001D7B25"/>
     <w:rsid w:val="001E0895"/>
     <w:rsid w:val="001E0F86"/>
     <w:rsid w:val="001E2311"/>
+    <w:rsid w:val="001E4047"/>
     <w:rsid w:val="001E40FE"/>
     <w:rsid w:val="001F40E7"/>
     <w:rsid w:val="00200D3F"/>
     <w:rsid w:val="00202DAE"/>
+    <w:rsid w:val="00203ABE"/>
     <w:rsid w:val="00205C1A"/>
     <w:rsid w:val="00207B09"/>
     <w:rsid w:val="0021536A"/>
     <w:rsid w:val="00215427"/>
     <w:rsid w:val="0021769F"/>
     <w:rsid w:val="002221DA"/>
     <w:rsid w:val="00222F1A"/>
     <w:rsid w:val="0022422C"/>
     <w:rsid w:val="00225566"/>
     <w:rsid w:val="00230793"/>
     <w:rsid w:val="00232255"/>
     <w:rsid w:val="00252856"/>
     <w:rsid w:val="00256085"/>
     <w:rsid w:val="00276A4C"/>
     <w:rsid w:val="00284AE1"/>
     <w:rsid w:val="00285B63"/>
     <w:rsid w:val="002A209A"/>
     <w:rsid w:val="002A406A"/>
     <w:rsid w:val="002A4F58"/>
     <w:rsid w:val="002B24EC"/>
     <w:rsid w:val="002B2A0B"/>
     <w:rsid w:val="002C28C1"/>
     <w:rsid w:val="002C3421"/>
     <w:rsid w:val="002C34DA"/>
+    <w:rsid w:val="002C390B"/>
     <w:rsid w:val="002C5A0C"/>
     <w:rsid w:val="002D195E"/>
     <w:rsid w:val="002E3617"/>
     <w:rsid w:val="002F50AF"/>
     <w:rsid w:val="002F5E70"/>
     <w:rsid w:val="00306B01"/>
     <w:rsid w:val="00311A3A"/>
     <w:rsid w:val="003244E6"/>
     <w:rsid w:val="0032490D"/>
     <w:rsid w:val="00324F2D"/>
     <w:rsid w:val="003279B5"/>
     <w:rsid w:val="003328EE"/>
     <w:rsid w:val="003336A8"/>
     <w:rsid w:val="00336ECA"/>
     <w:rsid w:val="00337D0E"/>
     <w:rsid w:val="00340132"/>
     <w:rsid w:val="0034699E"/>
     <w:rsid w:val="00352B55"/>
     <w:rsid w:val="003637B3"/>
     <w:rsid w:val="00364C02"/>
     <w:rsid w:val="00365663"/>
     <w:rsid w:val="00365BB0"/>
     <w:rsid w:val="00366480"/>
     <w:rsid w:val="0037046C"/>
     <w:rsid w:val="00372374"/>
     <w:rsid w:val="003739F5"/>
+    <w:rsid w:val="00374BDB"/>
     <w:rsid w:val="003758F4"/>
     <w:rsid w:val="00397C0B"/>
     <w:rsid w:val="003A094F"/>
     <w:rsid w:val="003A3BCC"/>
     <w:rsid w:val="003B1A25"/>
     <w:rsid w:val="003B1D38"/>
     <w:rsid w:val="003B7BF1"/>
     <w:rsid w:val="003B7FFE"/>
     <w:rsid w:val="003C0475"/>
     <w:rsid w:val="003C4BF2"/>
     <w:rsid w:val="003D1C78"/>
     <w:rsid w:val="003E76FC"/>
+    <w:rsid w:val="00405154"/>
+    <w:rsid w:val="00406E64"/>
     <w:rsid w:val="00451FED"/>
     <w:rsid w:val="00461831"/>
     <w:rsid w:val="00464B48"/>
     <w:rsid w:val="004674CB"/>
     <w:rsid w:val="00472DA1"/>
     <w:rsid w:val="00480AF3"/>
     <w:rsid w:val="0048288C"/>
     <w:rsid w:val="004834B8"/>
     <w:rsid w:val="00487E45"/>
     <w:rsid w:val="00495582"/>
     <w:rsid w:val="00497182"/>
     <w:rsid w:val="004A429B"/>
     <w:rsid w:val="004A62A0"/>
     <w:rsid w:val="004C51DF"/>
+    <w:rsid w:val="004D6C6B"/>
     <w:rsid w:val="004E03D7"/>
     <w:rsid w:val="004E63C4"/>
     <w:rsid w:val="004F065A"/>
     <w:rsid w:val="004F3C23"/>
     <w:rsid w:val="00500D67"/>
     <w:rsid w:val="005076BC"/>
     <w:rsid w:val="00513734"/>
     <w:rsid w:val="00514425"/>
     <w:rsid w:val="00521E0D"/>
     <w:rsid w:val="00531DA4"/>
     <w:rsid w:val="005335E1"/>
     <w:rsid w:val="00542BF6"/>
     <w:rsid w:val="00544580"/>
     <w:rsid w:val="00553814"/>
     <w:rsid w:val="0055496E"/>
     <w:rsid w:val="0055681F"/>
     <w:rsid w:val="005611BE"/>
     <w:rsid w:val="00571968"/>
     <w:rsid w:val="00576EAC"/>
     <w:rsid w:val="0059149E"/>
     <w:rsid w:val="0059248A"/>
     <w:rsid w:val="005947FD"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00597EE2"/>
+    <w:rsid w:val="005A62C4"/>
+    <w:rsid w:val="005A76D8"/>
     <w:rsid w:val="005B46C7"/>
     <w:rsid w:val="005C1ECF"/>
     <w:rsid w:val="005C7C0C"/>
+    <w:rsid w:val="005E25E0"/>
     <w:rsid w:val="005E2CBA"/>
     <w:rsid w:val="005E6F01"/>
     <w:rsid w:val="005F7BF8"/>
     <w:rsid w:val="0060534E"/>
     <w:rsid w:val="00610556"/>
     <w:rsid w:val="00611176"/>
     <w:rsid w:val="00611722"/>
     <w:rsid w:val="00614FD3"/>
     <w:rsid w:val="0062094C"/>
     <w:rsid w:val="00625A1A"/>
     <w:rsid w:val="0065146D"/>
     <w:rsid w:val="006612D4"/>
     <w:rsid w:val="00672411"/>
     <w:rsid w:val="006741BB"/>
     <w:rsid w:val="006744E5"/>
     <w:rsid w:val="00675B65"/>
     <w:rsid w:val="00677A52"/>
     <w:rsid w:val="00685A27"/>
     <w:rsid w:val="00687EAC"/>
     <w:rsid w:val="0069011B"/>
     <w:rsid w:val="006951EE"/>
     <w:rsid w:val="006952F9"/>
+    <w:rsid w:val="00696B4C"/>
     <w:rsid w:val="006A0BA9"/>
     <w:rsid w:val="006A44B6"/>
     <w:rsid w:val="006A6127"/>
     <w:rsid w:val="006A7BA7"/>
     <w:rsid w:val="006B4A1A"/>
     <w:rsid w:val="006B5EFB"/>
     <w:rsid w:val="006B6239"/>
     <w:rsid w:val="006B76C2"/>
     <w:rsid w:val="006C17E5"/>
     <w:rsid w:val="006C32C6"/>
     <w:rsid w:val="006C7D85"/>
     <w:rsid w:val="006E3146"/>
     <w:rsid w:val="006F0E61"/>
     <w:rsid w:val="006F6F67"/>
     <w:rsid w:val="007011BF"/>
     <w:rsid w:val="0070299C"/>
     <w:rsid w:val="00705E2E"/>
     <w:rsid w:val="00713EEB"/>
     <w:rsid w:val="00720682"/>
+    <w:rsid w:val="00722EED"/>
     <w:rsid w:val="007329BA"/>
     <w:rsid w:val="0074256B"/>
     <w:rsid w:val="0074422B"/>
     <w:rsid w:val="00744AB8"/>
     <w:rsid w:val="00752691"/>
     <w:rsid w:val="00761E44"/>
     <w:rsid w:val="00766809"/>
     <w:rsid w:val="007671A5"/>
     <w:rsid w:val="00774EE7"/>
     <w:rsid w:val="007763D7"/>
     <w:rsid w:val="00782F4D"/>
     <w:rsid w:val="0078549E"/>
     <w:rsid w:val="00794762"/>
     <w:rsid w:val="00796F7E"/>
     <w:rsid w:val="007A6E87"/>
     <w:rsid w:val="007B058F"/>
     <w:rsid w:val="007B4E9A"/>
     <w:rsid w:val="007C0EB5"/>
     <w:rsid w:val="007C6623"/>
     <w:rsid w:val="007C69CA"/>
     <w:rsid w:val="007C6F48"/>
     <w:rsid w:val="007D7136"/>
     <w:rsid w:val="007E0C1A"/>
+    <w:rsid w:val="007E74F8"/>
     <w:rsid w:val="007E7A27"/>
     <w:rsid w:val="007F2BCC"/>
     <w:rsid w:val="007F7025"/>
     <w:rsid w:val="00800A60"/>
     <w:rsid w:val="00800B3E"/>
     <w:rsid w:val="008119F3"/>
     <w:rsid w:val="0081588C"/>
     <w:rsid w:val="008268F1"/>
     <w:rsid w:val="008300D4"/>
     <w:rsid w:val="008343C2"/>
     <w:rsid w:val="00834F87"/>
     <w:rsid w:val="00836B22"/>
     <w:rsid w:val="0084195F"/>
     <w:rsid w:val="00844C6A"/>
     <w:rsid w:val="0084640A"/>
     <w:rsid w:val="00847401"/>
+    <w:rsid w:val="008509E7"/>
     <w:rsid w:val="00851AD6"/>
     <w:rsid w:val="008579DA"/>
     <w:rsid w:val="0087285E"/>
     <w:rsid w:val="00874515"/>
     <w:rsid w:val="008776A1"/>
     <w:rsid w:val="0088436A"/>
     <w:rsid w:val="008857B7"/>
     <w:rsid w:val="008861DD"/>
     <w:rsid w:val="00890701"/>
     <w:rsid w:val="00894AD7"/>
     <w:rsid w:val="00897429"/>
     <w:rsid w:val="008A1703"/>
     <w:rsid w:val="008A7D32"/>
     <w:rsid w:val="008B082A"/>
     <w:rsid w:val="008B16E0"/>
+    <w:rsid w:val="008B4AD5"/>
     <w:rsid w:val="008B4E8A"/>
     <w:rsid w:val="008C398A"/>
     <w:rsid w:val="008C566D"/>
     <w:rsid w:val="008D2ADF"/>
     <w:rsid w:val="008D4807"/>
     <w:rsid w:val="008D5521"/>
     <w:rsid w:val="008D7378"/>
     <w:rsid w:val="008E2136"/>
+    <w:rsid w:val="008E3419"/>
     <w:rsid w:val="008E42E7"/>
+    <w:rsid w:val="008F6A94"/>
     <w:rsid w:val="009024D1"/>
     <w:rsid w:val="00910D10"/>
     <w:rsid w:val="00913169"/>
     <w:rsid w:val="00915E15"/>
     <w:rsid w:val="0092130E"/>
     <w:rsid w:val="00934A51"/>
     <w:rsid w:val="00936722"/>
     <w:rsid w:val="00936E9A"/>
+    <w:rsid w:val="009416B1"/>
     <w:rsid w:val="00941A84"/>
     <w:rsid w:val="00942A8D"/>
     <w:rsid w:val="00943814"/>
     <w:rsid w:val="009440AB"/>
     <w:rsid w:val="009445D9"/>
     <w:rsid w:val="00961269"/>
     <w:rsid w:val="00971DD8"/>
     <w:rsid w:val="00973F86"/>
     <w:rsid w:val="00976573"/>
     <w:rsid w:val="00982C10"/>
     <w:rsid w:val="00987F39"/>
     <w:rsid w:val="00991A85"/>
     <w:rsid w:val="009A58F2"/>
     <w:rsid w:val="009B626F"/>
     <w:rsid w:val="009C31F6"/>
+    <w:rsid w:val="009C4373"/>
+    <w:rsid w:val="009C5AA7"/>
     <w:rsid w:val="009D04B7"/>
     <w:rsid w:val="009D221D"/>
     <w:rsid w:val="009E1765"/>
     <w:rsid w:val="009E3DFD"/>
     <w:rsid w:val="009F6AC2"/>
     <w:rsid w:val="00A0044A"/>
     <w:rsid w:val="00A00F3A"/>
     <w:rsid w:val="00A03ABA"/>
     <w:rsid w:val="00A05D97"/>
     <w:rsid w:val="00A10B43"/>
     <w:rsid w:val="00A14267"/>
     <w:rsid w:val="00A15D54"/>
     <w:rsid w:val="00A17B86"/>
     <w:rsid w:val="00A17E06"/>
     <w:rsid w:val="00A24A37"/>
     <w:rsid w:val="00A32876"/>
     <w:rsid w:val="00A35264"/>
     <w:rsid w:val="00A35AE1"/>
     <w:rsid w:val="00A35CA3"/>
     <w:rsid w:val="00A42C3A"/>
     <w:rsid w:val="00A46BD3"/>
     <w:rsid w:val="00A56800"/>
     <w:rsid w:val="00A6375C"/>
     <w:rsid w:val="00A65D61"/>
     <w:rsid w:val="00A707A1"/>
     <w:rsid w:val="00A71CCD"/>
     <w:rsid w:val="00A766AC"/>
     <w:rsid w:val="00A779E7"/>
     <w:rsid w:val="00A82406"/>
     <w:rsid w:val="00A92906"/>
     <w:rsid w:val="00A97728"/>
     <w:rsid w:val="00AA568A"/>
+    <w:rsid w:val="00AB2011"/>
     <w:rsid w:val="00AB276D"/>
     <w:rsid w:val="00AB4F92"/>
     <w:rsid w:val="00AC1C2B"/>
     <w:rsid w:val="00AC61FD"/>
     <w:rsid w:val="00AD120A"/>
     <w:rsid w:val="00AD6912"/>
     <w:rsid w:val="00AD70DF"/>
+    <w:rsid w:val="00AE6BAD"/>
     <w:rsid w:val="00AF0155"/>
     <w:rsid w:val="00AF58A6"/>
     <w:rsid w:val="00AF6E42"/>
     <w:rsid w:val="00B02418"/>
     <w:rsid w:val="00B05968"/>
     <w:rsid w:val="00B05D68"/>
     <w:rsid w:val="00B10630"/>
     <w:rsid w:val="00B10E5F"/>
     <w:rsid w:val="00B129E3"/>
     <w:rsid w:val="00B12C0E"/>
     <w:rsid w:val="00B24D22"/>
     <w:rsid w:val="00B26280"/>
     <w:rsid w:val="00B34D21"/>
     <w:rsid w:val="00B4102B"/>
     <w:rsid w:val="00B60776"/>
     <w:rsid w:val="00B62C89"/>
     <w:rsid w:val="00B66574"/>
     <w:rsid w:val="00B6704F"/>
     <w:rsid w:val="00B67D2D"/>
     <w:rsid w:val="00B75642"/>
     <w:rsid w:val="00B80DEB"/>
     <w:rsid w:val="00B93085"/>
     <w:rsid w:val="00B93D8F"/>
     <w:rsid w:val="00B973C1"/>
     <w:rsid w:val="00B97C16"/>
     <w:rsid w:val="00BA4709"/>
     <w:rsid w:val="00BB0A1F"/>
     <w:rsid w:val="00BB4259"/>
     <w:rsid w:val="00BB547D"/>
     <w:rsid w:val="00BC0E82"/>
     <w:rsid w:val="00BC1AEF"/>
     <w:rsid w:val="00BD0870"/>
     <w:rsid w:val="00BD5C21"/>
     <w:rsid w:val="00BE1D43"/>
     <w:rsid w:val="00BE30FA"/>
     <w:rsid w:val="00BE4760"/>
     <w:rsid w:val="00BE5CDD"/>
     <w:rsid w:val="00BE5FC1"/>
     <w:rsid w:val="00BF48C4"/>
     <w:rsid w:val="00BF5585"/>
     <w:rsid w:val="00C00121"/>
     <w:rsid w:val="00C03E0B"/>
     <w:rsid w:val="00C041EF"/>
     <w:rsid w:val="00C06684"/>
     <w:rsid w:val="00C140B0"/>
     <w:rsid w:val="00C144D6"/>
     <w:rsid w:val="00C266C7"/>
     <w:rsid w:val="00C2689B"/>
+    <w:rsid w:val="00C32A3C"/>
     <w:rsid w:val="00C36AFE"/>
+    <w:rsid w:val="00C44F60"/>
     <w:rsid w:val="00C456FB"/>
     <w:rsid w:val="00C5392F"/>
+    <w:rsid w:val="00C55F8F"/>
     <w:rsid w:val="00C60FE5"/>
     <w:rsid w:val="00C66F57"/>
     <w:rsid w:val="00C745EB"/>
     <w:rsid w:val="00C803C9"/>
     <w:rsid w:val="00C80DD4"/>
+    <w:rsid w:val="00C82653"/>
     <w:rsid w:val="00C92BE8"/>
     <w:rsid w:val="00C95BCB"/>
     <w:rsid w:val="00C95BE0"/>
     <w:rsid w:val="00CA09B9"/>
     <w:rsid w:val="00CA0B1F"/>
     <w:rsid w:val="00CA4198"/>
     <w:rsid w:val="00CB2B3B"/>
     <w:rsid w:val="00CB62C2"/>
     <w:rsid w:val="00CC1099"/>
     <w:rsid w:val="00CC1A8B"/>
     <w:rsid w:val="00CD4473"/>
     <w:rsid w:val="00CD498E"/>
     <w:rsid w:val="00CD590D"/>
     <w:rsid w:val="00CD6F2A"/>
     <w:rsid w:val="00CD77C2"/>
     <w:rsid w:val="00CE0A2F"/>
     <w:rsid w:val="00CE54B7"/>
     <w:rsid w:val="00CE5EAC"/>
     <w:rsid w:val="00CE5F5F"/>
     <w:rsid w:val="00CF352E"/>
     <w:rsid w:val="00D0364E"/>
     <w:rsid w:val="00D11DCF"/>
     <w:rsid w:val="00D20AF2"/>
     <w:rsid w:val="00D211A1"/>
     <w:rsid w:val="00D222A7"/>
     <w:rsid w:val="00D23003"/>
     <w:rsid w:val="00D37A24"/>
     <w:rsid w:val="00D42D56"/>
     <w:rsid w:val="00D52893"/>
     <w:rsid w:val="00D52F45"/>
     <w:rsid w:val="00D61AE6"/>
     <w:rsid w:val="00D61D21"/>
     <w:rsid w:val="00D66C4D"/>
     <w:rsid w:val="00D670B3"/>
     <w:rsid w:val="00D73723"/>
     <w:rsid w:val="00D90370"/>
     <w:rsid w:val="00D93569"/>
     <w:rsid w:val="00DA09DF"/>
     <w:rsid w:val="00DB78B9"/>
     <w:rsid w:val="00DC7B9E"/>
+    <w:rsid w:val="00DD0226"/>
     <w:rsid w:val="00DD488A"/>
     <w:rsid w:val="00DE1A6C"/>
     <w:rsid w:val="00DE2275"/>
     <w:rsid w:val="00E025C1"/>
+    <w:rsid w:val="00E0647A"/>
     <w:rsid w:val="00E11172"/>
     <w:rsid w:val="00E127EB"/>
     <w:rsid w:val="00E153F4"/>
     <w:rsid w:val="00E215AF"/>
     <w:rsid w:val="00E25E54"/>
     <w:rsid w:val="00E31737"/>
     <w:rsid w:val="00E34FF9"/>
     <w:rsid w:val="00E52185"/>
     <w:rsid w:val="00E614EB"/>
     <w:rsid w:val="00E63546"/>
     <w:rsid w:val="00E71572"/>
     <w:rsid w:val="00E750C2"/>
     <w:rsid w:val="00E81132"/>
     <w:rsid w:val="00E814AE"/>
     <w:rsid w:val="00E83541"/>
     <w:rsid w:val="00E847C8"/>
     <w:rsid w:val="00E932B4"/>
     <w:rsid w:val="00EB113A"/>
+    <w:rsid w:val="00EB5AF5"/>
     <w:rsid w:val="00EB606D"/>
     <w:rsid w:val="00EB7713"/>
     <w:rsid w:val="00EC00F1"/>
     <w:rsid w:val="00EC33FD"/>
     <w:rsid w:val="00ED3240"/>
     <w:rsid w:val="00ED7DEE"/>
     <w:rsid w:val="00EE067F"/>
     <w:rsid w:val="00EF0699"/>
     <w:rsid w:val="00EF37E5"/>
     <w:rsid w:val="00EF5DC5"/>
     <w:rsid w:val="00F02966"/>
     <w:rsid w:val="00F046CC"/>
     <w:rsid w:val="00F10F99"/>
     <w:rsid w:val="00F110DD"/>
     <w:rsid w:val="00F1206A"/>
     <w:rsid w:val="00F16318"/>
     <w:rsid w:val="00F169F1"/>
     <w:rsid w:val="00F1768E"/>
     <w:rsid w:val="00F27A48"/>
     <w:rsid w:val="00F4774E"/>
     <w:rsid w:val="00F52BA1"/>
     <w:rsid w:val="00F67F5D"/>
     <w:rsid w:val="00F721D1"/>
     <w:rsid w:val="00F74A67"/>
     <w:rsid w:val="00F77F16"/>
     <w:rsid w:val="00F8122F"/>
     <w:rsid w:val="00F83A78"/>
+    <w:rsid w:val="00F85681"/>
     <w:rsid w:val="00F87B01"/>
     <w:rsid w:val="00F92803"/>
     <w:rsid w:val="00F954D8"/>
     <w:rsid w:val="00F96E91"/>
     <w:rsid w:val="00F979E2"/>
     <w:rsid w:val="00FA055A"/>
+    <w:rsid w:val="00FA0EB9"/>
     <w:rsid w:val="00FB1ED2"/>
     <w:rsid w:val="00FB5363"/>
     <w:rsid w:val="00FC7826"/>
     <w:rsid w:val="00FD27C6"/>
     <w:rsid w:val="00FD5261"/>
     <w:rsid w:val="00FD67ED"/>
     <w:rsid w:val="00FE17C9"/>
     <w:rsid w:val="00FE4693"/>
     <w:rsid w:val="00FF24D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7291E22D"/>
+  <w15:docId w15:val="{790CE1AF-DD9F-403F-9AF7-8CB9D79D2015}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22391,84 +21987,84 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD6912"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Brdtext3Char">
     <w:name w:val="Brödtext 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD6912"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="975254765">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1587615322">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/ansok-om-projektstod" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/budget" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/regional-utveckling/soka-stod/blanketter-for-projektstod/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/vg2030" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miljo-och.regionutvecklingsnamnd@vgregion.se" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenny.sjostedt@vgregion.se" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/projektstodru_rapportera" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miljo-och.regionutvecklingsnamnd@vgregion.se" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/ansok-om-projektstod" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/budget" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/projektstodru_rapportera" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/vg2030" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miljo-och.regionutvecklingsnamnd@vgregion.se" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenny.sjostedt@vgregion.se" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/projektstodru_rapportera" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miljo-och.regionutvecklingsnamnd@vgregion.se" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22712,70 +22308,218 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3000</Words>
-  <Characters>15904</Characters>
+  <Words>2968</Words>
+  <Characters>15733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>132</Lines>
+  <Lines>131</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Ansokan Vasterhavsveckan</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18867</CharactersWithSpaces>
+  <CharactersWithSpaces>18664</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="48" baseType="variant">
+      <vt:variant>
+        <vt:i4>3407879</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>321</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.vgregion.se/projektstodru_rapportera</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5832826</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:miljo-och.regionutvecklingsnamnd@vgregion.se</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3407879</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>306</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.vgregion.se/projektstodru_rapportera</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>983067</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.vgregion.se/budget</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769566</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.vgregion.se/vg2030</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424901</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:jenny.sjostedt@vgregion.se</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5832826</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:miljo-och.regionutvecklingsnamnd@vgregion.se</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3670066</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.vgregion.se/ansok-om-projektstod</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Ansokan Vasterhavsveckan</dc:title>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Katarina Ahlin</lastModifiedBy>
+  <revision>14</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>